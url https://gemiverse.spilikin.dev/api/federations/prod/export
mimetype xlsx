--- v0 (2025-12-10)
+++ v1 (2026-03-22)
@@ -414,51 +414,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F268"/>
+  <dimension ref="A1:F276"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="16.83203125" customWidth="1"/>
     <col min="2" max="2" width="16.83203125" customWidth="1"/>
     <col min="3" max="3" width="50.83203125" customWidth="1"/>
     <col min="4" max="4" width="50.83203125" customWidth="1"/>
     <col min="5" max="5" width="50.83203125" customWidth="1"/>
     <col min="6" max="6" width="50.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>type</v>
       </c>
       <c r="B1" t="str">
         <v>cidi</v>
       </c>
       <c r="C1" t="str">
         <v>iss</v>
       </c>
       <c r="D1" t="str">
         <v>federation_entity_name</v>
       </c>
@@ -472,5375 +472,5535 @@
     <row r="2">
       <c r="A2" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B2" t="str">
         <v>4264108015</v>
       </c>
       <c r="C2" t="str">
         <v>https://idbroker.continentale.ehealth-id.de</v>
       </c>
       <c r="D2" t="str">
         <v>SekIDP PU CONTINENTALE</v>
       </c>
       <c r="E2" t="str">
         <v>Continentale Krankenversicherung</v>
       </c>
       <c r="F2" t="str">
         <v/>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B3" t="str">
-        <v>2882953810</v>
+        <v>3637388571</v>
       </c>
       <c r="C3" t="str">
-        <v>https://idbroker.dkv.ehealth-id.de</v>
+        <v>https://idbroker.debeka.ehealth-id.de</v>
       </c>
       <c r="D3" t="str">
-        <v>SekIDP PU DKV</v>
+        <v>SekIDP PU DEBEKA</v>
       </c>
       <c r="E3" t="str">
-        <v>DKV</v>
+        <v>Debeka Krankenversicherungsverein a. G.</v>
       </c>
       <c r="F3" t="str">
         <v/>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B4" t="str">
-        <v>2787119595</v>
+        <v>2882953810</v>
       </c>
       <c r="C4" t="str">
-        <v>https://idbroker.hek.ehealth-id.de</v>
+        <v>https://idbroker.dkv.ehealth-id.de</v>
       </c>
       <c r="D4" t="str">
-        <v>SekIDP PU hek</v>
+        <v>SekIDP PU DKV</v>
       </c>
       <c r="E4" t="str">
-        <v>Hanseatische Krankenkasse</v>
+        <v>DKV</v>
       </c>
       <c r="F4" t="str">
         <v/>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B5" t="str">
-        <v>2208883154</v>
+        <v>4196905343</v>
       </c>
       <c r="C5" t="str">
-        <v>https://idbroker.kbs.ehealth-id.de</v>
+        <v>https://idbroker.hansemerkur.ehealth-id.de</v>
       </c>
       <c r="D5" t="str">
-        <v>SekIDP PU kbs</v>
+        <v>SekIDP PU HANSEMERKUR</v>
       </c>
       <c r="E5" t="str">
-        <v>KNAPPSCHAFT</v>
+        <v>HanseMerkur Krankenversicherung AG</v>
       </c>
       <c r="F5" t="str">
         <v/>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B6" t="str">
-        <v>44780341</v>
+        <v>2787119595</v>
       </c>
       <c r="C6" t="str">
-        <v>https://idbroker.tk.ehealth-id.de</v>
+        <v>https://idbroker.hek.ehealth-id.de</v>
       </c>
       <c r="D6" t="str">
-        <v>SekIDP PU tk</v>
+        <v>SekIDP PU hek</v>
       </c>
       <c r="E6" t="str">
-        <v>Techniker Krankenkasse</v>
+        <v>Hanseatische Krankenkasse</v>
       </c>
       <c r="F6" t="str">
         <v/>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B7" t="str">
-        <v>992030828</v>
+        <v>2208883154</v>
       </c>
       <c r="C7" t="str">
-        <v>https://idbroker.ukv.ehealth-id.de</v>
+        <v>https://idbroker.kbs.ehealth-id.de</v>
       </c>
       <c r="D7" t="str">
-        <v>SekIDP PU UKV</v>
+        <v>SekIDP PU kbs</v>
       </c>
       <c r="E7" t="str">
-        <v>Union Krankenversicherung</v>
+        <v>KNAPPSCHAFT</v>
       </c>
       <c r="F7" t="str">
         <v/>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B8" t="str">
-        <v>326611519</v>
+        <v>943548602</v>
       </c>
       <c r="C8" t="str">
-        <v>https://idbroker.viactiv.ehealth-id.de</v>
+        <v>https://idbroker.lvm.ehealth-id.de</v>
       </c>
       <c r="D8" t="str">
-        <v>SekIDP PU viactiv</v>
+        <v>SekIDP PU LVM</v>
       </c>
       <c r="E8" t="str">
-        <v>VIACTIV</v>
+        <v>LVM Krankenversicherungs-AG</v>
       </c>
       <c r="F8" t="str">
         <v/>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B9" t="str">
-        <v>2795868612</v>
+        <v>44780341</v>
       </c>
       <c r="C9" t="str">
-        <v>https://idbroker.vkb.ehealth-id.de</v>
+        <v>https://idbroker.tk.ehealth-id.de</v>
       </c>
       <c r="D9" t="str">
-        <v>SekIDP PU VKB</v>
+        <v>SekIDP PU tk</v>
       </c>
       <c r="E9" t="str">
-        <v>Versicherungskammer Bayern</v>
+        <v>Techniker Krankenkasse</v>
       </c>
       <c r="F9" t="str">
         <v/>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B10" t="str">
-        <v>947436939</v>
+        <v>992030828</v>
       </c>
       <c r="C10" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168140119</v>
+        <v>https://idbroker.ukv.ehealth-id.de</v>
       </c>
       <c r="D10" t="str">
-        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
+        <v>SekIDP PU UKV</v>
       </c>
       <c r="E10" t="str">
-        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
+        <v>Union Krankenversicherung</v>
       </c>
       <c r="F10" t="str">
         <v/>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B11" t="str">
-        <v>1839648355</v>
+        <v>326611519</v>
       </c>
       <c r="C11" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168140379</v>
+        <v>https://idbroker.viactiv.ehealth-id.de</v>
       </c>
       <c r="D11" t="str">
-        <v>Münchener Verein Krankenversicherung a.G.</v>
+        <v>SekIDP PU viactiv</v>
       </c>
       <c r="E11" t="str">
-        <v>Münchener Verein Krankenversicherung a.G.</v>
+        <v>VIACTIV</v>
       </c>
       <c r="F11" t="str">
         <v/>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B12" t="str">
-        <v>4261309407</v>
+        <v>2795868612</v>
       </c>
       <c r="C12" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168140391</v>
+        <v>https://idbroker.vkb.ehealth-id.de</v>
       </c>
       <c r="D12" t="str">
-        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
+        <v>SekIDP PU VKB</v>
       </c>
       <c r="E12" t="str">
-        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
+        <v>Versicherungskammer Bayern</v>
       </c>
       <c r="F12" t="str">
         <v/>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B13" t="str">
-        <v>1524611684</v>
+        <v>947436939</v>
       </c>
       <c r="C13" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168140459</v>
+        <v>https://oidc.vau.idp.rise-service.de/168140119</v>
       </c>
       <c r="D13" t="str">
-        <v>uniVersa Krankenversicherung a.G.</v>
+        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
       </c>
       <c r="E13" t="str">
-        <v>uniVersa Krankenversicherung a.G.</v>
+        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
       </c>
       <c r="F13" t="str">
         <v/>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B14" t="str">
-        <v>1176592633</v>
+        <v>1839648355</v>
       </c>
       <c r="C14" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141176</v>
+        <v>https://oidc.vau.idp.rise-service.de/168140379</v>
       </c>
       <c r="D14" t="str">
-        <v>HUK-COBURG-Krankenversicherung AG</v>
+        <v>Münchener Verein Krankenversicherung a.G.</v>
       </c>
       <c r="E14" t="str">
-        <v>HUK-COBURG-Krankenversicherung AG</v>
+        <v>Münchener Verein Krankenversicherung a.G.</v>
       </c>
       <c r="F14" t="str">
         <v/>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B15" t="str">
-        <v>3065924768</v>
+        <v>4261309407</v>
       </c>
       <c r="C15" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141187</v>
+        <v>https://oidc.vau.idp.rise-service.de/168140391</v>
       </c>
       <c r="D15" t="str">
-        <v>Concordia Krankenversicherungs-AG</v>
+        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
       </c>
       <c r="E15" t="str">
-        <v>Concordia Krankenversicherungs-AG</v>
+        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
       </c>
       <c r="F15" t="str">
         <v/>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B16" t="str">
-        <v>2418801426</v>
+        <v>1524611684</v>
       </c>
       <c r="C16" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141358</v>
+        <v>https://oidc.vau.idp.rise-service.de/168140459</v>
       </c>
       <c r="D16" t="str">
-        <v>VGH Provinzial Krankenversicherung</v>
+        <v>uniVersa Krankenversicherung a.G.</v>
       </c>
       <c r="E16" t="str">
-        <v>VGH Provinzial Krankenversicherung</v>
+        <v>uniVersa Krankenversicherung a.G.</v>
       </c>
       <c r="F16" t="str">
         <v/>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B17" t="str">
-        <v>3695926528</v>
+        <v>1176592633</v>
       </c>
       <c r="C17" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141392</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141176</v>
       </c>
       <c r="D17" t="str">
-        <v>Württembergische</v>
+        <v>HUK-COBURG-Krankenversicherung AG</v>
       </c>
       <c r="E17" t="str">
-        <v>Württembergische</v>
+        <v>HUK-COBURG-Krankenversicherung AG</v>
       </c>
       <c r="F17" t="str">
         <v/>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B18" t="str">
-        <v>380634516</v>
+        <v>3065924768</v>
       </c>
       <c r="C18" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141416</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141187</v>
       </c>
       <c r="D18" t="str">
-        <v>Mecklenburgische Krankenversicherungs-AG</v>
+        <v>Concordia Krankenversicherungs-AG</v>
       </c>
       <c r="E18" t="str">
-        <v>Mecklenburgische Krankenversicherungs-AG</v>
+        <v>Concordia Krankenversicherungs-AG</v>
       </c>
       <c r="F18" t="str">
         <v/>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B19" t="str">
-        <v>1251632833</v>
+        <v>2418801426</v>
       </c>
       <c r="C19" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141427</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141358</v>
       </c>
       <c r="D19" t="str">
-        <v>ALTE OLDENBURGER</v>
+        <v>VGH Provinzial Krankenversicherung</v>
       </c>
       <c r="E19" t="str">
-        <v>ALTE OLDENBURGER</v>
+        <v>VGH Provinzial Krankenversicherung</v>
       </c>
       <c r="F19" t="str">
         <v/>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B20" t="str">
-        <v>3275639313</v>
+        <v>3695926528</v>
       </c>
       <c r="C20" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141438</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141392</v>
       </c>
       <c r="D20" t="str">
-        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
+        <v>Württembergische</v>
       </c>
       <c r="E20" t="str">
-        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
+        <v>Württembergische</v>
       </c>
       <c r="F20" t="str">
         <v/>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B21" t="str">
-        <v>2221744375</v>
+        <v>380634516</v>
       </c>
       <c r="C21" t="str">
-        <v>https://web.bayern.aok-ident.de</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141416</v>
       </c>
       <c r="D21" t="str">
-        <v>T-Systems International GmbH</v>
+        <v>Mecklenburgische Krankenversicherungs-AG</v>
       </c>
       <c r="E21" t="str">
-        <v>AOK Bayern</v>
+        <v>Mecklenburgische Krankenversicherungs-AG</v>
       </c>
       <c r="F21" t="str">
         <v/>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B22" t="str">
-        <v>1852923835</v>
+        <v>1251632833</v>
       </c>
       <c r="C22" t="str">
-        <v>https://web.bremen.aok-ident.de</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141427</v>
       </c>
       <c r="D22" t="str">
-        <v>T-Systems International GmbH</v>
+        <v>ALTE OLDENBURGER</v>
       </c>
       <c r="E22" t="str">
-        <v>AOK Bremen/Bremerhaven</v>
+        <v>ALTE OLDENBURGER</v>
       </c>
       <c r="F22" t="str">
         <v/>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B23" t="str">
-        <v>4197117836</v>
+        <v>3275639313</v>
       </c>
       <c r="C23" t="str">
-        <v>https://web.bw.aok-ident.de</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141438</v>
       </c>
       <c r="D23" t="str">
-        <v>T-Systems International GmbH</v>
+        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
       </c>
       <c r="E23" t="str">
-        <v>AOK Baden-Württemberg</v>
+        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
       </c>
       <c r="F23" t="str">
         <v/>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B24" t="str">
-        <v>2854876403</v>
+        <v>2221744375</v>
       </c>
       <c r="C24" t="str">
-        <v>https://web.hessen.aok-ident.de</v>
+        <v>https://web.bayern.aok-ident.de</v>
       </c>
       <c r="D24" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E24" t="str">
-        <v>AOK Hessen</v>
+        <v>AOK Bayern</v>
       </c>
       <c r="F24" t="str">
         <v/>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B25" t="str">
-        <v>136563546</v>
+        <v>1852923835</v>
       </c>
       <c r="C25" t="str">
-        <v>https://web.id.digital.barmer.de</v>
+        <v>https://web.bremen.aok-ident.de</v>
       </c>
       <c r="D25" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E25" t="str">
-        <v>BARMER</v>
+        <v>AOK Bremen/Bremerhaven</v>
       </c>
       <c r="F25" t="str">
         <v/>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B26" t="str">
-        <v>3305020597</v>
+        <v>4197117836</v>
       </c>
       <c r="C26" t="str">
-        <v>https://web.niedersachsen.aok-ident.de</v>
+        <v>https://web.bw.aok-ident.de</v>
       </c>
       <c r="D26" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E26" t="str">
-        <v>AOK Niedersachsen</v>
+        <v>AOK Baden-Württemberg</v>
       </c>
       <c r="F26" t="str">
         <v/>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B27" t="str">
-        <v>1024202221</v>
+        <v>2854876403</v>
       </c>
       <c r="C27" t="str">
-        <v>https://web.nordost.aok-ident.de</v>
+        <v>https://web.hessen.aok-ident.de</v>
       </c>
       <c r="D27" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E27" t="str">
-        <v>AOK Nordost</v>
+        <v>AOK Hessen</v>
       </c>
       <c r="F27" t="str">
         <v/>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B28" t="str">
-        <v>1964638709</v>
+        <v>136563546</v>
       </c>
       <c r="C28" t="str">
-        <v>https://web.nordwest.aok-ident.de</v>
+        <v>https://web.id.digital.barmer.de</v>
       </c>
       <c r="D28" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E28" t="str">
-        <v>AOK NordWest</v>
+        <v>BARMER</v>
       </c>
       <c r="F28" t="str">
         <v/>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B29" t="str">
-        <v>1334824531</v>
+        <v>3305020597</v>
       </c>
       <c r="C29" t="str">
-        <v>https://web.plus.aok-ident.de</v>
+        <v>https://web.niedersachsen.aok-ident.de</v>
       </c>
       <c r="D29" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E29" t="str">
-        <v>AOK PLUS</v>
+        <v>AOK Niedersachsen</v>
       </c>
       <c r="F29" t="str">
         <v/>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B30" t="str">
-        <v>2389637209</v>
+        <v>1024202221</v>
       </c>
       <c r="C30" t="str">
-        <v>https://web.rh.aok-ident.de</v>
+        <v>https://web.nordost.aok-ident.de</v>
       </c>
       <c r="D30" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E30" t="str">
-        <v>AOK Rheinland/Hamburg</v>
+        <v>AOK Nordost</v>
       </c>
       <c r="F30" t="str">
         <v/>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B31" t="str">
-        <v>2289394438</v>
+        <v>1964638709</v>
       </c>
       <c r="C31" t="str">
-        <v>https://web.rps.aok-ident.de</v>
+        <v>https://web.nordwest.aok-ident.de</v>
       </c>
       <c r="D31" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E31" t="str">
-        <v>AOK Rheinland Pfalz/Saarland</v>
+        <v>AOK NordWest</v>
       </c>
       <c r="F31" t="str">
         <v/>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B32" t="str">
-        <v>2579750129</v>
+        <v>1334824531</v>
       </c>
       <c r="C32" t="str">
-        <v>https://web.sa.aok-ident.de</v>
+        <v>https://web.plus.aok-ident.de</v>
       </c>
       <c r="D32" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E32" t="str">
-        <v>AOK Sachsen-Anhalt</v>
+        <v>AOK PLUS</v>
       </c>
       <c r="F32" t="str">
         <v/>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B33" t="str">
-        <v>3750635582</v>
+        <v>2389637209</v>
       </c>
       <c r="C33" t="str">
-        <v>https://www.idp.iam-bms.de/100602360</v>
+        <v>https://web.rh.aok-ident.de</v>
       </c>
       <c r="D33" t="str">
-        <v>IKK Brandenburg und Berlin</v>
+        <v>T-Systems International GmbH</v>
       </c>
       <c r="E33" t="str">
-        <v>IKK Brandenburg und Berlin</v>
+        <v>AOK Rheinland/Hamburg</v>
       </c>
       <c r="F33" t="str">
         <v/>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B34" t="str">
-        <v>2566444252</v>
+        <v>2289394438</v>
       </c>
       <c r="C34" t="str">
-        <v>https://www.idp.iam-bms.de/101202961</v>
+        <v>https://web.rps.aok-ident.de</v>
       </c>
       <c r="D34" t="str">
-        <v>IKK gesund plus</v>
+        <v>T-Systems International GmbH</v>
       </c>
       <c r="E34" t="str">
-        <v>IKK gesund plus</v>
+        <v>AOK Rheinland Pfalz/Saarland</v>
       </c>
       <c r="F34" t="str">
         <v/>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B35" t="str">
-        <v>2634666876</v>
+        <v>2579750129</v>
       </c>
       <c r="C35" t="str">
-        <v>https://www.idp.iam-bms.de/101300129</v>
+        <v>https://web.sa.aok-ident.de</v>
       </c>
       <c r="D35" t="str">
-        <v>IKK - Die Innovationskasse</v>
+        <v>T-Systems International GmbH</v>
       </c>
       <c r="E35" t="str">
-        <v>IKK - Die Innovationskasse</v>
+        <v>AOK Sachsen-Anhalt</v>
       </c>
       <c r="F35" t="str">
         <v/>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B36" t="str">
-        <v>1757545186</v>
+        <v>3750635582</v>
       </c>
       <c r="C36" t="str">
-        <v>https://www.idp.iam-bms.de/101320032</v>
+        <v>https://www.idp.iam-bms.de/100602360</v>
       </c>
       <c r="D36" t="str">
-        <v>SECURVITA BKK</v>
+        <v>IKK Brandenburg und Berlin</v>
       </c>
       <c r="E36" t="str">
-        <v>SECURVITA BKK</v>
+        <v>IKK Brandenburg und Berlin</v>
       </c>
       <c r="F36" t="str">
         <v/>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B37" t="str">
-        <v>975359461</v>
+        <v>2566444252</v>
       </c>
       <c r="C37" t="str">
-        <v>https://www.idp.iam-bms.de/101520078</v>
+        <v>https://www.idp.iam-bms.de/101202961</v>
       </c>
       <c r="D37" t="str">
-        <v>Mobil Krankenkasse</v>
+        <v>IKK gesund plus</v>
       </c>
       <c r="E37" t="str">
-        <v>Mobil Krankenkasse</v>
+        <v>IKK gesund plus</v>
       </c>
       <c r="F37" t="str">
         <v/>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B38" t="str">
-        <v>1076866179</v>
+        <v>2634666876</v>
       </c>
       <c r="C38" t="str">
-        <v>https://www.idp.iam-bms.de/101922757</v>
+        <v>https://www.idp.iam-bms.de/101300129</v>
       </c>
       <c r="D38" t="str">
-        <v>BKK Salzgitter</v>
+        <v>IKK - Die Innovationskasse</v>
       </c>
       <c r="E38" t="str">
-        <v>BKK Salzgitter</v>
+        <v>IKK - Die Innovationskasse</v>
       </c>
       <c r="F38" t="str">
         <v/>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B39" t="str">
-        <v>3938660454</v>
+        <v>1757545186</v>
       </c>
       <c r="C39" t="str">
-        <v>https://www.idp.iam-bms.de/101931440</v>
+        <v>https://www.idp.iam-bms.de/101320032</v>
       </c>
       <c r="D39" t="str">
-        <v>BKK Public</v>
+        <v>SECURVITA BKK</v>
       </c>
       <c r="E39" t="str">
-        <v>BKK Public</v>
+        <v>SECURVITA BKK</v>
       </c>
       <c r="F39" t="str">
         <v/>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B40" t="str">
-        <v>2169737078</v>
+        <v>975359461</v>
       </c>
       <c r="C40" t="str">
-        <v>https://www.idp.iam-bms.de/102031410</v>
+        <v>https://www.idp.iam-bms.de/101520078</v>
       </c>
       <c r="D40" t="str">
-        <v>BKK Technoform</v>
+        <v>Mobil Krankenkasse</v>
       </c>
       <c r="E40" t="str">
-        <v>BKK Technoform</v>
+        <v>Mobil Krankenkasse</v>
       </c>
       <c r="F40" t="str">
         <v/>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B41" t="str">
-        <v>2651906077</v>
+        <v>1076866179</v>
       </c>
       <c r="C41" t="str">
-        <v>https://www.idp.iam-bms.de/102122557</v>
+        <v>https://www.idp.iam-bms.de/101922757</v>
       </c>
       <c r="D41" t="str">
-        <v>BKK exklusiv</v>
+        <v>BKK Salzgitter</v>
       </c>
       <c r="E41" t="str">
-        <v>BKK exklusiv</v>
+        <v>BKK Salzgitter</v>
       </c>
       <c r="F41" t="str">
         <v/>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B42" t="str">
-        <v>689936420</v>
+        <v>3938660454</v>
       </c>
       <c r="C42" t="str">
-        <v>https://www.idp.iam-bms.de/102122660</v>
+        <v>https://www.idp.iam-bms.de/101931440</v>
       </c>
       <c r="D42" t="str">
-        <v>BKK24</v>
+        <v>BKK Public</v>
       </c>
       <c r="E42" t="str">
-        <v>BKK24</v>
+        <v>BKK Public</v>
       </c>
       <c r="F42" t="str">
         <v/>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B43" t="str">
-        <v>2285218909</v>
+        <v>2169737078</v>
       </c>
       <c r="C43" t="str">
-        <v>https://www.idp.iam-bms.de/102129930</v>
+        <v>https://www.idp.iam-bms.de/102031410</v>
       </c>
       <c r="D43" t="str">
-        <v>energie-BKK</v>
+        <v>BKK Technoform</v>
       </c>
       <c r="E43" t="str">
-        <v>energie-BKK</v>
+        <v>BKK Technoform</v>
       </c>
       <c r="F43" t="str">
         <v/>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B44" t="str">
-        <v>3323256730</v>
+        <v>2651906077</v>
       </c>
       <c r="C44" t="str">
-        <v>https://www.idp.iam-bms.de/102137985</v>
+        <v>https://www.idp.iam-bms.de/102122557</v>
       </c>
       <c r="D44" t="str">
-        <v>TUI BKK</v>
+        <v>BKK exklusiv</v>
       </c>
       <c r="E44" t="str">
-        <v>TUI BKK</v>
+        <v>BKK exklusiv</v>
       </c>
       <c r="F44" t="str">
         <v/>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B45" t="str">
-        <v>1451766755</v>
+        <v>689936420</v>
       </c>
       <c r="C45" t="str">
-        <v>https://www.idp.iam-bms.de/102171012</v>
+        <v>https://www.idp.iam-bms.de/102122660</v>
       </c>
       <c r="D45" t="str">
-        <v>Kaufmännische Krankenkasse</v>
+        <v>BKK24</v>
       </c>
       <c r="E45" t="str">
-        <v>Kaufmännische Krankenkasse</v>
+        <v>BKK24</v>
       </c>
       <c r="F45" t="str">
         <v/>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B46" t="str">
-        <v>2453562406</v>
+        <v>2285218909</v>
       </c>
       <c r="C46" t="str">
-        <v>https://www.idp.iam-bms.de/102429648</v>
+        <v>https://www.idp.iam-bms.de/102129930</v>
       </c>
       <c r="D46" t="str">
-        <v>BKK EWE</v>
+        <v>energie-BKK</v>
       </c>
       <c r="E46" t="str">
-        <v>BKK EWE</v>
+        <v>energie-BKK</v>
       </c>
       <c r="F46" t="str">
         <v/>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B47" t="str">
-        <v>2072070941</v>
+        <v>3323256730</v>
       </c>
       <c r="C47" t="str">
-        <v>https://www.idp.iam-bms.de/103121137</v>
+        <v>https://www.idp.iam-bms.de/102137985</v>
       </c>
       <c r="D47" t="str">
-        <v>BKK firmus</v>
+        <v>TUI BKK</v>
       </c>
       <c r="E47" t="str">
-        <v>BKK firmus</v>
+        <v>TUI BKK</v>
       </c>
       <c r="F47" t="str">
         <v/>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B48" t="str">
-        <v>1364749939</v>
+        <v>1451766755</v>
       </c>
       <c r="C48" t="str">
-        <v>https://www.idp.iam-bms.de/103170002</v>
+        <v>https://www.idp.iam-bms.de/102171012</v>
       </c>
       <c r="D48" t="str">
-        <v>hkk</v>
+        <v>Kaufmännische Krankenkasse</v>
       </c>
       <c r="E48" t="str">
-        <v>hkk</v>
+        <v>Kaufmännische Krankenkasse</v>
       </c>
       <c r="F48" t="str">
         <v/>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B49" t="str">
-        <v>3867311156</v>
+        <v>2453562406</v>
       </c>
       <c r="C49" t="str">
-        <v>https://www.idp.iam-bms.de/103501080</v>
+        <v>https://www.idp.iam-bms.de/102429648</v>
       </c>
       <c r="D49" t="str">
-        <v>BIG direkt gesund</v>
+        <v>BKK EWE</v>
       </c>
       <c r="E49" t="str">
-        <v>BIG direkt gesund</v>
+        <v>BKK EWE</v>
       </c>
       <c r="F49" t="str">
         <v/>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B50" t="str">
-        <v>2650210319</v>
+        <v>2072070941</v>
       </c>
       <c r="C50" t="str">
-        <v>https://www.idp.iam-bms.de/103523440</v>
+        <v>https://www.idp.iam-bms.de/103121137</v>
       </c>
       <c r="D50" t="str">
-        <v>Continentale BKK</v>
+        <v>BKK firmus</v>
       </c>
       <c r="E50" t="str">
-        <v>Continentale BKK</v>
+        <v>BKK firmus</v>
       </c>
       <c r="F50" t="str">
         <v/>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B51" t="str">
-        <v>2763007129</v>
+        <v>1364749939</v>
       </c>
       <c r="C51" t="str">
-        <v>https://www.idp.iam-bms.de/103526615</v>
+        <v>https://www.idp.iam-bms.de/103170002</v>
       </c>
       <c r="D51" t="str">
-        <v>BKK VDN</v>
+        <v>hkk</v>
       </c>
       <c r="E51" t="str">
-        <v>BKK VDN</v>
+        <v>hkk</v>
       </c>
       <c r="F51" t="str">
         <v/>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B52" t="str">
-        <v>150993914</v>
+        <v>3867311156</v>
       </c>
       <c r="C52" t="str">
-        <v>https://www.idp.iam-bms.de/103724238</v>
+        <v>https://www.idp.iam-bms.de/103501080</v>
       </c>
       <c r="D52" t="str">
-        <v>Heimat Krankenkasse</v>
+        <v>BIG direkt gesund</v>
       </c>
       <c r="E52" t="str">
-        <v>Heimat Krankenkasse</v>
+        <v>BIG direkt gesund</v>
       </c>
       <c r="F52" t="str">
         <v/>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B53" t="str">
-        <v>817454507</v>
+        <v>2650210319</v>
       </c>
       <c r="C53" t="str">
-        <v>https://www.idp.iam-bms.de/103724249</v>
+        <v>https://www.idp.iam-bms.de/103523440</v>
       </c>
       <c r="D53" t="str">
-        <v>BKK_DürkoppAdler</v>
+        <v>Continentale BKK</v>
       </c>
       <c r="E53" t="str">
-        <v>BKK_DürkoppAdler</v>
+        <v>Continentale BKK</v>
       </c>
       <c r="F53" t="str">
         <v/>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B54" t="str">
-        <v>2353453024</v>
+        <v>2763007129</v>
       </c>
       <c r="C54" t="str">
-        <v>https://www.idp.iam-bms.de/103724272</v>
+        <v>https://www.idp.iam-bms.de/103526615</v>
       </c>
       <c r="D54" t="str">
-        <v>BKK GILDEMEISTER SEIDENSTICKER</v>
+        <v>BKK VDN</v>
       </c>
       <c r="E54" t="str">
-        <v>BKK GILDEMEISTER SEIDENSTICKER</v>
+        <v>BKK VDN</v>
       </c>
       <c r="F54" t="str">
         <v/>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B55" t="str">
-        <v>4221984603</v>
+        <v>150993914</v>
       </c>
       <c r="C55" t="str">
-        <v>https://www.idp.iam-bms.de/103724294</v>
+        <v>https://www.idp.iam-bms.de/103724238</v>
       </c>
       <c r="D55" t="str">
-        <v>BKK Diakonie</v>
+        <v>Heimat Krankenkasse</v>
       </c>
       <c r="E55" t="str">
-        <v>BKK Diakonie</v>
+        <v>Heimat Krankenkasse</v>
       </c>
       <c r="F55" t="str">
         <v/>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B56" t="str">
-        <v>504727921</v>
+        <v>817454507</v>
       </c>
       <c r="C56" t="str">
-        <v>https://www.idp.iam-bms.de/103725342</v>
+        <v>https://www.idp.iam-bms.de/103724249</v>
       </c>
       <c r="D56" t="str">
-        <v>Bertelsmann BKK</v>
+        <v>BKK_DürkoppAdler</v>
       </c>
       <c r="E56" t="str">
-        <v>Bertelsmann BKK</v>
+        <v>BKK_DürkoppAdler</v>
       </c>
       <c r="F56" t="str">
         <v/>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B57" t="str">
-        <v>3309326022</v>
+        <v>2353453024</v>
       </c>
       <c r="C57" t="str">
-        <v>https://www.idp.iam-bms.de/103725364</v>
+        <v>https://www.idp.iam-bms.de/103724272</v>
       </c>
       <c r="D57" t="str">
-        <v>BKK Miele</v>
+        <v>BKK GILDEMEISTER SEIDENSTICKER</v>
       </c>
       <c r="E57" t="str">
-        <v>BKK Miele</v>
+        <v>BKK GILDEMEISTER SEIDENSTICKER</v>
       </c>
       <c r="F57" t="str">
         <v/>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B58" t="str">
-        <v>995788400</v>
+        <v>4221984603</v>
       </c>
       <c r="C58" t="str">
-        <v>https://www.idp.iam-bms.de/103726081</v>
+        <v>https://www.idp.iam-bms.de/103724294</v>
       </c>
       <c r="D58" t="str">
-        <v>BKK Melitta HMR</v>
+        <v>BKK Diakonie</v>
       </c>
       <c r="E58" t="str">
-        <v>BKK Melitta HMR</v>
+        <v>BKK Diakonie</v>
       </c>
       <c r="F58" t="str">
         <v/>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B59" t="str">
-        <v>4208473308</v>
+        <v>504727921</v>
       </c>
       <c r="C59" t="str">
-        <v>https://www.idp.iam-bms.de/104125509</v>
+        <v>https://www.idp.iam-bms.de/103725342</v>
       </c>
       <c r="D59" t="str">
-        <v>BKK EUREGIO</v>
+        <v>Bertelsmann BKK</v>
       </c>
       <c r="E59" t="str">
-        <v>BKK EUREGIO</v>
+        <v>Bertelsmann BKK</v>
       </c>
       <c r="F59" t="str">
         <v/>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B60" t="str">
-        <v>2469048368</v>
+        <v>3309326022</v>
       </c>
       <c r="C60" t="str">
-        <v>https://www.idp.iam-bms.de/104224634</v>
+        <v>https://www.idp.iam-bms.de/103725364</v>
       </c>
       <c r="D60" t="str">
-        <v>BKK Deutsche Bank AG</v>
+        <v>BKK Miele</v>
       </c>
       <c r="E60" t="str">
-        <v>BKK Deutsche Bank AG</v>
+        <v>BKK Miele</v>
       </c>
       <c r="F60" t="str">
         <v/>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B61" t="str">
-        <v>3063675456</v>
+        <v>995788400</v>
       </c>
       <c r="C61" t="str">
-        <v>https://www.idp.iam-bms.de/104491707</v>
+        <v>https://www.idp.iam-bms.de/103726081</v>
       </c>
       <c r="D61" t="str">
-        <v>Novitas BKK</v>
+        <v>BKK Melitta HMR</v>
       </c>
       <c r="E61" t="str">
-        <v>Novitas BKK</v>
+        <v>BKK Melitta HMR</v>
       </c>
       <c r="F61" t="str">
         <v/>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B62" t="str">
-        <v>2422740153</v>
+        <v>4208473308</v>
       </c>
       <c r="C62" t="str">
-        <v>https://www.idp.iam-bms.de/104926702</v>
+        <v>https://www.idp.iam-bms.de/104125509</v>
       </c>
       <c r="D62" t="str">
-        <v>BERGISCHE KRANKENKASSE</v>
+        <v>BKK EUREGIO</v>
       </c>
       <c r="E62" t="str">
-        <v>BERGISCHE KRANKENKASSE</v>
+        <v>BKK EUREGIO</v>
       </c>
       <c r="F62" t="str">
         <v/>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B63" t="str">
-        <v>162586105</v>
+        <v>2469048368</v>
       </c>
       <c r="C63" t="str">
-        <v>https://www.idp.iam-bms.de/105230076</v>
+        <v>https://www.idp.iam-bms.de/104224634</v>
       </c>
       <c r="D63" t="str">
-        <v>Merck BKK</v>
+        <v>BKK Deutsche Bank AG</v>
       </c>
       <c r="E63" t="str">
-        <v>Merck BKK</v>
+        <v>BKK Deutsche Bank AG</v>
       </c>
       <c r="F63" t="str">
         <v/>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B64" t="str">
-        <v>1032681517</v>
+        <v>3063675456</v>
       </c>
       <c r="C64" t="str">
-        <v>https://www.idp.iam-bms.de/105330168</v>
+        <v>https://www.idp.iam-bms.de/104491707</v>
       </c>
       <c r="D64" t="str">
-        <v>Salus BKK</v>
+        <v>Novitas BKK</v>
       </c>
       <c r="E64" t="str">
-        <v>Salus BKK</v>
+        <v>Novitas BKK</v>
       </c>
       <c r="F64" t="str">
         <v/>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B65" t="str">
-        <v>1072559655</v>
+        <v>2422740153</v>
       </c>
       <c r="C65" t="str">
-        <v>https://www.idp.iam-bms.de/105330431</v>
+        <v>https://www.idp.iam-bms.de/104926702</v>
       </c>
       <c r="D65" t="str">
-        <v>KARL MAYER BKK</v>
+        <v>BERGISCHE KRANKENKASSE</v>
       </c>
       <c r="E65" t="str">
-        <v>KARL MAYER BKK</v>
+        <v>BERGISCHE KRANKENKASSE</v>
       </c>
       <c r="F65" t="str">
         <v/>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B66" t="str">
-        <v>1668384162</v>
+        <v>162586105</v>
       </c>
       <c r="C66" t="str">
-        <v>https://www.idp.iam-bms.de/105508787</v>
+        <v>https://www.idp.iam-bms.de/105230076</v>
       </c>
       <c r="D66" t="str">
-        <v>SVLFG</v>
+        <v>Merck BKK</v>
       </c>
       <c r="E66" t="str">
-        <v>SVLFG</v>
+        <v>Merck BKK</v>
       </c>
       <c r="F66" t="str">
         <v/>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B67" t="str">
-        <v>1744859955</v>
+        <v>1032681517</v>
       </c>
       <c r="C67" t="str">
-        <v>https://www.idp.iam-bms.de/105530126</v>
+        <v>https://www.idp.iam-bms.de/105330168</v>
       </c>
       <c r="D67" t="str">
-        <v>BKK Werra-Meissner</v>
+        <v>Salus BKK</v>
       </c>
       <c r="E67" t="str">
-        <v>BKK Werra-Meissner</v>
+        <v>Salus BKK</v>
       </c>
       <c r="F67" t="str">
         <v/>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B68" t="str">
-        <v>3975873471</v>
+        <v>1072559655</v>
       </c>
       <c r="C68" t="str">
-        <v>https://www.idp.iam-bms.de/105530331</v>
+        <v>https://www.idp.iam-bms.de/105330431</v>
       </c>
       <c r="D68" t="str">
-        <v>BKK Herkules</v>
+        <v>KARL MAYER BKK</v>
       </c>
       <c r="E68" t="str">
-        <v>BKK Herkules</v>
+        <v>KARL MAYER BKK</v>
       </c>
       <c r="F68" t="str">
         <v/>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B69" t="str">
-        <v>3600775026</v>
+        <v>1668384162</v>
       </c>
       <c r="C69" t="str">
-        <v>https://www.idp.iam-bms.de/105530444</v>
+        <v>https://www.idp.iam-bms.de/105508787</v>
       </c>
       <c r="D69" t="str">
-        <v>BKK B. Braun Aesculap</v>
+        <v>SVLFG</v>
       </c>
       <c r="E69" t="str">
-        <v>BKK B. Braun Aesculap</v>
+        <v>SVLFG</v>
       </c>
       <c r="F69" t="str">
         <v/>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B70" t="str">
-        <v>2781574953</v>
+        <v>1744859955</v>
       </c>
       <c r="C70" t="str">
-        <v>https://www.idp.iam-bms.de/105723301</v>
+        <v>https://www.idp.iam-bms.de/105530126</v>
       </c>
       <c r="D70" t="str">
-        <v>BKK PwC</v>
+        <v>BKK Werra-Meissner</v>
       </c>
       <c r="E70" t="str">
-        <v>BKK PwC</v>
+        <v>BKK Werra-Meissner</v>
       </c>
       <c r="F70" t="str">
         <v/>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B71" t="str">
-        <v>1649127409</v>
+        <v>3975873471</v>
       </c>
       <c r="C71" t="str">
-        <v>https://www.idp.iam-bms.de/105732324</v>
+        <v>https://www.idp.iam-bms.de/105530331</v>
       </c>
       <c r="D71" t="str">
-        <v>EY BKK</v>
+        <v>BKK Herkules</v>
       </c>
       <c r="E71" t="str">
-        <v>EY BKK</v>
+        <v>BKK Herkules</v>
       </c>
       <c r="F71" t="str">
         <v/>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B72" t="str">
-        <v>2341715642</v>
+        <v>3600775026</v>
       </c>
       <c r="C72" t="str">
-        <v>https://www.idp.iam-bms.de/105734543</v>
+        <v>https://www.idp.iam-bms.de/105530444</v>
       </c>
       <c r="D72" t="str">
-        <v>BKK WIRTSCHAFT &amp; FINANZEN</v>
+        <v>BKK B. Braun Aesculap</v>
       </c>
       <c r="E72" t="str">
-        <v>BKK WIRTSCHAFT &amp; FINANZEN</v>
+        <v>BKK B. Braun Aesculap</v>
       </c>
       <c r="F72" t="str">
         <v/>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B73" t="str">
-        <v>1169198647</v>
+        <v>2781574953</v>
       </c>
       <c r="C73" t="str">
-        <v>https://www.idp.iam-bms.de/105823040</v>
+        <v>https://www.idp.iam-bms.de/105723301</v>
       </c>
       <c r="D73" t="str">
-        <v>R+V Betriebskrankenkasse</v>
+        <v>BKK PwC</v>
       </c>
       <c r="E73" t="str">
-        <v>R+V Betriebskrankenkasse</v>
+        <v>BKK PwC</v>
       </c>
       <c r="F73" t="str">
         <v/>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B74" t="str">
-        <v>4268841241</v>
+        <v>1649127409</v>
       </c>
       <c r="C74" t="str">
-        <v>https://www.idp.iam-bms.de/105830016</v>
+        <v>https://www.idp.iam-bms.de/105732324</v>
       </c>
       <c r="D74" t="str">
-        <v>DAK-Gesundheit</v>
+        <v>EY BKK</v>
       </c>
       <c r="E74" t="str">
-        <v>DAK-Gesundheit</v>
+        <v>EY BKK</v>
       </c>
       <c r="F74" t="str">
         <v/>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B75" t="str">
-        <v>2411572068</v>
+        <v>2341715642</v>
       </c>
       <c r="C75" t="str">
-        <v>https://www.idp.iam-bms.de/105830517</v>
+        <v>https://www.idp.iam-bms.de/105734543</v>
       </c>
       <c r="D75" t="str">
-        <v>BKK Linde</v>
+        <v>BKK WIRTSCHAFT &amp; FINANZEN</v>
       </c>
       <c r="E75" t="str">
-        <v>BKK Linde</v>
+        <v>BKK WIRTSCHAFT &amp; FINANZEN</v>
       </c>
       <c r="F75" t="str">
         <v/>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B76" t="str">
-        <v>1419117418</v>
+        <v>1169198647</v>
       </c>
       <c r="C76" t="str">
-        <v>https://www.idp.iam-bms.de/106329225</v>
+        <v>https://www.idp.iam-bms.de/105823040</v>
       </c>
       <c r="D76" t="str">
-        <v>Debeka Betriebskrankenkasse</v>
+        <v>R+V Betriebskrankenkasse</v>
       </c>
       <c r="E76" t="str">
-        <v>Debeka Betriebskrankenkasse</v>
+        <v>R+V Betriebskrankenkasse</v>
       </c>
       <c r="F76" t="str">
         <v/>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B77" t="str">
-        <v>2744805454</v>
+        <v>4268841241</v>
       </c>
       <c r="C77" t="str">
-        <v>https://www.idp.iam-bms.de/106331593</v>
+        <v>https://www.idp.iam-bms.de/105830016</v>
       </c>
       <c r="D77" t="str">
-        <v>BKK evm</v>
+        <v>DAK-Gesundheit</v>
       </c>
       <c r="E77" t="str">
-        <v>BKK evm</v>
+        <v>DAK-Gesundheit</v>
       </c>
       <c r="F77" t="str">
         <v/>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B78" t="str">
-        <v>1461405166</v>
+        <v>2411572068</v>
       </c>
       <c r="C78" t="str">
-        <v>https://www.idp.iam-bms.de/106431572</v>
+        <v>https://www.idp.iam-bms.de/105830517</v>
       </c>
       <c r="D78" t="str">
-        <v>BKK PFAFF</v>
+        <v>BKK Linde</v>
       </c>
       <c r="E78" t="str">
-        <v>BKK PFAFF</v>
+        <v>BKK Linde</v>
       </c>
       <c r="F78" t="str">
         <v/>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B79" t="str">
-        <v>1735104821</v>
+        <v>1419117418</v>
       </c>
       <c r="C79" t="str">
-        <v>https://www.idp.iam-bms.de/106431652</v>
+        <v>https://www.idp.iam-bms.de/106329225</v>
       </c>
       <c r="D79" t="str">
-        <v>BKK Pfalz</v>
+        <v>Debeka Betriebskrankenkasse</v>
       </c>
       <c r="E79" t="str">
-        <v>BKK Pfalz</v>
+        <v>Debeka Betriebskrankenkasse</v>
       </c>
       <c r="F79" t="str">
         <v/>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B80" t="str">
-        <v>3793195787</v>
+        <v>2744805454</v>
       </c>
       <c r="C80" t="str">
-        <v>https://www.idp.iam-bms.de/106492393</v>
+        <v>https://www.idp.iam-bms.de/106331593</v>
       </c>
       <c r="D80" t="str">
-        <v>Pronova BKK</v>
+        <v>BKK evm</v>
       </c>
       <c r="E80" t="str">
-        <v>Pronova BKK</v>
+        <v>BKK evm</v>
       </c>
       <c r="F80" t="str">
         <v/>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B81" t="str">
-        <v>3180127239</v>
+        <v>1461405166</v>
       </c>
       <c r="C81" t="str">
-        <v>https://www.idp.iam-bms.de/106936311</v>
+        <v>https://www.idp.iam-bms.de/106431572</v>
       </c>
       <c r="D81" t="str">
-        <v>Südzucker BKK</v>
+        <v>BKK PFAFF</v>
       </c>
       <c r="E81" t="str">
-        <v>Südzucker BKK</v>
+        <v>BKK PFAFF</v>
       </c>
       <c r="F81" t="str">
         <v/>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B82" t="str">
-        <v>497625451</v>
+        <v>1735104821</v>
       </c>
       <c r="C82" t="str">
-        <v>https://www.idp.iam-bms.de/107036370</v>
+        <v>https://www.idp.iam-bms.de/106431652</v>
       </c>
       <c r="D82" t="str">
-        <v>BKK Freudenberg</v>
+        <v>BKK Pfalz</v>
       </c>
       <c r="E82" t="str">
-        <v>BKK Freudenberg</v>
+        <v>BKK Pfalz</v>
       </c>
       <c r="F82" t="str">
         <v/>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B83" t="str">
-        <v>2552279311</v>
+        <v>3793195787</v>
       </c>
       <c r="C83" t="str">
-        <v>https://www.idp.iam-bms.de/107202793</v>
+        <v>https://www.idp.iam-bms.de/106492393</v>
       </c>
       <c r="D83" t="str">
-        <v>IKK classic</v>
+        <v>Pronova BKK</v>
       </c>
       <c r="E83" t="str">
-        <v>IKK classic</v>
+        <v>Pronova BKK</v>
       </c>
       <c r="F83" t="str">
         <v/>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B84" t="str">
-        <v>3402358115</v>
+        <v>3180127239</v>
       </c>
       <c r="C84" t="str">
-        <v>https://www.idp.iam-bms.de/107531187</v>
+        <v>https://www.idp.iam-bms.de/106936311</v>
       </c>
       <c r="D84" t="str">
-        <v>BKK SBH</v>
+        <v>Südzucker BKK</v>
       </c>
       <c r="E84" t="str">
-        <v>BKK SBH</v>
+        <v>Südzucker BKK</v>
       </c>
       <c r="F84" t="str">
         <v/>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B85" t="str">
-        <v>90415929</v>
+        <v>497625451</v>
       </c>
       <c r="C85" t="str">
-        <v>https://www.idp.iam-bms.de/107532042</v>
+        <v>https://www.idp.iam-bms.de/107036370</v>
       </c>
       <c r="D85" t="str">
-        <v>BKK Rieker.RICOSTA.Weisser</v>
+        <v>BKK Freudenberg</v>
       </c>
       <c r="E85" t="str">
-        <v>BKK Rieker.RICOSTA.Weisser</v>
+        <v>BKK Freudenberg</v>
       </c>
       <c r="F85" t="str">
         <v/>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B86" t="str">
-        <v>3149103746</v>
+        <v>2552279311</v>
       </c>
       <c r="C86" t="str">
-        <v>https://www.idp.iam-bms.de/107536262</v>
+        <v>https://www.idp.iam-bms.de/107202793</v>
       </c>
       <c r="D86" t="str">
-        <v>vivida bkk</v>
+        <v>IKK classic</v>
       </c>
       <c r="E86" t="str">
-        <v>vivida bkk</v>
+        <v>IKK classic</v>
       </c>
       <c r="F86" t="str">
         <v/>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B87" t="str">
-        <v>275156649</v>
+        <v>3402358115</v>
       </c>
       <c r="C87" t="str">
-        <v>https://www.idp.iam-bms.de/107829563</v>
+        <v>https://www.idp.iam-bms.de/107531187</v>
       </c>
       <c r="D87" t="str">
-        <v>ZF BKK</v>
+        <v>BKK SBH</v>
       </c>
       <c r="E87" t="str">
-        <v>ZF BKK</v>
+        <v>BKK SBH</v>
       </c>
       <c r="F87" t="str">
         <v/>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B88" t="str">
-        <v>3297395874</v>
+        <v>90415929</v>
       </c>
       <c r="C88" t="str">
-        <v>https://www.idp.iam-bms.de/107832012</v>
+        <v>https://www.idp.iam-bms.de/107532042</v>
       </c>
       <c r="D88" t="str">
-        <v>BKK VerbundPlus</v>
+        <v>BKK Rieker.RICOSTA.Weisser</v>
       </c>
       <c r="E88" t="str">
-        <v>BKK VerbundPlus</v>
+        <v>BKK Rieker.RICOSTA.Weisser</v>
       </c>
       <c r="F88" t="str">
         <v/>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B89" t="str">
-        <v>2517535271</v>
+        <v>3149103746</v>
       </c>
       <c r="C89" t="str">
-        <v>https://www.idp.iam-bms.de/107835071</v>
+        <v>https://www.idp.iam-bms.de/107536262</v>
       </c>
       <c r="D89" t="str">
-        <v>BKK Groz-Beckert</v>
+        <v>vivida bkk</v>
       </c>
       <c r="E89" t="str">
-        <v>BKK Groz-Beckert</v>
+        <v>vivida bkk</v>
       </c>
       <c r="F89" t="str">
         <v/>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B90" t="str">
-        <v>506105942</v>
+        <v>275156649</v>
       </c>
       <c r="C90" t="str">
-        <v>https://www.idp.iam-bms.de/107835333</v>
+        <v>https://www.idp.iam-bms.de/107829563</v>
       </c>
       <c r="D90" t="str">
-        <v>BKK MTU</v>
+        <v>ZF BKK</v>
       </c>
       <c r="E90" t="str">
-        <v>BKK MTU</v>
+        <v>ZF BKK</v>
       </c>
       <c r="F90" t="str">
         <v/>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B91" t="str">
-        <v>3119077901</v>
+        <v>3297395874</v>
       </c>
       <c r="C91" t="str">
-        <v>https://www.idp.iam-bms.de/108030775</v>
+        <v>https://www.idp.iam-bms.de/107832012</v>
       </c>
       <c r="D91" t="str">
-        <v>Mercedes-Benz BKK</v>
+        <v>BKK VerbundPlus</v>
       </c>
       <c r="E91" t="str">
-        <v>Mercedes-Benz BKK</v>
+        <v>BKK VerbundPlus</v>
       </c>
       <c r="F91" t="str">
         <v/>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B92" t="str">
-        <v>157501410</v>
+        <v>2517535271</v>
       </c>
       <c r="C92" t="str">
-        <v>https://www.idp.iam-bms.de/108031424</v>
+        <v>https://www.idp.iam-bms.de/107835071</v>
       </c>
       <c r="D92" t="str">
-        <v>BKK Voralb HELLER*INDEX*LEUZE</v>
+        <v>BKK Groz-Beckert</v>
       </c>
       <c r="E92" t="str">
-        <v>BKK Voralb HELLER*INDEX*LEUZE</v>
+        <v>BKK Groz-Beckert</v>
       </c>
       <c r="F92" t="str">
         <v/>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B93" t="str">
-        <v>347746283</v>
+        <v>506105942</v>
       </c>
       <c r="C93" t="str">
-        <v>https://www.idp.iam-bms.de/108035576</v>
+        <v>https://www.idp.iam-bms.de/107835333</v>
       </c>
       <c r="D93" t="str">
-        <v>BKK Scheufelen</v>
+        <v>BKK MTU</v>
       </c>
       <c r="E93" t="str">
-        <v>BKK Scheufelen</v>
+        <v>BKK MTU</v>
       </c>
       <c r="F93" t="str">
         <v/>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B94" t="str">
-        <v>1204548141</v>
+        <v>3119077901</v>
       </c>
       <c r="C94" t="str">
-        <v>https://www.idp.iam-bms.de/108035612</v>
+        <v>https://www.idp.iam-bms.de/108030775</v>
       </c>
       <c r="D94" t="str">
-        <v>mhplus</v>
+        <v>Mercedes-Benz BKK</v>
       </c>
       <c r="E94" t="str">
-        <v>mhplus</v>
+        <v>Mercedes-Benz BKK</v>
       </c>
       <c r="F94" t="str">
         <v/>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B95" t="str">
-        <v>203106323</v>
+        <v>157501410</v>
       </c>
       <c r="C95" t="str">
-        <v>https://www.idp.iam-bms.de/108036123</v>
+        <v>https://www.idp.iam-bms.de/108031424</v>
       </c>
       <c r="D95" t="str">
-        <v>Bosch BKK</v>
+        <v>BKK Voralb HELLER*INDEX*LEUZE</v>
       </c>
       <c r="E95" t="str">
-        <v>Bosch BKK</v>
+        <v>BKK Voralb HELLER*INDEX*LEUZE</v>
       </c>
       <c r="F95" t="str">
         <v/>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B96" t="str">
-        <v>3005360800</v>
+        <v>347746283</v>
       </c>
       <c r="C96" t="str">
-        <v>https://www.idp.iam-bms.de/108036145</v>
+        <v>https://www.idp.iam-bms.de/108035576</v>
       </c>
       <c r="D96" t="str">
-        <v>MAHLE BKK</v>
+        <v>BKK Scheufelen</v>
       </c>
       <c r="E96" t="str">
-        <v>MAHLE BKK</v>
+        <v>BKK Scheufelen</v>
       </c>
       <c r="F96" t="str">
         <v/>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B97" t="str">
-        <v>2995006546</v>
+        <v>1204548141</v>
       </c>
       <c r="C97" t="str">
-        <v>https://www.idp.iam-bms.de/108036441</v>
+        <v>https://www.idp.iam-bms.de/108035612</v>
       </c>
       <c r="D97" t="str">
-        <v>WMF Betriebskrankenkasse</v>
+        <v>mhplus</v>
       </c>
       <c r="E97" t="str">
-        <v>WMF Betriebskrankenkasse</v>
+        <v>mhplus</v>
       </c>
       <c r="F97" t="str">
         <v/>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B98" t="str">
-        <v>1896394899</v>
+        <v>203106323</v>
       </c>
       <c r="C98" t="str">
-        <v>https://www.idp.iam-bms.de/108036577</v>
+        <v>https://www.idp.iam-bms.de/108036123</v>
       </c>
       <c r="D98" t="str">
-        <v>BKK Würth</v>
+        <v>Bosch BKK</v>
       </c>
       <c r="E98" t="str">
-        <v>BKK Würth</v>
+        <v>Bosch BKK</v>
       </c>
       <c r="F98" t="str">
         <v/>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B99" t="str">
-        <v>1671060064</v>
+        <v>3005360800</v>
       </c>
       <c r="C99" t="str">
-        <v>https://www.idp.iam-bms.de/108433248</v>
+        <v>https://www.idp.iam-bms.de/108036145</v>
       </c>
       <c r="D99" t="str">
-        <v>SBK</v>
+        <v>MAHLE BKK</v>
       </c>
       <c r="E99" t="str">
-        <v>SBK</v>
+        <v>MAHLE BKK</v>
       </c>
       <c r="F99" t="str">
         <v/>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B100" t="str">
-        <v>196797845</v>
+        <v>2995006546</v>
       </c>
       <c r="C100" t="str">
-        <v>https://www.idp.iam-bms.de/108534160</v>
+        <v>https://www.idp.iam-bms.de/108036441</v>
       </c>
       <c r="D100" t="str">
-        <v>Audi BKK</v>
+        <v>WMF Betriebskrankenkasse</v>
       </c>
       <c r="E100" t="str">
-        <v>Audi BKK</v>
+        <v>WMF Betriebskrankenkasse</v>
       </c>
       <c r="F100" t="str">
         <v/>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B101" t="str">
-        <v>2388355974</v>
+        <v>1896394899</v>
       </c>
       <c r="C101" t="str">
-        <v>https://www.idp.iam-bms.de/108591499</v>
+        <v>https://www.idp.iam-bms.de/108036577</v>
       </c>
       <c r="D101" t="str">
-        <v>BKK ProVita</v>
+        <v>BKK Würth</v>
       </c>
       <c r="E101" t="str">
-        <v>BKK ProVita</v>
+        <v>BKK Würth</v>
       </c>
       <c r="F101" t="str">
         <v/>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B102" t="str">
-        <v>4027334361</v>
+        <v>1671060064</v>
       </c>
       <c r="C102" t="str">
-        <v>https://www.idp.iam-bms.de/108632900</v>
+        <v>https://www.idp.iam-bms.de/108433248</v>
       </c>
       <c r="D102" t="str">
-        <v>BKK Textilgruppe Hof</v>
+        <v>SBK</v>
       </c>
       <c r="E102" t="str">
-        <v>BKK Textilgruppe Hof</v>
+        <v>SBK</v>
       </c>
       <c r="F102" t="str">
         <v/>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B103" t="str">
-        <v>1915796944</v>
+        <v>196797845</v>
       </c>
       <c r="C103" t="str">
-        <v>https://www.idp.iam-bms.de/108833355</v>
+        <v>https://www.idp.iam-bms.de/108534160</v>
       </c>
       <c r="D103" t="str">
-        <v>BKK Akzo Nobel Bayern</v>
+        <v>Audi BKK</v>
       </c>
       <c r="E103" t="str">
-        <v>BKK Akzo Nobel Bayern</v>
+        <v>Audi BKK</v>
       </c>
       <c r="F103" t="str">
         <v/>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B104" t="str">
-        <v>197801255</v>
+        <v>2388355974</v>
       </c>
       <c r="C104" t="str">
-        <v>https://www.idp.iam-bms.de/108833505</v>
+        <v>https://www.idp.iam-bms.de/108591499</v>
       </c>
       <c r="D104" t="str">
-        <v>SKD BKK</v>
+        <v>BKK ProVita</v>
       </c>
       <c r="E104" t="str">
-        <v>SKD BKK</v>
+        <v>BKK ProVita</v>
       </c>
       <c r="F104" t="str">
         <v/>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B105" t="str">
-        <v>835333423</v>
+        <v>4027334361</v>
       </c>
       <c r="C105" t="str">
-        <v>https://www.idp.iam-bms.de/108833674</v>
+        <v>https://www.idp.iam-bms.de/108632900</v>
       </c>
       <c r="D105" t="str">
-        <v>Koenig &amp; Bauer BKK</v>
+        <v>BKK Textilgruppe Hof</v>
       </c>
       <c r="E105" t="str">
-        <v>Koenig &amp; Bauer BKK</v>
+        <v>BKK Textilgruppe Hof</v>
       </c>
       <c r="F105" t="str">
         <v/>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B106" t="str">
-        <v>2688558656</v>
+        <v>1915796944</v>
       </c>
       <c r="C106" t="str">
-        <v>https://www.idp.iam-bms.de/108934142</v>
+        <v>https://www.idp.iam-bms.de/108833355</v>
       </c>
       <c r="D106" t="str">
-        <v>Krones BKK</v>
+        <v>BKK Akzo Nobel Bayern</v>
       </c>
       <c r="E106" t="str">
-        <v>Krones BKK</v>
+        <v>BKK Akzo Nobel Bayern</v>
       </c>
       <c r="F106" t="str">
         <v/>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B107" t="str">
-        <v>2109922864</v>
+        <v>197801255</v>
       </c>
       <c r="C107" t="str">
-        <v>https://www.idp.iam-bms.de/109033393</v>
+        <v>https://www.idp.iam-bms.de/108833505</v>
       </c>
       <c r="D107" t="str">
-        <v>BKK Faber-Castell &amp; Partner</v>
+        <v>SKD BKK</v>
       </c>
       <c r="E107" t="str">
-        <v>BKK Faber-Castell &amp; Partner</v>
+        <v>SKD BKK</v>
       </c>
       <c r="F107" t="str">
         <v/>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B108" t="str">
-        <v>3864916106</v>
+        <v>835333423</v>
       </c>
       <c r="C108" t="str">
-        <v>https://www.idp.iam-bms.de/109034270</v>
+        <v>https://www.idp.iam-bms.de/108833674</v>
       </c>
       <c r="D108" t="str">
-        <v>BMW BKK</v>
+        <v>Koenig &amp; Bauer BKK</v>
       </c>
       <c r="E108" t="str">
-        <v>BMW BKK</v>
+        <v>Koenig &amp; Bauer BKK</v>
       </c>
       <c r="F108" t="str">
         <v/>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B109" t="str">
-        <v>2201619499</v>
+        <v>2688558656</v>
       </c>
       <c r="C109" t="str">
-        <v>https://www.idp.iam-bms.de/109303301</v>
+        <v>https://www.idp.iam-bms.de/108934142</v>
       </c>
       <c r="D109" t="str">
-        <v>IKK Südwest</v>
+        <v>Krones BKK</v>
       </c>
       <c r="E109" t="str">
-        <v>IKK Südwest</v>
+        <v>Krones BKK</v>
       </c>
       <c r="F109" t="str">
         <v/>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B110" t="str">
-        <v>2565458150</v>
+        <v>2109922864</v>
       </c>
       <c r="C110" t="str">
-        <v>https://www.idp.iam-bms.de/109723913</v>
+        <v>https://www.idp.iam-bms.de/109033393</v>
       </c>
       <c r="D110" t="str">
-        <v>BKK mkk - meine krankenkasse</v>
+        <v>BKK Faber-Castell &amp; Partner</v>
       </c>
       <c r="E110" t="str">
-        <v>BKK mkk - meine krankenkasse</v>
+        <v>BKK Faber-Castell &amp; Partner</v>
       </c>
       <c r="F110" t="str">
         <v/>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B111" t="str">
-        <v>1485033218</v>
+        <v>3864916106</v>
       </c>
       <c r="C111" t="str">
-        <v>https://www.idp.iam-bms.de/109938503</v>
+        <v>https://www.idp.iam-bms.de/109034270</v>
       </c>
       <c r="D111" t="str">
-        <v>BAHN-BKK</v>
+        <v>BMW BKK</v>
       </c>
       <c r="E111" t="str">
-        <v>BAHN-BKK</v>
+        <v>BMW BKK</v>
       </c>
       <c r="F111" t="str">
         <v/>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B112" t="str">
-        <v>7586370</v>
+        <v>2201619499</v>
       </c>
       <c r="C112" t="str">
-        <v>https://www.idp.iam-bms.de/168140028</v>
+        <v>https://www.idp.iam-bms.de/109303301</v>
       </c>
       <c r="D112" t="str">
-        <v>Signal Iduna Krankenversicherung</v>
+        <v>IKK Südwest</v>
       </c>
       <c r="E112" t="str">
-        <v>Signal Iduna Krankenversicherung</v>
+        <v>IKK Südwest</v>
       </c>
       <c r="F112" t="str">
         <v/>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B113" t="str">
-        <v>3017275034</v>
+        <v>2565458150</v>
       </c>
       <c r="C113" t="str">
-        <v>https://www.idp.iam-bms.de/168140346</v>
+        <v>https://www.idp.iam-bms.de/109723913</v>
       </c>
       <c r="D113" t="str">
-        <v>Allianz Private Krankenversicherung</v>
+        <v>BKK mkk - meine krankenkasse</v>
       </c>
       <c r="E113" t="str">
-        <v>Allianz Private Krankenversicherung</v>
+        <v>BKK mkk - meine krankenkasse</v>
       </c>
       <c r="F113" t="str">
         <v/>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B114" t="str">
-        <v>2396931662</v>
+        <v>1485033218</v>
       </c>
       <c r="C114" t="str">
-        <v>https://www.idp.iam-bms.de/168140437</v>
+        <v>https://www.idp.iam-bms.de/109938503</v>
       </c>
       <c r="D114" t="str">
-        <v>Hallesche Krankenversicherung</v>
+        <v>BAHN-BKK</v>
       </c>
       <c r="E114" t="str">
-        <v>Hallesche Krankenversicherung</v>
+        <v>BAHN-BKK</v>
       </c>
       <c r="F114" t="str">
         <v/>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B115" t="str">
-        <v>1312352056</v>
+        <v>7586370</v>
       </c>
       <c r="C115" t="str">
-        <v>https://www.idp.iam-bms.de/168140950</v>
+        <v>https://www.idp.iam-bms.de/168140028</v>
       </c>
       <c r="D115" t="str">
-        <v>AXA</v>
+        <v>Signal Iduna Krankenversicherung</v>
       </c>
       <c r="E115" t="str">
-        <v>AXA</v>
+        <v>Signal Iduna Krankenversicherung</v>
       </c>
       <c r="F115" t="str">
         <v/>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B116" t="str">
-        <v>1526273755</v>
+        <v>3017275034</v>
       </c>
       <c r="C116" t="str">
-        <v>https://www.idp.iam-bms.de/168141198</v>
+        <v>https://www.idp.iam-bms.de/168140346</v>
       </c>
       <c r="D116" t="str">
-        <v>Gothaer Krankenversicherung</v>
+        <v>Allianz Private Krankenversicherung</v>
       </c>
       <c r="E116" t="str">
-        <v>Gothaer Krankenversicherung</v>
+        <v>Allianz Private Krankenversicherung</v>
       </c>
       <c r="F116" t="str">
         <v/>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="str">
-        <v>openid_relying_party</v>
+        <v>openid_provider</v>
       </c>
       <c r="B117" t="str">
-        <v>983236653</v>
+        <v>2396931662</v>
       </c>
       <c r="C117" t="str">
-        <v>https://account.kalmeda.de/api/v1/EntityStatement</v>
+        <v>https://www.idp.iam-bms.de/168140437</v>
       </c>
       <c r="D117" t="str">
-        <v>Kalmeda</v>
+        <v>Hallesche Krankenversicherung</v>
       </c>
       <c r="E117" t="str">
-        <v/>
+        <v>Hallesche Krankenversicherung</v>
       </c>
       <c r="F117" t="str">
         <v/>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="str">
-        <v>openid_relying_party</v>
+        <v>openid_provider</v>
       </c>
       <c r="B118" t="str">
-        <v>1063901048</v>
+        <v>1312352056</v>
       </c>
       <c r="C118" t="str">
-        <v>https://api.elona-explore.app</v>
+        <v>https://www.idp.iam-bms.de/168140950</v>
       </c>
       <c r="D118" t="str">
-        <v>elona explore</v>
+        <v>AXA</v>
       </c>
       <c r="E118" t="str">
-        <v>Elona Health GmbH</v>
+        <v>AXA</v>
       </c>
       <c r="F118" t="str">
         <v/>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="str">
-        <v>openid_relying_party</v>
+        <v>openid_provider</v>
       </c>
       <c r="B119" t="str">
-        <v>2668550967</v>
+        <v>1526273755</v>
       </c>
       <c r="C119" t="str">
-        <v>https://api.uroletics.com/eid</v>
+        <v>https://www.idp.iam-bms.de/168141198</v>
       </c>
       <c r="D119" t="str">
-        <v>Uroletics</v>
+        <v>Gothaer Krankenversicherung</v>
       </c>
       <c r="E119" t="str">
-        <v>Rocketlane Medical Ventures GmbH</v>
+        <v>Gothaer Krankenversicherung</v>
       </c>
       <c r="F119" t="str">
         <v/>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="str">
-        <v>openid_relying_party</v>
+        <v>openid_provider</v>
       </c>
       <c r="B120" t="str">
-        <v>1410178217</v>
+        <v>572909097</v>
       </c>
       <c r="C120" t="str">
-        <v>https://auth.aoktim.de/realms/epa-bw/sekidp</v>
+        <v>https://www.idp.iam-bms.de/951287019</v>
       </c>
       <c r="D120" t="str">
-        <v>AOK Baden-Württemberg TI-Messenger</v>
+        <v>Bundespolizei Heilfürsorge</v>
       </c>
       <c r="E120" t="str">
-        <v>AOK Baden-Württemberg</v>
+        <v>Bundespolizei Heilfürsorge</v>
       </c>
       <c r="F120" t="str">
         <v/>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B121" t="str">
-        <v>1099402907</v>
+        <v>983236653</v>
       </c>
       <c r="C121" t="str">
-        <v>https://auth.aoktim.de/realms/epa-by/sekidp</v>
+        <v>https://account.kalmeda.de/api/v1/EntityStatement</v>
       </c>
       <c r="D121" t="str">
-        <v>AOK Bayern TI-Messenger</v>
+        <v>Kalmeda</v>
       </c>
       <c r="E121" t="str">
-        <v>AOK Bayern</v>
+        <v/>
       </c>
       <c r="F121" t="str">
         <v/>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B122" t="str">
-        <v>4118292856</v>
+        <v>1063901048</v>
       </c>
       <c r="C122" t="str">
-        <v>https://auth.aoktim.de/realms/epa-hb/sekidp</v>
+        <v>https://api.elona-explore.app</v>
       </c>
       <c r="D122" t="str">
-        <v>AOK Bremen/Bremerhaven TI-Messenger</v>
+        <v>elona explore</v>
       </c>
       <c r="E122" t="str">
-        <v>AOK Bremen/Bremerhaven</v>
+        <v>Elona Health GmbH</v>
       </c>
       <c r="F122" t="str">
         <v/>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B123" t="str">
-        <v>4290584673</v>
+        <v>2668550967</v>
       </c>
       <c r="C123" t="str">
-        <v>https://auth.aoktim.de/realms/epa-he/sekidp</v>
+        <v>https://api.uroletics.com/eid</v>
       </c>
       <c r="D123" t="str">
-        <v>AOK Hessen TI-Messenger</v>
+        <v>Uroletics</v>
       </c>
       <c r="E123" t="str">
-        <v>AOK Hessen</v>
+        <v>Rocketlane Medical Ventures GmbH</v>
       </c>
       <c r="F123" t="str">
         <v/>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B124" t="str">
-        <v>2719260795</v>
+        <v>1410178217</v>
       </c>
       <c r="C124" t="str">
-        <v>https://auth.aoktim.de/realms/epa-nds/sekidp</v>
+        <v>https://auth.aoktim.de/realms/epa-bw/sekidp</v>
       </c>
       <c r="D124" t="str">
-        <v>AOK Niedersachsen TI-Messenger</v>
+        <v>AOK Baden-Württemberg TI-Messenger</v>
       </c>
       <c r="E124" t="str">
-        <v>AOK Niedersachsen</v>
+        <v>AOK Baden-Württemberg</v>
       </c>
       <c r="F124" t="str">
         <v/>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B125" t="str">
-        <v>493307171</v>
+        <v>1099402907</v>
       </c>
       <c r="C125" t="str">
-        <v>https://auth.aoktim.de/realms/epa-no/sekidp</v>
+        <v>https://auth.aoktim.de/realms/epa-by/sekidp</v>
       </c>
       <c r="D125" t="str">
-        <v>AOK Nordost TI-Messenger</v>
+        <v>AOK Bayern TI-Messenger</v>
       </c>
       <c r="E125" t="str">
-        <v>AOK Nordost</v>
+        <v>AOK Bayern</v>
       </c>
       <c r="F125" t="str">
         <v/>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B126" t="str">
-        <v>2990108605</v>
+        <v>4118292856</v>
       </c>
       <c r="C126" t="str">
-        <v>https://auth.aoktim.de/realms/epa-nw/sekidp</v>
+        <v>https://auth.aoktim.de/realms/epa-hb/sekidp</v>
       </c>
       <c r="D126" t="str">
-        <v>AOK NordWest TI-Messenger</v>
+        <v>AOK Bremen/Bremerhaven TI-Messenger</v>
       </c>
       <c r="E126" t="str">
-        <v>AOK NordWest</v>
+        <v>AOK Bremen/Bremerhaven</v>
       </c>
       <c r="F126" t="str">
         <v/>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B127" t="str">
-        <v>4159363875</v>
+        <v>4290584673</v>
       </c>
       <c r="C127" t="str">
-        <v>https://auth.aoktim.de/realms/epa-pl/sekidp</v>
+        <v>https://auth.aoktim.de/realms/epa-he/sekidp</v>
       </c>
       <c r="D127" t="str">
-        <v>AOK Plus TI-Messenger</v>
+        <v>AOK Hessen TI-Messenger</v>
       </c>
       <c r="E127" t="str">
-        <v>AOK Plus</v>
+        <v>AOK Hessen</v>
       </c>
       <c r="F127" t="str">
         <v/>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B128" t="str">
-        <v>1565982047</v>
+        <v>2719260795</v>
       </c>
       <c r="C128" t="str">
-        <v>https://auth.aoktim.de/realms/epa-rh/sekidp</v>
+        <v>https://auth.aoktim.de/realms/epa-nds/sekidp</v>
       </c>
       <c r="D128" t="str">
-        <v>AOK Rheinland/Hamburg TI-Messenger</v>
+        <v>AOK Niedersachsen TI-Messenger</v>
       </c>
       <c r="E128" t="str">
-        <v>AOK Rheinland/Hamburg</v>
+        <v>AOK Niedersachsen</v>
       </c>
       <c r="F128" t="str">
         <v/>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B129" t="str">
-        <v>1856688736</v>
+        <v>493307171</v>
       </c>
       <c r="C129" t="str">
-        <v>https://auth.aoktim.de/realms/epa-rps/sekidp</v>
+        <v>https://auth.aoktim.de/realms/epa-no/sekidp</v>
       </c>
       <c r="D129" t="str">
-        <v>AOK Rheinland-Pfalz/Saarland TI-Messenger</v>
+        <v>AOK Nordost TI-Messenger</v>
       </c>
       <c r="E129" t="str">
-        <v>AOK Rheinland-Pfalz/Saarland</v>
+        <v>AOK Nordost</v>
       </c>
       <c r="F129" t="str">
         <v/>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B130" t="str">
-        <v>3714960278</v>
+        <v>2990108605</v>
       </c>
       <c r="C130" t="str">
-        <v>https://auth.aoktim.de/realms/epa-san/sekidp</v>
+        <v>https://auth.aoktim.de/realms/epa-nw/sekidp</v>
       </c>
       <c r="D130" t="str">
-        <v>AOK Sachsen-Anhalt TI-Messenger</v>
+        <v>AOK NordWest TI-Messenger</v>
       </c>
       <c r="E130" t="str">
-        <v>AOK Sachsen-Anhalt</v>
+        <v>AOK NordWest</v>
       </c>
       <c r="F130" t="str">
         <v/>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B131" t="str">
-        <v>2595304810</v>
+        <v>4159363875</v>
       </c>
       <c r="C131" t="str">
-        <v>https://auth.edupression.com</v>
+        <v>https://auth.aoktim.de/realms/epa-pl/sekidp</v>
       </c>
       <c r="D131" t="str">
-        <v>Edupression</v>
+        <v>AOK Plus TI-Messenger</v>
       </c>
       <c r="E131" t="str">
-        <v>SOFY GmbH</v>
+        <v>AOK Plus</v>
       </c>
       <c r="F131" t="str">
         <v/>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B132" t="str">
-        <v>2707131657</v>
+        <v>1565982047</v>
       </c>
       <c r="C132" t="str">
-        <v>https://auth.kaia-rueckenschmerzen.prod.bayoomed-medical.one/fed</v>
+        <v>https://auth.aoktim.de/realms/epa-rh/sekidp</v>
       </c>
       <c r="D132" t="str">
-        <v>Kaia Rückenschmerzen</v>
+        <v>AOK Rheinland/Hamburg TI-Messenger</v>
       </c>
       <c r="E132" t="str">
-        <v/>
+        <v>AOK Rheinland/Hamburg</v>
       </c>
       <c r="F132" t="str">
         <v/>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B133" t="str">
-        <v>2876896334</v>
+        <v>1856688736</v>
       </c>
       <c r="C133" t="str">
-        <v>https://auth.mindable.app/oidcf/pda</v>
+        <v>https://auth.aoktim.de/realms/epa-rps/sekidp</v>
       </c>
       <c r="D133" t="str">
-        <v>Mindable: Panik &amp; Agoraphobie</v>
+        <v>AOK Rheinland-Pfalz/Saarland TI-Messenger</v>
       </c>
       <c r="E133" t="str">
-        <v/>
+        <v>AOK Rheinland-Pfalz/Saarland</v>
       </c>
       <c r="F133" t="str">
         <v/>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B134" t="str">
-        <v>2274467138</v>
+        <v>3714960278</v>
       </c>
       <c r="C134" t="str">
-        <v>https://auth.mindable.app/oidcf/spa</v>
+        <v>https://auth.aoktim.de/realms/epa-san/sekidp</v>
       </c>
       <c r="D134" t="str">
-        <v>Mindable: Soziale Phobie</v>
+        <v>AOK Sachsen-Anhalt TI-Messenger</v>
       </c>
       <c r="E134" t="str">
-        <v/>
+        <v>AOK Sachsen-Anhalt</v>
       </c>
       <c r="F134" t="str">
         <v/>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B135" t="str">
-        <v>491961026</v>
+        <v>2595304810</v>
       </c>
       <c r="C135" t="str">
-        <v>https://auth.my7steps.prod.bayoomed-medical.one/fed</v>
+        <v>https://auth.edupression.com</v>
       </c>
       <c r="D135" t="str">
-        <v>My7steps</v>
+        <v>Edupression</v>
       </c>
       <c r="E135" t="str">
-        <v/>
+        <v>SOFY GmbH</v>
       </c>
       <c r="F135" t="str">
         <v/>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B136" t="str">
-        <v>2645954430</v>
+        <v>2707131657</v>
       </c>
       <c r="C136" t="str">
-        <v>https://auth.novego.com/realms/novego/diga-anxiety</v>
+        <v>https://auth.kaia-rueckenschmerzen.prod.bayoomed-medical.one/fed</v>
       </c>
       <c r="D136" t="str">
-        <v>Novego</v>
+        <v>Kaia Rückenschmerzen</v>
       </c>
       <c r="E136" t="str">
-        <v>IVPNetworks GmbH</v>
+        <v/>
       </c>
       <c r="F136" t="str">
         <v/>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B137" t="str">
-        <v>67168087</v>
+        <v>2876896334</v>
       </c>
       <c r="C137" t="str">
-        <v>https://auth.novego.com/realms/novego/diga-depression</v>
+        <v>https://auth.mindable.app/oidcf/pda</v>
       </c>
       <c r="D137" t="str">
-        <v>Novego</v>
+        <v>Mindable: Panik &amp; Agoraphobie</v>
       </c>
       <c r="E137" t="str">
-        <v>IVPNetworks GmbH</v>
+        <v/>
       </c>
       <c r="F137" t="str">
         <v/>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B138" t="str">
-        <v>139556033</v>
+        <v>2274467138</v>
       </c>
       <c r="C138" t="str">
-        <v>https://auth.organspende-register.de</v>
+        <v>https://auth.mindable.app/oidcf/spa</v>
       </c>
       <c r="D138" t="str">
-        <v/>
+        <v>Mindable: Soziale Phobie</v>
       </c>
       <c r="E138" t="str">
-        <v>Bundesinstitut für Arzneimittel und Medizinprodukte BfArM</v>
+        <v/>
       </c>
       <c r="F138" t="str">
         <v/>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B139" t="str">
-        <v>2228528208</v>
+        <v>491961026</v>
       </c>
       <c r="C139" t="str">
-        <v>https://auth.sonormed.prod.bayoomed-medical.one/fed</v>
+        <v>https://auth.my7steps.prod.bayoomed-medical.one/fed</v>
       </c>
       <c r="D139" t="str">
-        <v>Meine Tinnitus App</v>
+        <v>My7steps</v>
       </c>
       <c r="E139" t="str">
         <v/>
       </c>
       <c r="F139" t="str">
         <v/>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B140" t="str">
-        <v>348407256</v>
+        <v>2645954430</v>
       </c>
       <c r="C140" t="str">
-        <v>https://authorization.prod.ehealth-epa.de</v>
+        <v>https://auth.novego.com/realms/novego/diga-anxiety</v>
       </c>
       <c r="D140" t="str">
-        <v/>
+        <v>Novego</v>
       </c>
       <c r="E140" t="str">
-        <v>IBM</v>
+        <v>IVPNetworks GmbH</v>
       </c>
       <c r="F140" t="str">
         <v/>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B141" t="str">
-        <v>917841451</v>
+        <v>67168087</v>
       </c>
       <c r="C141" t="str">
-        <v>https://e4a-pu.deine-epa.de</v>
+        <v>https://auth.novego.com/realms/novego/diga-depression</v>
       </c>
       <c r="D141" t="str">
-        <v/>
+        <v>Novego</v>
       </c>
       <c r="E141" t="str">
-        <v/>
+        <v>IVPNetworks GmbH</v>
       </c>
       <c r="F141" t="str">
         <v/>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B142" t="str">
-        <v>3468711627</v>
+        <v>139556033</v>
       </c>
       <c r="C142" t="str">
-        <v>https://ehealth-id.smokefreeapp.com</v>
+        <v>https://auth.organspende-register.de</v>
       </c>
       <c r="D142" t="str">
-        <v>Smoke Free 23 GmbH</v>
+        <v/>
       </c>
       <c r="E142" t="str">
-        <v>Smoke Free 23 GmbH</v>
+        <v>Bundesinstitut für Arzneimittel und Medizinprodukte BfArM</v>
       </c>
       <c r="F142" t="str">
         <v/>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B143" t="str">
-        <v>3931929116</v>
+        <v>2228528208</v>
       </c>
       <c r="C143" t="str">
-        <v>https://ehealthid.ovivadiga.com</v>
+        <v>https://auth.sonormed.prod.bayoomed-medical.one/fed</v>
       </c>
       <c r="D143" t="str">
-        <v>Oviva Direkt</v>
+        <v>Meine Tinnitus App</v>
       </c>
       <c r="E143" t="str">
         <v/>
       </c>
       <c r="F143" t="str">
         <v/>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B144" t="str">
-        <v>1087928445</v>
+        <v>348407256</v>
       </c>
       <c r="C144" t="str">
-        <v>https://epa-proxy.tim.barmer.de</v>
+        <v>https://authorization.prod.ehealth-epa.de</v>
       </c>
       <c r="D144" t="str">
-        <v>Chats mit BARMER und Co</v>
+        <v/>
       </c>
       <c r="E144" t="str">
-        <v>T-Systems</v>
+        <v>IBM</v>
       </c>
       <c r="F144" t="str">
         <v/>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B145" t="str">
-        <v>2562244257</v>
+        <v>917841451</v>
       </c>
       <c r="C145" t="str">
-        <v>https://gid-auth.procarement.com</v>
+        <v>https://e4a-pu.deine-epa.de</v>
       </c>
       <c r="D145" t="str">
-        <v>ProCarement GmbH</v>
+        <v/>
       </c>
       <c r="E145" t="str">
-        <v>ProCarement GmbH</v>
+        <v/>
       </c>
       <c r="F145" t="str">
         <v/>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B146" t="str">
-        <v>2325542600</v>
+        <v>3468711627</v>
       </c>
       <c r="C146" t="str">
-        <v>https://idp.app.ti-dienste.de</v>
+        <v>https://ehealth-id.smokefreeapp.com</v>
       </c>
       <c r="D146" t="str">
-        <v>E-Rezept App</v>
+        <v>Smoke Free 23 GmbH</v>
       </c>
       <c r="E146" t="str">
-        <v>RISE GmbH</v>
+        <v>Smoke Free 23 GmbH</v>
       </c>
       <c r="F146" t="str">
         <v/>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B147" t="str">
-        <v>226424101</v>
+        <v>3931929116</v>
       </c>
       <c r="C147" t="str">
-        <v>https://invirto-app.identity-access-management.com</v>
+        <v>https://ehealthid.ovivadiga.com</v>
       </c>
       <c r="D147" t="str">
-        <v>Invirto</v>
+        <v>Oviva Direkt</v>
       </c>
       <c r="E147" t="str">
-        <v>Sympatient GmbH</v>
+        <v/>
       </c>
       <c r="F147" t="str">
         <v/>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B148" t="str">
-        <v>1201132005</v>
+        <v>1087928445</v>
       </c>
       <c r="C148" t="str">
-        <v>https://m01029-authsrv.epa-tim.de</v>
+        <v>https://epa-proxy.tim.barmer.de</v>
       </c>
       <c r="D148" t="str">
-        <v>bm-tim-epa-pu-m01029</v>
+        <v>Chats mit BARMER und Co</v>
       </c>
       <c r="E148" t="str">
-        <v>BITMARCK</v>
+        <v>T-Systems</v>
       </c>
       <c r="F148" t="str">
         <v/>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B149" t="str">
-        <v>3871306781</v>
+        <v>2562244257</v>
       </c>
       <c r="C149" t="str">
-        <v>https://m01043-authsrv.epa-tim.de</v>
+        <v>https://gid-auth.procarement.com</v>
       </c>
       <c r="D149" t="str">
-        <v>bm-tim-epa-pu-m01043</v>
+        <v>ProCarement GmbH</v>
       </c>
       <c r="E149" t="str">
-        <v>BITMARCK</v>
+        <v>ProCarement GmbH</v>
       </c>
       <c r="F149" t="str">
         <v/>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B150" t="str">
-        <v>1654450632</v>
+        <v>3256187078</v>
       </c>
       <c r="C150" t="str">
-        <v>https://m01045-authsrv.epa-tim.de</v>
+        <v>https://id.bfarm.meine-inka.de</v>
       </c>
       <c r="D150" t="str">
-        <v>bm-tim-epa-pu-m01045</v>
+        <v>INKA BFARM</v>
       </c>
       <c r="E150" t="str">
-        <v>BITMARCK</v>
+        <v>Dr. Pfleger Arzneimittel GmbH</v>
       </c>
       <c r="F150" t="str">
         <v/>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B151" t="str">
-        <v>3442844674</v>
+        <v>2325542600</v>
       </c>
       <c r="C151" t="str">
-        <v>https://m01046-authsrv.epa-tim.de</v>
+        <v>https://idp.app.ti-dienste.de</v>
       </c>
       <c r="D151" t="str">
-        <v>bm-tim-epa-pu-m01046</v>
+        <v>E-Rezept App</v>
       </c>
       <c r="E151" t="str">
-        <v>BITMARCK</v>
+        <v>RISE GmbH</v>
       </c>
       <c r="F151" t="str">
         <v/>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B152" t="str">
-        <v>2823987012</v>
+        <v>226424101</v>
       </c>
       <c r="C152" t="str">
-        <v>https://m01047-authsrv.epa-tim.de</v>
+        <v>https://invirto-app.identity-access-management.com</v>
       </c>
       <c r="D152" t="str">
-        <v>bm-tim-epa-pu-m01047</v>
+        <v>Invirto</v>
       </c>
       <c r="E152" t="str">
-        <v>BITMARCK</v>
+        <v>Sympatient GmbH</v>
       </c>
       <c r="F152" t="str">
         <v/>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B153" t="str">
-        <v>2980762659</v>
+        <v>1201132005</v>
       </c>
       <c r="C153" t="str">
-        <v>https://m01049-authsrv.epa-tim.de</v>
+        <v>https://m01029-authsrv.epa-tim.de</v>
       </c>
       <c r="D153" t="str">
-        <v>bm-tim-epa-pu-m01049</v>
+        <v>bm-tim-epa-pu-m01029</v>
       </c>
       <c r="E153" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F153" t="str">
         <v/>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B154" t="str">
-        <v>469945541</v>
+        <v>3871306781</v>
       </c>
       <c r="C154" t="str">
-        <v>https://m01052-authsrv.epa-tim.de</v>
+        <v>https://m01043-authsrv.epa-tim.de</v>
       </c>
       <c r="D154" t="str">
-        <v>bm-tim-epa-pu-m01052</v>
+        <v>bm-tim-epa-pu-m01043</v>
       </c>
       <c r="E154" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F154" t="str">
         <v/>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B155" t="str">
-        <v>779114429</v>
+        <v>1654450632</v>
       </c>
       <c r="C155" t="str">
-        <v>https://m01059-authsrv.epa-tim.de</v>
+        <v>https://m01045-authsrv.epa-tim.de</v>
       </c>
       <c r="D155" t="str">
-        <v>bm-tim-epa-pu-m01059</v>
+        <v>bm-tim-epa-pu-m01045</v>
       </c>
       <c r="E155" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F155" t="str">
         <v/>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B156" t="str">
-        <v>1729908262</v>
+        <v>3442844674</v>
       </c>
       <c r="C156" t="str">
-        <v>https://m01062-authsrv.epa-tim.de</v>
+        <v>https://m01046-authsrv.epa-tim.de</v>
       </c>
       <c r="D156" t="str">
-        <v>bm-tim-epa-pu-m01062</v>
+        <v>bm-tim-epa-pu-m01046</v>
       </c>
       <c r="E156" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F156" t="str">
         <v/>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B157" t="str">
-        <v>3812611059</v>
+        <v>2823987012</v>
       </c>
       <c r="C157" t="str">
-        <v>https://m01064-authsrv.epa-tim.de</v>
+        <v>https://m01047-authsrv.epa-tim.de</v>
       </c>
       <c r="D157" t="str">
-        <v>bm-tim-epa-pu-m01064</v>
+        <v>bm-tim-epa-pu-m01047</v>
       </c>
       <c r="E157" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F157" t="str">
         <v/>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B158" t="str">
-        <v>2253973685</v>
+        <v>2980762659</v>
       </c>
       <c r="C158" t="str">
-        <v>https://m01065-authsrv.epa-tim.de</v>
+        <v>https://m01049-authsrv.epa-tim.de</v>
       </c>
       <c r="D158" t="str">
-        <v>bm-tim-epa-pu-m01065</v>
+        <v>bm-tim-epa-pu-m01049</v>
       </c>
       <c r="E158" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F158" t="str">
         <v/>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B159" t="str">
-        <v>1433326942</v>
+        <v>469945541</v>
       </c>
       <c r="C159" t="str">
-        <v>https://m01069-authsrv.epa-tim.de</v>
+        <v>https://m01052-authsrv.epa-tim.de</v>
       </c>
       <c r="D159" t="str">
-        <v>bm-tim-epa-pu-m01069</v>
+        <v>bm-tim-epa-pu-m01052</v>
       </c>
       <c r="E159" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F159" t="str">
         <v/>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B160" t="str">
-        <v>839433012</v>
+        <v>779114429</v>
       </c>
       <c r="C160" t="str">
-        <v>https://m01070-authsrv.epa-tim.de</v>
+        <v>https://m01059-authsrv.epa-tim.de</v>
       </c>
       <c r="D160" t="str">
-        <v>bm-tim-epa-pu-m01070</v>
+        <v>bm-tim-epa-pu-m01059</v>
       </c>
       <c r="E160" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F160" t="str">
         <v/>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B161" t="str">
-        <v>3056281313</v>
+        <v>1729908262</v>
       </c>
       <c r="C161" t="str">
-        <v>https://m01076-authsrv.epa-tim.de</v>
+        <v>https://m01062-authsrv.epa-tim.de</v>
       </c>
       <c r="D161" t="str">
-        <v>bm-tim-epa-pu-m01076</v>
+        <v>bm-tim-epa-pu-m01062</v>
       </c>
       <c r="E161" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F161" t="str">
         <v/>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B162" t="str">
-        <v>3400816320</v>
+        <v>3812611059</v>
       </c>
       <c r="C162" t="str">
-        <v>https://m01079-authsrv.epa-tim.de</v>
+        <v>https://m01064-authsrv.epa-tim.de</v>
       </c>
       <c r="D162" t="str">
-        <v>bm-tim-epa-pu-m01079</v>
+        <v>bm-tim-epa-pu-m01064</v>
       </c>
       <c r="E162" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F162" t="str">
         <v/>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B163" t="str">
-        <v>3033744022</v>
+        <v>2253973685</v>
       </c>
       <c r="C163" t="str">
-        <v>https://m01082-authsrv.epa-tim.de</v>
+        <v>https://m01065-authsrv.epa-tim.de</v>
       </c>
       <c r="D163" t="str">
-        <v>bm-tim-epa-pu-m01082</v>
+        <v>bm-tim-epa-pu-m01065</v>
       </c>
       <c r="E163" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F163" t="str">
         <v/>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B164" t="str">
-        <v>1436017669</v>
+        <v>1433326942</v>
       </c>
       <c r="C164" t="str">
-        <v>https://m01085-authsrv.epa-tim.de</v>
+        <v>https://m01069-authsrv.epa-tim.de</v>
       </c>
       <c r="D164" t="str">
-        <v>bm-tim-epa-pu-m01085</v>
+        <v>bm-tim-epa-pu-m01069</v>
       </c>
       <c r="E164" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F164" t="str">
         <v/>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B165" t="str">
-        <v>2258754030</v>
+        <v>839433012</v>
       </c>
       <c r="C165" t="str">
-        <v>https://m01089-authsrv.epa-tim.de</v>
+        <v>https://m01070-authsrv.epa-tim.de</v>
       </c>
       <c r="D165" t="str">
-        <v>bm-tim-epa-pu-m01089</v>
+        <v>bm-tim-epa-pu-m01070</v>
       </c>
       <c r="E165" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F165" t="str">
         <v/>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B166" t="str">
-        <v>722059528</v>
+        <v>3056281313</v>
       </c>
       <c r="C166" t="str">
-        <v>https://m01092-authsrv.epa-tim.de</v>
+        <v>https://m01076-authsrv.epa-tim.de</v>
       </c>
       <c r="D166" t="str">
-        <v>bm-tim-epa-pu-m01092</v>
+        <v>bm-tim-epa-pu-m01076</v>
       </c>
       <c r="E166" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F166" t="str">
         <v/>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B167" t="str">
-        <v>2938789085</v>
+        <v>3400816320</v>
       </c>
       <c r="C167" t="str">
-        <v>https://m01094-authsrv.epa-tim.de</v>
+        <v>https://m01079-authsrv.epa-tim.de</v>
       </c>
       <c r="D167" t="str">
-        <v>bm-tim-epa-pu-m01094</v>
+        <v>bm-tim-epa-pu-m01079</v>
       </c>
       <c r="E167" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F167" t="str">
         <v/>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B168" t="str">
-        <v>3394070427</v>
+        <v>3033744022</v>
       </c>
       <c r="C168" t="str">
-        <v>https://m01095-authsrv.epa-tim.de</v>
+        <v>https://m01082-authsrv.epa-tim.de</v>
       </c>
       <c r="D168" t="str">
-        <v>bm-tim-epa-pu-m01095</v>
+        <v>bm-tim-epa-pu-m01082</v>
       </c>
       <c r="E168" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F168" t="str">
         <v/>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B169" t="str">
-        <v>3370435705</v>
+        <v>1436017669</v>
       </c>
       <c r="C169" t="str">
-        <v>https://m01106-authsrv.epa-tim.de</v>
+        <v>https://m01085-authsrv.epa-tim.de</v>
       </c>
       <c r="D169" t="str">
-        <v>bm-tim-epa-pu-m01106</v>
+        <v>bm-tim-epa-pu-m01085</v>
       </c>
       <c r="E169" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F169" t="str">
         <v/>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B170" t="str">
-        <v>3508309790</v>
+        <v>2258754030</v>
       </c>
       <c r="C170" t="str">
-        <v>https://m01108-authsrv.epa-tim.de</v>
+        <v>https://m01089-authsrv.epa-tim.de</v>
       </c>
       <c r="D170" t="str">
-        <v>bm-tim-epa-pu-m01108</v>
+        <v>bm-tim-epa-pu-m01089</v>
       </c>
       <c r="E170" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F170" t="str">
         <v/>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B171" t="str">
-        <v>2092210168</v>
+        <v>722059528</v>
       </c>
       <c r="C171" t="str">
-        <v>https://m01113-authsrv.epa-tim.de</v>
+        <v>https://m01092-authsrv.epa-tim.de</v>
       </c>
       <c r="D171" t="str">
-        <v>bm-tim-epa-pu-m01113</v>
+        <v>bm-tim-epa-pu-m01092</v>
       </c>
       <c r="E171" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F171" t="str">
         <v/>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B172" t="str">
-        <v>1463699431</v>
+        <v>2938789085</v>
       </c>
       <c r="C172" t="str">
-        <v>https://m01116-authsrv.epa-tim.de</v>
+        <v>https://m01094-authsrv.epa-tim.de</v>
       </c>
       <c r="D172" t="str">
-        <v>bm-tim-epa-pu-m01116</v>
+        <v>bm-tim-epa-pu-m01094</v>
       </c>
       <c r="E172" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F172" t="str">
         <v/>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B173" t="str">
-        <v>2818791633</v>
+        <v>3394070427</v>
       </c>
       <c r="C173" t="str">
-        <v>https://m01120-authsrv.epa-tim.de</v>
+        <v>https://m01095-authsrv.epa-tim.de</v>
       </c>
       <c r="D173" t="str">
-        <v>bm-tim-epa-pu-m01120</v>
+        <v>bm-tim-epa-pu-m01095</v>
       </c>
       <c r="E173" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F173" t="str">
         <v/>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B174" t="str">
-        <v>2319249116</v>
+        <v>3370435705</v>
       </c>
       <c r="C174" t="str">
-        <v>https://m01537-authsrv.epa-tim.de</v>
+        <v>https://m01106-authsrv.epa-tim.de</v>
       </c>
       <c r="D174" t="str">
-        <v>bm-tim-epa-pu-m01537</v>
+        <v>bm-tim-epa-pu-m01106</v>
       </c>
       <c r="E174" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F174" t="str">
         <v/>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B175" t="str">
-        <v>44027415</v>
+        <v>3508309790</v>
       </c>
       <c r="C175" t="str">
-        <v>https://m01540-authsrv.epa-tim.de</v>
+        <v>https://m01108-authsrv.epa-tim.de</v>
       </c>
       <c r="D175" t="str">
-        <v>bm-tim-epa-pu-m01540</v>
+        <v>bm-tim-epa-pu-m01108</v>
       </c>
       <c r="E175" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F175" t="str">
         <v/>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B176" t="str">
-        <v>1744368977</v>
+        <v>2092210168</v>
       </c>
       <c r="C176" t="str">
-        <v>https://m01541-authsrv.epa-tim.de</v>
+        <v>https://m01113-authsrv.epa-tim.de</v>
       </c>
       <c r="D176" t="str">
-        <v>bm-tim-epa-pu-m01541</v>
+        <v>bm-tim-epa-pu-m01113</v>
       </c>
       <c r="E176" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F176" t="str">
         <v/>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B177" t="str">
-        <v>1282549070</v>
+        <v>1463699431</v>
       </c>
       <c r="C177" t="str">
-        <v>https://m01544-authsrv.epa-tim.de</v>
+        <v>https://m01116-authsrv.epa-tim.de</v>
       </c>
       <c r="D177" t="str">
-        <v>bm-tim-epa-pu-m01544</v>
+        <v>bm-tim-epa-pu-m01116</v>
       </c>
       <c r="E177" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F177" t="str">
         <v/>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B178" t="str">
-        <v>2260489154</v>
+        <v>2818791633</v>
       </c>
       <c r="C178" t="str">
-        <v>https://m01546-authsrv.epa-tim.de</v>
+        <v>https://m01120-authsrv.epa-tim.de</v>
       </c>
       <c r="D178" t="str">
-        <v>bm-tim-epa-pu-m01546</v>
+        <v>bm-tim-epa-pu-m01120</v>
       </c>
       <c r="E178" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F178" t="str">
         <v/>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B179" t="str">
-        <v>2638564745</v>
+        <v>2319249116</v>
       </c>
       <c r="C179" t="str">
-        <v>https://m01550-authsrv.epa-tim.de</v>
+        <v>https://m01537-authsrv.epa-tim.de</v>
       </c>
       <c r="D179" t="str">
-        <v>bm-tim-epa-pu-m01550</v>
+        <v>bm-tim-epa-pu-m01537</v>
       </c>
       <c r="E179" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F179" t="str">
         <v/>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B180" t="str">
-        <v>1468742405</v>
+        <v>44027415</v>
       </c>
       <c r="C180" t="str">
-        <v>https://m01552-authsrv.epa-tim.de</v>
+        <v>https://m01540-authsrv.epa-tim.de</v>
       </c>
       <c r="D180" t="str">
-        <v>bm-tim-epa-pu-m01552</v>
+        <v>bm-tim-epa-pu-m01540</v>
       </c>
       <c r="E180" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F180" t="str">
         <v/>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B181" t="str">
-        <v>3551045328</v>
+        <v>1744368977</v>
       </c>
       <c r="C181" t="str">
-        <v>https://m01554-authsrv.epa-tim.de</v>
+        <v>https://m01541-authsrv.epa-tim.de</v>
       </c>
       <c r="D181" t="str">
-        <v>bm-tim-epa-pu-m01554</v>
+        <v>bm-tim-epa-pu-m01541</v>
       </c>
       <c r="E181" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F181" t="str">
         <v/>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B182" t="str">
-        <v>10394427</v>
+        <v>1282549070</v>
       </c>
       <c r="C182" t="str">
-        <v>https://m01558-authsrv.epa-tim.de</v>
+        <v>https://m01544-authsrv.epa-tim.de</v>
       </c>
       <c r="D182" t="str">
-        <v>bm-tim-epa-pu-m01558</v>
+        <v>bm-tim-epa-pu-m01544</v>
       </c>
       <c r="E182" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F182" t="str">
         <v/>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B183" t="str">
-        <v>1710858365</v>
+        <v>2260489154</v>
       </c>
       <c r="C183" t="str">
-        <v>https://m01559-authsrv.epa-tim.de</v>
+        <v>https://m01546-authsrv.epa-tim.de</v>
       </c>
       <c r="D183" t="str">
-        <v>bm-tim-epa-pu-m01559</v>
+        <v>bm-tim-epa-pu-m01546</v>
       </c>
       <c r="E183" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F183" t="str">
         <v/>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B184" t="str">
-        <v>484865970</v>
+        <v>2638564745</v>
       </c>
       <c r="C184" t="str">
-        <v>https://m01571-authsrv.epa-tim.de</v>
+        <v>https://m01550-authsrv.epa-tim.de</v>
       </c>
       <c r="D184" t="str">
-        <v>bm-tim-epa-pu-m01571</v>
+        <v>bm-tim-epa-pu-m01550</v>
       </c>
       <c r="E184" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F184" t="str">
         <v/>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B185" t="str">
-        <v>929867693</v>
+        <v>1468742405</v>
       </c>
       <c r="C185" t="str">
-        <v>https://m01574-authsrv.epa-tim.de</v>
+        <v>https://m01552-authsrv.epa-tim.de</v>
       </c>
       <c r="D185" t="str">
-        <v>bm-tim-epa-pu-m01574</v>
+        <v>bm-tim-epa-pu-m01552</v>
       </c>
       <c r="E185" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F185" t="str">
         <v/>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B186" t="str">
-        <v>1376492779</v>
+        <v>3551045328</v>
       </c>
       <c r="C186" t="str">
-        <v>https://m01575-authsrv.epa-tim.de</v>
+        <v>https://m01554-authsrv.epa-tim.de</v>
       </c>
       <c r="D186" t="str">
-        <v>bm-tim-epa-pu-m01575</v>
+        <v>bm-tim-epa-pu-m01554</v>
       </c>
       <c r="E186" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F186" t="str">
         <v/>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B187" t="str">
-        <v>2168299776</v>
+        <v>10394427</v>
       </c>
       <c r="C187" t="str">
-        <v>https://m01579-authsrv.epa-tim.de</v>
+        <v>https://m01558-authsrv.epa-tim.de</v>
       </c>
       <c r="D187" t="str">
-        <v>bm-tim-epa-pu-m01579</v>
+        <v>bm-tim-epa-pu-m01558</v>
       </c>
       <c r="E187" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F187" t="str">
         <v/>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B188" t="str">
-        <v>1358166172</v>
+        <v>1710858365</v>
       </c>
       <c r="C188" t="str">
-        <v>https://m01581-authsrv.epa-tim.de</v>
+        <v>https://m01559-authsrv.epa-tim.de</v>
       </c>
       <c r="D188" t="str">
-        <v>bm-tim-epa-pu-m01581</v>
+        <v>bm-tim-epa-pu-m01559</v>
       </c>
       <c r="E188" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F188" t="str">
         <v/>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B189" t="str">
-        <v>2587725328</v>
+        <v>484865970</v>
       </c>
       <c r="C189" t="str">
-        <v>https://m01583-authsrv.epa-tim.de</v>
+        <v>https://m01571-authsrv.epa-tim.de</v>
       </c>
       <c r="D189" t="str">
-        <v>bm-tim-epa-pu-m01583</v>
+        <v>bm-tim-epa-pu-m01571</v>
       </c>
       <c r="E189" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F189" t="str">
         <v/>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B190" t="str">
-        <v>2687075188</v>
+        <v>929867693</v>
       </c>
       <c r="C190" t="str">
-        <v>https://m02050-authsrv.epa-tim.de</v>
+        <v>https://m01574-authsrv.epa-tim.de</v>
       </c>
       <c r="D190" t="str">
-        <v>bm-tim-epa-pu-m02050</v>
+        <v>bm-tim-epa-pu-m01574</v>
       </c>
       <c r="E190" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F190" t="str">
         <v/>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B191" t="str">
-        <v>1793586680</v>
+        <v>1376492779</v>
       </c>
       <c r="C191" t="str">
-        <v>https://m02052-authsrv.epa-tim.de</v>
+        <v>https://m01575-authsrv.epa-tim.de</v>
       </c>
       <c r="D191" t="str">
-        <v>bm-tim-epa-pu-m02052</v>
+        <v>bm-tim-epa-pu-m01575</v>
       </c>
       <c r="E191" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F191" t="str">
         <v/>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B192" t="str">
-        <v>260099774</v>
+        <v>2168299776</v>
       </c>
       <c r="C192" t="str">
-        <v>https://m02053-authsrv.epa-tim.de</v>
+        <v>https://m01579-authsrv.epa-tim.de</v>
       </c>
       <c r="D192" t="str">
-        <v>bm-tim-epa-pu-m02053</v>
+        <v>bm-tim-epa-pu-m01579</v>
       </c>
       <c r="E192" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F192" t="str">
         <v/>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B193" t="str">
-        <v>4124691729</v>
+        <v>1358166172</v>
       </c>
       <c r="C193" t="str">
-        <v>https://m02561-authsrv.epa-tim.de</v>
+        <v>https://m01581-authsrv.epa-tim.de</v>
       </c>
       <c r="D193" t="str">
-        <v>bm-tim-epa-pu-m02561</v>
+        <v>bm-tim-epa-pu-m01581</v>
       </c>
       <c r="E193" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F193" t="str">
         <v/>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B194" t="str">
-        <v>1912230084</v>
+        <v>2587725328</v>
       </c>
       <c r="C194" t="str">
-        <v>https://m02567-authsrv.epa-tim.de</v>
+        <v>https://m01583-authsrv.epa-tim.de</v>
       </c>
       <c r="D194" t="str">
-        <v>bm-tim-epa-pu-m02567</v>
+        <v>bm-tim-epa-pu-m01583</v>
       </c>
       <c r="E194" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F194" t="str">
         <v/>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B195" t="str">
-        <v>224731365</v>
+        <v>2687075188</v>
       </c>
       <c r="C195" t="str">
-        <v>https://m02568-authsrv.epa-tim.de</v>
+        <v>https://m02050-authsrv.epa-tim.de</v>
       </c>
       <c r="D195" t="str">
-        <v>bm-tim-epa-pu-m02568</v>
+        <v>bm-tim-epa-pu-m02050</v>
       </c>
       <c r="E195" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F195" t="str">
         <v/>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B196" t="str">
-        <v>1778601615</v>
+        <v>1793586680</v>
       </c>
       <c r="C196" t="str">
-        <v>https://m02571-authsrv.epa-tim.de</v>
+        <v>https://m02052-authsrv.epa-tim.de</v>
       </c>
       <c r="D196" t="str">
-        <v>bm-tim-epa-pu-m02571</v>
+        <v>bm-tim-epa-pu-m02052</v>
       </c>
       <c r="E196" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F196" t="str">
         <v/>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B197" t="str">
-        <v>3316253509</v>
+        <v>260099774</v>
       </c>
       <c r="C197" t="str">
-        <v>https://m02572-authsrv.epa-tim.de</v>
+        <v>https://m02053-authsrv.epa-tim.de</v>
       </c>
       <c r="D197" t="str">
-        <v>bm-tim-epa-pu-m02572</v>
+        <v>bm-tim-epa-pu-m02053</v>
       </c>
       <c r="E197" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F197" t="str">
         <v/>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B198" t="str">
-        <v>1131543271</v>
+        <v>4124691729</v>
       </c>
       <c r="C198" t="str">
-        <v>https://m02580-authsrv.epa-tim.de</v>
+        <v>https://m02561-authsrv.epa-tim.de</v>
       </c>
       <c r="D198" t="str">
-        <v>bm-tim-epa-pu-m02580</v>
+        <v>bm-tim-epa-pu-m02561</v>
       </c>
       <c r="E198" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F198" t="str">
         <v/>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B199" t="str">
-        <v>639025569</v>
+        <v>1912230084</v>
       </c>
       <c r="C199" t="str">
-        <v>https://m02581-authsrv.epa-tim.de</v>
+        <v>https://m02567-authsrv.epa-tim.de</v>
       </c>
       <c r="D199" t="str">
-        <v>bm-tim-epa-pu-m02581</v>
+        <v>bm-tim-epa-pu-m02567</v>
       </c>
       <c r="E199" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F199" t="str">
         <v/>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B200" t="str">
-        <v>2311031915</v>
+        <v>224731365</v>
       </c>
       <c r="C200" t="str">
-        <v>https://m02582-authsrv.epa-tim.de</v>
+        <v>https://m02568-authsrv.epa-tim.de</v>
       </c>
       <c r="D200" t="str">
-        <v>bm-tim-epa-pu-m02582</v>
+        <v>bm-tim-epa-pu-m02568</v>
       </c>
       <c r="E200" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F200" t="str">
         <v/>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B201" t="str">
-        <v>228331966</v>
+        <v>1778601615</v>
       </c>
       <c r="C201" t="str">
-        <v>https://m02584-authsrv.epa-tim.de</v>
+        <v>https://m02571-authsrv.epa-tim.de</v>
       </c>
       <c r="D201" t="str">
-        <v>bm-tim-epa-pu-m02584</v>
+        <v>bm-tim-epa-pu-m02571</v>
       </c>
       <c r="E201" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F201" t="str">
         <v/>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B202" t="str">
-        <v>2721406068</v>
+        <v>3316253509</v>
       </c>
       <c r="C202" t="str">
-        <v>https://m02587-authsrv.epa-tim.de</v>
+        <v>https://m02572-authsrv.epa-tim.de</v>
       </c>
       <c r="D202" t="str">
-        <v>bm-tim-epa-pu-m02587</v>
+        <v>bm-tim-epa-pu-m02572</v>
       </c>
       <c r="E202" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F202" t="str">
         <v/>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B203" t="str">
-        <v>3150780179</v>
+        <v>1131543271</v>
       </c>
       <c r="C203" t="str">
-        <v>https://m02589-authsrv.epa-tim.de</v>
+        <v>https://m02580-authsrv.epa-tim.de</v>
       </c>
       <c r="D203" t="str">
-        <v>bm-tim-epa-pu-m02589</v>
+        <v>bm-tim-epa-pu-m02580</v>
       </c>
       <c r="E203" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F203" t="str">
         <v/>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B204" t="str">
-        <v>3702225273</v>
+        <v>639025569</v>
       </c>
       <c r="C204" t="str">
-        <v>https://m02590-authsrv.epa-tim.de</v>
+        <v>https://m02581-authsrv.epa-tim.de</v>
       </c>
       <c r="D204" t="str">
-        <v>bm-tim-epa-pu-m02590</v>
+        <v>bm-tim-epa-pu-m02581</v>
       </c>
       <c r="E204" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F204" t="str">
         <v/>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B205" t="str">
-        <v>3117171263</v>
+        <v>2311031915</v>
       </c>
       <c r="C205" t="str">
-        <v>https://m02591-authsrv.epa-tim.de</v>
+        <v>https://m02582-authsrv.epa-tim.de</v>
       </c>
       <c r="D205" t="str">
-        <v>bm-tim-epa-pu-m02591</v>
+        <v>bm-tim-epa-pu-m02582</v>
       </c>
       <c r="E205" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F205" t="str">
         <v/>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B206" t="str">
-        <v>1929524403</v>
+        <v>228331966</v>
       </c>
       <c r="C206" t="str">
-        <v>https://m02593-authsrv.epa-tim.de</v>
+        <v>https://m02584-authsrv.epa-tim.de</v>
       </c>
       <c r="D206" t="str">
-        <v>bm-tim-epa-pu-m02593</v>
+        <v>bm-tim-epa-pu-m02584</v>
       </c>
       <c r="E206" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F206" t="str">
         <v/>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B207" t="str">
-        <v>2454098464</v>
+        <v>2721406068</v>
       </c>
       <c r="C207" t="str">
-        <v>https://m02594-authsrv.epa-tim.de</v>
+        <v>https://m02587-authsrv.epa-tim.de</v>
       </c>
       <c r="D207" t="str">
-        <v>bm-tim-epa-pu-m02594</v>
+        <v>bm-tim-epa-pu-m02587</v>
       </c>
       <c r="E207" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F207" t="str">
         <v/>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B208" t="str">
-        <v>1097904075</v>
+        <v>3150780179</v>
       </c>
       <c r="C208" t="str">
-        <v>https://m02598-authsrv.epa-tim.de</v>
+        <v>https://m02589-authsrv.epa-tim.de</v>
       </c>
       <c r="D208" t="str">
-        <v>bm-tim-epa-pu-m02598</v>
+        <v>bm-tim-epa-pu-m02589</v>
       </c>
       <c r="E208" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F208" t="str">
         <v/>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B209" t="str">
-        <v>605525133</v>
+        <v>3702225273</v>
       </c>
       <c r="C209" t="str">
-        <v>https://m02599-authsrv.epa-tim.de</v>
+        <v>https://m02590-authsrv.epa-tim.de</v>
       </c>
       <c r="D209" t="str">
-        <v>bm-tim-epa-pu-m02599</v>
+        <v>bm-tim-epa-pu-m02590</v>
       </c>
       <c r="E209" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F209" t="str">
         <v/>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B210" t="str">
-        <v>1610309329</v>
+        <v>3117171263</v>
       </c>
       <c r="C210" t="str">
-        <v>https://m02600-authsrv.epa-tim.de</v>
+        <v>https://m02591-authsrv.epa-tim.de</v>
       </c>
       <c r="D210" t="str">
-        <v>bm-tim-epa-pu-m02600</v>
+        <v>bm-tim-epa-pu-m02591</v>
       </c>
       <c r="E210" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F210" t="str">
         <v/>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B211" t="str">
-        <v>4031910683</v>
+        <v>1929524403</v>
       </c>
       <c r="C211" t="str">
-        <v>https://m02603-authsrv.epa-tim.de</v>
+        <v>https://m02593-authsrv.epa-tim.de</v>
       </c>
       <c r="D211" t="str">
-        <v>bm-tim-epa-pu-m02603</v>
+        <v>bm-tim-epa-pu-m02593</v>
       </c>
       <c r="E211" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F211" t="str">
         <v/>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B212" t="str">
-        <v>286700936</v>
+        <v>2454098464</v>
       </c>
       <c r="C212" t="str">
-        <v>https://m02604-authsrv.epa-tim.de</v>
+        <v>https://m02594-authsrv.epa-tim.de</v>
       </c>
       <c r="D212" t="str">
-        <v>bm-tim-epa-pu-m02604</v>
+        <v>bm-tim-epa-pu-m02594</v>
       </c>
       <c r="E212" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F212" t="str">
         <v/>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B213" t="str">
-        <v>3200251970</v>
+        <v>1097904075</v>
       </c>
       <c r="C213" t="str">
-        <v>https://m02607-authsrv.epa-tim.de</v>
+        <v>https://m02598-authsrv.epa-tim.de</v>
       </c>
       <c r="D213" t="str">
-        <v>bm-tim-epa-pu-m02607</v>
+        <v>bm-tim-epa-pu-m02598</v>
       </c>
       <c r="E213" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F213" t="str">
         <v/>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B214" t="str">
-        <v>3256911971</v>
+        <v>605525133</v>
       </c>
       <c r="C214" t="str">
-        <v>https://m02608-authsrv.epa-tim.de</v>
+        <v>https://m02599-authsrv.epa-tim.de</v>
       </c>
       <c r="D214" t="str">
-        <v>bm-tim-epa-pu-m02608</v>
+        <v>bm-tim-epa-pu-m02599</v>
       </c>
       <c r="E214" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F214" t="str">
         <v/>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B215" t="str">
-        <v>3223444815</v>
+        <v>1610309329</v>
       </c>
       <c r="C215" t="str">
-        <v>https://m02610-authsrv.epa-tim.de</v>
+        <v>https://m02600-authsrv.epa-tim.de</v>
       </c>
       <c r="D215" t="str">
-        <v>bm-tim-epa-pu-m02610</v>
+        <v>bm-tim-epa-pu-m02600</v>
       </c>
       <c r="E215" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F215" t="str">
         <v/>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B216" t="str">
-        <v>1871220869</v>
+        <v>4031910683</v>
       </c>
       <c r="C216" t="str">
-        <v>https://m02613-authsrv.epa-tim.de</v>
+        <v>https://m02603-authsrv.epa-tim.de</v>
       </c>
       <c r="D216" t="str">
-        <v>bm-tim-epa-pu-m02613</v>
+        <v>bm-tim-epa-pu-m02603</v>
       </c>
       <c r="E216" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F216" t="str">
         <v/>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B217" t="str">
-        <v>3953855824</v>
+        <v>286700936</v>
       </c>
       <c r="C217" t="str">
-        <v>https://m02615-authsrv.epa-tim.de</v>
+        <v>https://m02604-authsrv.epa-tim.de</v>
       </c>
       <c r="D217" t="str">
-        <v>bm-tim-epa-pu-m02615</v>
+        <v>bm-tim-epa-pu-m02604</v>
       </c>
       <c r="E217" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F217" t="str">
         <v/>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B218" t="str">
-        <v>1576668157</v>
+        <v>3200251970</v>
       </c>
       <c r="C218" t="str">
-        <v>https://m02618-authsrv.epa-tim.de</v>
+        <v>https://m02607-authsrv.epa-tim.de</v>
       </c>
       <c r="D218" t="str">
-        <v>bm-tim-epa-pu-m02618</v>
+        <v>bm-tim-epa-pu-m02607</v>
       </c>
       <c r="E218" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F218" t="str">
         <v/>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B219" t="str">
-        <v>345379430</v>
+        <v>3256911971</v>
       </c>
       <c r="C219" t="str">
-        <v>https://m02623-authsrv.epa-tim.de</v>
+        <v>https://m02608-authsrv.epa-tim.de</v>
       </c>
       <c r="D219" t="str">
-        <v>bm-tim-epa-pu-m02623</v>
+        <v>bm-tim-epa-pu-m02608</v>
       </c>
       <c r="E219" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F219" t="str">
         <v/>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B220" t="str">
-        <v>1518074175</v>
+        <v>3223444815</v>
       </c>
       <c r="C220" t="str">
-        <v>https://m02627-authsrv.epa-tim.de</v>
+        <v>https://m02610-authsrv.epa-tim.de</v>
       </c>
       <c r="D220" t="str">
-        <v>bm-tim-epa-pu-m02627</v>
+        <v>bm-tim-epa-pu-m02610</v>
       </c>
       <c r="E220" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F220" t="str">
         <v/>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B221" t="str">
-        <v>1099097972</v>
+        <v>1871220869</v>
       </c>
       <c r="C221" t="str">
-        <v>https://m02631-authsrv.epa-tim.de</v>
+        <v>https://m02613-authsrv.epa-tim.de</v>
       </c>
       <c r="D221" t="str">
-        <v>bm-tim-epa-pu-m02631</v>
+        <v>bm-tim-epa-pu-m02613</v>
       </c>
       <c r="E221" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F221" t="str">
         <v/>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B222" t="str">
-        <v>1882662167</v>
+        <v>3953855824</v>
       </c>
       <c r="C222" t="str">
-        <v>https://m03073-authsrv.epa-tim.de</v>
+        <v>https://m02615-authsrv.epa-tim.de</v>
       </c>
       <c r="D222" t="str">
-        <v>bm-tim-epa-pu-m03073</v>
+        <v>bm-tim-epa-pu-m02615</v>
       </c>
       <c r="E222" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F222" t="str">
         <v/>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B223" t="str">
-        <v>770420533</v>
+        <v>1576668157</v>
       </c>
       <c r="C223" t="str">
-        <v>https://m04610-authsrv.epa-tim.de</v>
+        <v>https://m02618-authsrv.epa-tim.de</v>
       </c>
       <c r="D223" t="str">
-        <v>bm-tim-epa-pu-m04610</v>
+        <v>bm-tim-epa-pu-m02618</v>
       </c>
       <c r="E223" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F223" t="str">
         <v/>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B224" t="str">
-        <v>1217172595</v>
+        <v>345379430</v>
       </c>
       <c r="C224" t="str">
-        <v>https://m04611-authsrv.epa-tim.de</v>
+        <v>https://m02623-authsrv.epa-tim.de</v>
       </c>
       <c r="D224" t="str">
-        <v>bm-tim-epa-pu-m04611</v>
+        <v>bm-tim-epa-pu-m02623</v>
       </c>
       <c r="E224" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F224" t="str">
         <v/>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B225" t="str">
-        <v>4248163431</v>
+        <v>1518074175</v>
       </c>
       <c r="C225" t="str">
-        <v>https://messenger.knappschaft.de</v>
+        <v>https://m02627-authsrv.epa-tim.de</v>
       </c>
       <c r="D225" t="str">
-        <v>Messenger Fachdienst</v>
+        <v>bm-tim-epa-pu-m02627</v>
       </c>
       <c r="E225" t="str">
-        <v>kbs</v>
+        <v>BITMARCK</v>
       </c>
       <c r="F225" t="str">
         <v/>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B226" t="str">
-        <v>3027119945</v>
+        <v>1099097972</v>
       </c>
       <c r="C226" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/caracare-ibs</v>
+        <v>https://m02631-authsrv.epa-tim.de</v>
       </c>
       <c r="D226" t="str">
-        <v>Cara Care für Reizdarm</v>
+        <v>bm-tim-epa-pu-m02631</v>
       </c>
       <c r="E226" t="str">
-        <v>HiDoc Technologies GmbH</v>
+        <v>BITMARCK</v>
       </c>
       <c r="F226" t="str">
         <v/>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B227" t="str">
-        <v>2136507271</v>
+        <v>1882662167</v>
       </c>
       <c r="C227" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-attexis</v>
+        <v>https://m03073-authsrv.epa-tim.de</v>
       </c>
       <c r="D227" t="str">
-        <v>attexis</v>
+        <v>bm-tim-epa-pu-m03073</v>
       </c>
       <c r="E227" t="str">
-        <v>GAIA AG</v>
+        <v>BITMARCK</v>
       </c>
       <c r="F227" t="str">
         <v/>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B228" t="str">
-        <v>2802822479</v>
+        <v>770420533</v>
       </c>
       <c r="C228" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-deprexis</v>
+        <v>https://m04610-authsrv.epa-tim.de</v>
       </c>
       <c r="D228" t="str">
-        <v>deprexis</v>
+        <v>bm-tim-epa-pu-m04610</v>
       </c>
       <c r="E228" t="str">
-        <v>GAIA AG</v>
+        <v>BITMARCK</v>
       </c>
       <c r="F228" t="str">
         <v/>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B229" t="str">
-        <v>541960035</v>
+        <v>1217172595</v>
       </c>
       <c r="C229" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-elevida</v>
+        <v>https://m04611-authsrv.epa-tim.de</v>
       </c>
       <c r="D229" t="str">
-        <v>elevida</v>
+        <v>bm-tim-epa-pu-m04611</v>
       </c>
       <c r="E229" t="str">
-        <v>GAIA AG</v>
+        <v>BITMARCK</v>
       </c>
       <c r="F229" t="str">
         <v/>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B230" t="str">
-        <v>3360166705</v>
+        <v>4248163431</v>
       </c>
       <c r="C230" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-levidex</v>
+        <v>https://messenger.knappschaft.de</v>
       </c>
       <c r="D230" t="str">
-        <v>levidex</v>
+        <v>Messenger Fachdienst</v>
       </c>
       <c r="E230" t="str">
-        <v>GAIA AG</v>
+        <v>kbs</v>
       </c>
       <c r="F230" t="str">
         <v/>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B231" t="str">
-        <v>1263095709</v>
+        <v>3027119945</v>
       </c>
       <c r="C231" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-priovi</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/caracare-ibs</v>
       </c>
       <c r="D231" t="str">
-        <v>priovi</v>
+        <v>Cara Care für Reizdarm</v>
       </c>
       <c r="E231" t="str">
-        <v>GAIA AG</v>
+        <v>HiDoc Technologies GmbH</v>
       </c>
       <c r="F231" t="str">
         <v/>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B232" t="str">
-        <v>4190313939</v>
+        <v>2422736392</v>
       </c>
       <c r="C232" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-somnovia</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/ecovery-unterer_ruecken</v>
       </c>
       <c r="D232" t="str">
-        <v>somnovia</v>
+        <v>Unterer Rücken</v>
       </c>
       <c r="E232" t="str">
-        <v>GAIA AG</v>
+        <v>eCovery GmbH</v>
       </c>
       <c r="F232" t="str">
         <v/>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B233" t="str">
-        <v>1154682742</v>
+        <v>2136507271</v>
       </c>
       <c r="C233" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-velibra</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-attexis</v>
       </c>
       <c r="D233" t="str">
-        <v>velibra</v>
+        <v>attexis</v>
       </c>
       <c r="E233" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F233" t="str">
         <v/>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B234" t="str">
-        <v>573511692</v>
+        <v>2802822479</v>
       </c>
       <c r="C234" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-vorvida</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-deprexis</v>
       </c>
       <c r="D234" t="str">
-        <v>vorvida</v>
+        <v>deprexis</v>
       </c>
       <c r="E234" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F234" t="str">
         <v/>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B235" t="str">
-        <v>2765823767</v>
+        <v>541960035</v>
       </c>
       <c r="C235" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-elevida</v>
       </c>
       <c r="D235" t="str">
-        <v>HelloBetter ratiopharm chronischer Schmerz</v>
+        <v>elevida</v>
       </c>
       <c r="E235" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F235" t="str">
         <v/>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B236" t="str">
-        <v>1300392533</v>
+        <v>3360166705</v>
       </c>
       <c r="C236" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-diabetes</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-levidex</v>
       </c>
       <c r="D236" t="str">
-        <v>HelloBetter Diabetes und Depression</v>
+        <v>levidex</v>
       </c>
       <c r="E236" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F236" t="str">
         <v/>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B237" t="str">
-        <v>4096024854</v>
+        <v>1263095709</v>
       </c>
       <c r="C237" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-panic</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-priovi</v>
       </c>
       <c r="D237" t="str">
-        <v>HelloBetter Panik</v>
+        <v>priovi</v>
       </c>
       <c r="E237" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F237" t="str">
         <v/>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B238" t="str">
-        <v>1706041896</v>
+        <v>4190313939</v>
       </c>
       <c r="C238" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-sleep</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-somnovia</v>
       </c>
       <c r="D238" t="str">
-        <v>HelloBetter Schlafen</v>
+        <v>somnovia</v>
       </c>
       <c r="E238" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F238" t="str">
         <v/>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B239" t="str">
-        <v>2099384928</v>
+        <v>1154682742</v>
       </c>
       <c r="C239" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-velibra</v>
       </c>
       <c r="D239" t="str">
-        <v>HelloBetter Stress und Burnout</v>
+        <v>velibra</v>
       </c>
       <c r="E239" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F239" t="str">
         <v/>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B240" t="str">
-        <v>2107660390</v>
+        <v>573511692</v>
       </c>
       <c r="C240" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-vorvida</v>
       </c>
       <c r="D240" t="str">
-        <v>HelloBetter Vaginismus Plus</v>
+        <v>vorvida</v>
       </c>
       <c r="E240" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F240" t="str">
         <v/>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B241" t="str">
-        <v>2003209444</v>
+        <v>2765823767</v>
       </c>
       <c r="C241" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/kranus-edera</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
       </c>
       <c r="D241" t="str">
-        <v>Kranus Edera</v>
+        <v>HelloBetter ratiopharm chronischer Schmerz</v>
       </c>
       <c r="E241" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F241" t="str">
         <v/>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B242" t="str">
-        <v>2769016265</v>
+        <v>1300392533</v>
       </c>
       <c r="C242" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/kranus-lutera</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-diabetes</v>
       </c>
       <c r="D242" t="str">
-        <v>Kranus Lutera</v>
+        <v>HelloBetter Diabetes und Depression</v>
       </c>
       <c r="E242" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F242" t="str">
         <v/>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B243" t="str">
-        <v>2586479065</v>
+        <v>4096024854</v>
       </c>
       <c r="C243" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/kranus-mictera</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-panic</v>
       </c>
       <c r="D243" t="str">
-        <v>Kranus Mictera</v>
+        <v>HelloBetter Panik</v>
       </c>
       <c r="E243" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F243" t="str">
         <v/>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B244" t="str">
-        <v>3192077368</v>
+        <v>1706041896</v>
       </c>
       <c r="C244" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-sleep</v>
       </c>
       <c r="D244" t="str">
-        <v>ADHD Parenttraining</v>
+        <v>HelloBetter Schlafen</v>
       </c>
       <c r="E244" t="str">
-        <v>Medigital GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F244" t="str">
         <v/>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B245" t="str">
-        <v>3351711861</v>
+        <v>2099384928</v>
       </c>
       <c r="C245" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/mementor_somnio</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
       </c>
       <c r="D245" t="str">
-        <v>somnio</v>
+        <v>HelloBetter Stress und Burnout</v>
       </c>
       <c r="E245" t="str">
-        <v>mementor DE GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F245" t="str">
         <v/>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B246" t="str">
-        <v>2330030240</v>
+        <v>2107660390</v>
       </c>
       <c r="C246" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/neolexon-aphasie</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
       </c>
       <c r="D246" t="str">
-        <v>neolexon Aphasie</v>
+        <v>HelloBetter Vaginismus Plus</v>
       </c>
       <c r="E246" t="str">
-        <v>Limedix GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F246" t="str">
         <v/>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B247" t="str">
-        <v>2674072804</v>
+        <v>2003209444</v>
       </c>
       <c r="C247" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/neuronation-med</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/kranus-edera</v>
       </c>
       <c r="D247" t="str">
-        <v>NeuroNation MED</v>
+        <v>Kranus Edera</v>
       </c>
       <c r="E247" t="str">
-        <v>Synaptikon GmbH</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F247" t="str">
         <v/>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B248" t="str">
-        <v>2792529533</v>
+        <v>2769016265</v>
       </c>
       <c r="C248" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/pinkcoach</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/kranus-lutera</v>
       </c>
       <c r="D248" t="str">
-        <v>PINK Coach</v>
+        <v>Kranus Lutera</v>
       </c>
       <c r="E248" t="str">
-        <v>PINK gegen Brustkrebs GmbH</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F248" t="str">
         <v/>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B249" t="str">
-        <v>3419042063</v>
+        <v>2586479065</v>
       </c>
       <c r="C249" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/kranus-mictera</v>
       </c>
       <c r="D249" t="str">
-        <v>NichtraucherHelden</v>
+        <v>Kranus Mictera</v>
       </c>
       <c r="E249" t="str">
-        <v>Sanero Medical GmbH</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F249" t="str">
         <v/>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B250" t="str">
-        <v>3798489735</v>
+        <v>3192077368</v>
       </c>
       <c r="C250" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-binge_eating</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
       </c>
       <c r="D250" t="str">
-        <v>Selfapys Online-Kurs bei Binge-Eating-Störung</v>
+        <v>ADHD Parenttraining</v>
       </c>
       <c r="E250" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Medigital GmbH</v>
       </c>
       <c r="F250" t="str">
         <v/>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B251" t="str">
-        <v>1069566785</v>
+        <v>3351711861</v>
       </c>
       <c r="C251" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-bulimia</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/mementor_somnio</v>
       </c>
       <c r="D251" t="str">
-        <v>Selfapys Online-Kurs bei Bulimia Nervosa</v>
+        <v>somnio</v>
       </c>
       <c r="E251" t="str">
-        <v>Selfapy GmbH</v>
+        <v>mementor DE GmbH</v>
       </c>
       <c r="F251" t="str">
         <v/>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B252" t="str">
-        <v>3667520768</v>
+        <v>2844273073</v>
       </c>
       <c r="C252" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-depression</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/memodio-app</v>
       </c>
       <c r="D252" t="str">
-        <v>Selfapys Online-Kurs bei Depression</v>
+        <v>memodio</v>
       </c>
       <c r="E252" t="str">
-        <v>Selfapy GmbH</v>
+        <v>memodio GmbH</v>
       </c>
       <c r="F252" t="str">
         <v/>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B253" t="str">
-        <v>82966155</v>
+        <v>2330030240</v>
       </c>
       <c r="C253" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/neolexon-aphasie</v>
       </c>
       <c r="D253" t="str">
-        <v>Selfapys Online-Kurs bei Generalisierter Angststörung</v>
+        <v>neolexon Aphasie</v>
       </c>
       <c r="E253" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Limedix GmbH</v>
       </c>
       <c r="F253" t="str">
         <v/>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B254" t="str">
-        <v>4284319953</v>
+        <v>2674072804</v>
       </c>
       <c r="C254" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/neuronation-med</v>
       </c>
       <c r="D254" t="str">
-        <v>zanadio</v>
+        <v>NeuroNation MED</v>
       </c>
       <c r="E254" t="str">
-        <v>Sidekick Health Germany GmbH</v>
+        <v>Synaptikon GmbH</v>
       </c>
       <c r="F254" t="str">
         <v/>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B255" t="str">
-        <v>2614385005</v>
+        <v>2792529533</v>
       </c>
       <c r="C255" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/tiredofcancer-untire</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/pinkcoach</v>
       </c>
       <c r="D255" t="str">
-        <v>Untire</v>
+        <v>PINK Coach</v>
       </c>
       <c r="E255" t="str">
-        <v>Tired of Cancer B.V.</v>
+        <v>PINK gegen Brustkrebs GmbH</v>
       </c>
       <c r="F255" t="str">
         <v/>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B256" t="str">
-        <v>4097328442</v>
+        <v>3419042063</v>
       </c>
       <c r="C256" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/unahealth</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
       </c>
       <c r="D256" t="str">
-        <v>Una Health für Diabetes</v>
+        <v>NichtraucherHelden</v>
       </c>
       <c r="E256" t="str">
-        <v>Una Health GmbH</v>
+        <v>Sanero Medical GmbH</v>
       </c>
       <c r="F256" t="str">
         <v/>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B257" t="str">
-        <v>1913606781</v>
+        <v>3798489735</v>
       </c>
       <c r="C257" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/vitadio-diabetes</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-binge_eating</v>
       </c>
       <c r="D257" t="str">
-        <v>Vitadio Diabetes</v>
+        <v>Selfapys Online-Kurs bei Binge-Eating-Störung</v>
       </c>
       <c r="E257" t="str">
-        <v>Vitadio Health Technologies GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F257" t="str">
         <v/>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B258" t="str">
-        <v>3190648499</v>
+        <v>1069566785</v>
       </c>
       <c r="C258" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/vivira-app</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-bulimia</v>
       </c>
       <c r="D258" t="str">
-        <v>Vivira</v>
+        <v>Selfapys Online-Kurs bei Bulimia Nervosa</v>
       </c>
       <c r="E258" t="str">
-        <v>Vivira Health Lab GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F258" t="str">
         <v/>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B259" t="str">
-        <v>3180170271</v>
+        <v>3667520768</v>
       </c>
       <c r="C259" t="str">
-        <v>https://msngr.viactiv.de</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-depression</v>
       </c>
       <c r="D259" t="str">
-        <v>Messenger</v>
+        <v>Selfapys Online-Kurs bei Depression</v>
       </c>
       <c r="E259" t="str">
-        <v>viactiv</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F259" t="str">
         <v/>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B260" t="str">
-        <v>1518065699</v>
+        <v>82966155</v>
       </c>
       <c r="C260" t="str">
-        <v>https://patella.app/api/core/users/telematik</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
       </c>
       <c r="D260" t="str">
-        <v/>
+        <v>Selfapys Online-Kurs bei Generalisierter Angststörung</v>
       </c>
       <c r="E260" t="str">
-        <v>PrehApp GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F260" t="str">
         <v/>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B261" t="str">
-        <v>2389893874</v>
+        <v>4284319953</v>
       </c>
       <c r="C261" t="str">
-        <v>https://prod-api.glucura.io/oidc</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
       </c>
       <c r="D261" t="str">
-        <v>glucura</v>
+        <v>zanadio</v>
       </c>
       <c r="E261" t="str">
-        <v>Perfood Laboratories GmbH</v>
+        <v>Sidekick Health Germany GmbH</v>
       </c>
       <c r="F261" t="str">
         <v/>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B262" t="str">
-        <v>4288608531</v>
+        <v>2614385005</v>
       </c>
       <c r="C262" t="str">
-        <v>https://prod-api.sincephalea.io/oidc</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/tiredofcancer-untire</v>
       </c>
       <c r="D262" t="str">
-        <v>sinCephalea</v>
+        <v>Untire</v>
       </c>
       <c r="E262" t="str">
-        <v>Perfood Laboratories GmbH</v>
+        <v>Tired of Cancer B.V.</v>
       </c>
       <c r="F262" t="str">
         <v/>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B263" t="str">
-        <v>2309378883</v>
+        <v>4097328442</v>
       </c>
       <c r="C263" t="str">
-        <v>https://prod2.endometriose.app</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/unahealth</v>
       </c>
       <c r="D263" t="str">
-        <v>Endo-App</v>
+        <v>Una Health für Diabetes</v>
       </c>
       <c r="E263" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Una Health GmbH</v>
       </c>
       <c r="F263" t="str">
         <v/>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B264" t="str">
-        <v>3595547052</v>
+        <v>1913606781</v>
       </c>
       <c r="C264" t="str">
-        <v>https://rp.app.oriko.mindnet.health/realms/mindnet-realm</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/vitadio-diabetes</v>
       </c>
       <c r="D264" t="str">
-        <v>ORIKO ADHS-Therapie</v>
+        <v>Vitadio Diabetes</v>
       </c>
       <c r="E264" t="str">
-        <v>MiNDNET E-Health Solutions GmbH</v>
+        <v>Vitadio Health Technologies GmbH</v>
       </c>
       <c r="F264" t="str">
         <v/>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B265" t="str">
-        <v>2457073831</v>
+        <v>3190648499</v>
       </c>
       <c r="C265" t="str">
-        <v>https://schulter.app/api/core/users/telematik</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/vivira-app</v>
       </c>
       <c r="D265" t="str">
-        <v>companion-shoulder</v>
+        <v>Vivira</v>
       </c>
       <c r="E265" t="str">
-        <v>PrehApp GmbH</v>
+        <v>Vivira Health Lab GmbH</v>
       </c>
       <c r="F265" t="str">
         <v/>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B266" t="str">
-        <v>2381088261</v>
+        <v>3180170271</v>
       </c>
       <c r="C266" t="str">
-        <v>https://service-app-messenger.hek.de</v>
+        <v>https://msngr.viactiv.de</v>
       </c>
       <c r="D266" t="str">
-        <v>HEK - Gesundheitsmessenger</v>
+        <v>Messenger</v>
       </c>
       <c r="E266" t="str">
-        <v>hek</v>
+        <v>viactiv</v>
       </c>
       <c r="F266" t="str">
         <v/>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B267" t="str">
-        <v>2257169670</v>
+        <v>2622382954</v>
       </c>
       <c r="C267" t="str">
-        <v>https://tim-epa.rise-tim.de</v>
+        <v>https://oidc.tiaas.tech/glucura</v>
       </c>
       <c r="D267" t="str">
-        <v>RISE-TIM-ePA</v>
+        <v>glucura</v>
       </c>
       <c r="E267" t="str">
-        <v>RISE</v>
+        <v>Perfood GmbH</v>
       </c>
       <c r="F267" t="str">
         <v/>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B268" t="str">
+        <v>3119551485</v>
+      </c>
+      <c r="C268" t="str">
+        <v>https://oidc.tiaas.tech/sincephalea</v>
+      </c>
+      <c r="D268" t="str">
+        <v>sinCephalea</v>
+      </c>
+      <c r="E268" t="str">
+        <v>Perfood GmbH</v>
+      </c>
+      <c r="F268" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B269" t="str">
+        <v>1518065699</v>
+      </c>
+      <c r="C269" t="str">
+        <v>https://patella.app/api/core/users/telematik</v>
+      </c>
+      <c r="D269" t="str">
+        <v/>
+      </c>
+      <c r="E269" t="str">
+        <v>PrehApp GmbH</v>
+      </c>
+      <c r="F269" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B270" t="str">
+        <v>2309378883</v>
+      </c>
+      <c r="C270" t="str">
+        <v>https://prod2.endometriose.app</v>
+      </c>
+      <c r="D270" t="str">
+        <v>Endo-App</v>
+      </c>
+      <c r="E270" t="str">
+        <v>Endo Health GmbH</v>
+      </c>
+      <c r="F270" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B271" t="str">
+        <v>3595547052</v>
+      </c>
+      <c r="C271" t="str">
+        <v>https://rp.app.oriko.mindnet.health/realms/mindnet-realm</v>
+      </c>
+      <c r="D271" t="str">
+        <v>ORIKO ADHS-Therapie</v>
+      </c>
+      <c r="E271" t="str">
+        <v>MiNDNET E-Health Solutions GmbH</v>
+      </c>
+      <c r="F271" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B272" t="str">
+        <v>2457073831</v>
+      </c>
+      <c r="C272" t="str">
+        <v>https://schulter.app/api/core/users/telematik</v>
+      </c>
+      <c r="D272" t="str">
+        <v>companion-shoulder</v>
+      </c>
+      <c r="E272" t="str">
+        <v>PrehApp GmbH</v>
+      </c>
+      <c r="F272" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B273" t="str">
+        <v>2381088261</v>
+      </c>
+      <c r="C273" t="str">
+        <v>https://service-app-messenger.hek.de</v>
+      </c>
+      <c r="D273" t="str">
+        <v>HEK - Gesundheitsmessenger</v>
+      </c>
+      <c r="E273" t="str">
+        <v>hek</v>
+      </c>
+      <c r="F273" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B274" t="str">
+        <v>2257169670</v>
+      </c>
+      <c r="C274" t="str">
+        <v>https://tim-epa.rise-tim.de</v>
+      </c>
+      <c r="D274" t="str">
+        <v>RISE-TIM-ePA</v>
+      </c>
+      <c r="E274" t="str">
+        <v>RISE</v>
+      </c>
+      <c r="F274" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B275" t="str">
         <v>953414115</v>
       </c>
-      <c r="C268" t="str">
+      <c r="C275" t="str">
         <v>https://tim.tk.de</v>
       </c>
-      <c r="D268" t="str">
+      <c r="D275" t="str">
         <v>TK-GesundheitsMessenger</v>
       </c>
-      <c r="E268" t="str">
+      <c r="E275" t="str">
         <v>Techniker Krankenkasse</v>
       </c>
-      <c r="F268" t="str">
+      <c r="F275" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B276" t="str">
+        <v>405800619</v>
+      </c>
+      <c r="C276" t="str">
+        <v>https://veraprod.endometriose.app</v>
+      </c>
+      <c r="D276" t="str">
+        <v>Vera-App</v>
+      </c>
+      <c r="E276" t="str">
+        <v>Endo Health GmbH</v>
+      </c>
+      <c r="F276" t="str">
         <v/>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:F268"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:F276"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H116"/>
+  <dimension ref="A1:H120"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="16.83203125" customWidth="1"/>
     <col min="2" max="2" width="16.83203125" customWidth="1"/>
     <col min="3" max="3" width="50.83203125" customWidth="1"/>
     <col min="4" max="4" width="50.83203125" customWidth="1"/>
     <col min="5" max="5" width="50.83203125" customWidth="1"/>
     <col min="6" max="6" width="70.83203125" customWidth="1"/>
     <col min="7" max="7" width="70.83203125" customWidth="1"/>
     <col min="8" max="8" width="50.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>type</v>
       </c>
       <c r="B1" t="str">
         <v>cidi</v>
       </c>
       <c r="C1" t="str">
         <v>iss</v>
       </c>
       <c r="D1" t="str">
@@ -5854,3033 +6014,3137 @@
       </c>
       <c r="G1" t="str">
         <v>claims_supported</v>
       </c>
       <c r="H1" t="str">
         <v>error</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B2" t="str">
         <v>4264108015</v>
       </c>
       <c r="C2" t="str">
         <v>https://idbroker.continentale.ehealth-id.de</v>
       </c>
       <c r="D2" t="str">
         <v>SekIDP PU CONTINENTALE</v>
       </c>
       <c r="E2" t="str">
         <v>Continentale Krankenversicherung</v>
       </c>
       <c r="F2" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G2" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H2" t="str">
         <v/>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B3" t="str">
-        <v>2882953810</v>
+        <v>3637388571</v>
       </c>
       <c r="C3" t="str">
-        <v>https://idbroker.dkv.ehealth-id.de</v>
+        <v>https://idbroker.debeka.ehealth-id.de</v>
       </c>
       <c r="D3" t="str">
-        <v>SekIDP PU DKV</v>
+        <v>SekIDP PU DEBEKA</v>
       </c>
       <c r="E3" t="str">
-        <v>DKV</v>
+        <v>Debeka Krankenversicherungsverein a. G.</v>
       </c>
       <c r="F3" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G3" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H3" t="str">
         <v/>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B4" t="str">
-        <v>2787119595</v>
+        <v>2882953810</v>
       </c>
       <c r="C4" t="str">
-        <v>https://idbroker.hek.ehealth-id.de</v>
+        <v>https://idbroker.dkv.ehealth-id.de</v>
       </c>
       <c r="D4" t="str">
-        <v>SekIDP PU hek</v>
+        <v>SekIDP PU DKV</v>
       </c>
       <c r="E4" t="str">
-        <v>Hanseatische Krankenkasse</v>
+        <v>DKV</v>
       </c>
       <c r="F4" t="str">
         <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G4" t="str">
         <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H4" t="str">
         <v/>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B5" t="str">
-        <v>2208883154</v>
+        <v>4196905343</v>
       </c>
       <c r="C5" t="str">
-        <v>https://idbroker.kbs.ehealth-id.de</v>
+        <v>https://idbroker.hansemerkur.ehealth-id.de</v>
       </c>
       <c r="D5" t="str">
-        <v>SekIDP PU kbs</v>
+        <v>SekIDP PU HANSEMERKUR</v>
       </c>
       <c r="E5" t="str">
-        <v>KNAPPSCHAFT</v>
+        <v>HanseMerkur Krankenversicherung AG</v>
       </c>
       <c r="F5" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G5" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H5" t="str">
         <v/>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B6" t="str">
-        <v>44780341</v>
+        <v>2787119595</v>
       </c>
       <c r="C6" t="str">
-        <v>https://idbroker.tk.ehealth-id.de</v>
+        <v>https://idbroker.hek.ehealth-id.de</v>
       </c>
       <c r="D6" t="str">
-        <v>SekIDP PU tk</v>
+        <v>SekIDP PU hek</v>
       </c>
       <c r="E6" t="str">
-        <v>Techniker Krankenkasse</v>
+        <v>Hanseatische Krankenkasse</v>
       </c>
       <c r="F6" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G6" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H6" t="str">
         <v/>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B7" t="str">
-        <v>992030828</v>
+        <v>2208883154</v>
       </c>
       <c r="C7" t="str">
-        <v>https://idbroker.ukv.ehealth-id.de</v>
+        <v>https://idbroker.kbs.ehealth-id.de</v>
       </c>
       <c r="D7" t="str">
-        <v>SekIDP PU UKV</v>
+        <v>SekIDP PU kbs</v>
       </c>
       <c r="E7" t="str">
-        <v>Union Krankenversicherung</v>
+        <v>KNAPPSCHAFT</v>
       </c>
       <c r="F7" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G7" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H7" t="str">
         <v/>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B8" t="str">
-        <v>326611519</v>
+        <v>943548602</v>
       </c>
       <c r="C8" t="str">
-        <v>https://idbroker.viactiv.ehealth-id.de</v>
+        <v>https://idbroker.lvm.ehealth-id.de</v>
       </c>
       <c r="D8" t="str">
-        <v>SekIDP PU viactiv</v>
+        <v>SekIDP PU LVM</v>
       </c>
       <c r="E8" t="str">
-        <v>VIACTIV</v>
+        <v>LVM Krankenversicherungs-AG</v>
       </c>
       <c r="F8" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G8" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H8" t="str">
         <v/>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B9" t="str">
-        <v>2795868612</v>
+        <v>44780341</v>
       </c>
       <c r="C9" t="str">
-        <v>https://idbroker.vkb.ehealth-id.de</v>
+        <v>https://idbroker.tk.ehealth-id.de</v>
       </c>
       <c r="D9" t="str">
-        <v>SekIDP PU VKB</v>
+        <v>SekIDP PU tk</v>
       </c>
       <c r="E9" t="str">
-        <v>Versicherungskammer Bayern</v>
+        <v>Techniker Krankenkasse</v>
       </c>
       <c r="F9" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G9" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H9" t="str">
         <v/>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B10" t="str">
-        <v>947436939</v>
+        <v>992030828</v>
       </c>
       <c r="C10" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168140119</v>
+        <v>https://idbroker.ukv.ehealth-id.de</v>
       </c>
       <c r="D10" t="str">
-        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
+        <v>SekIDP PU UKV</v>
       </c>
       <c r="E10" t="str">
-        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
+        <v>Union Krankenversicherung</v>
       </c>
       <c r="F10" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G10" t="str">
-        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H10" t="str">
         <v/>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B11" t="str">
-        <v>1839648355</v>
+        <v>326611519</v>
       </c>
       <c r="C11" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168140379</v>
+        <v>https://idbroker.viactiv.ehealth-id.de</v>
       </c>
       <c r="D11" t="str">
-        <v>Münchener Verein Krankenversicherung a.G.</v>
+        <v>SekIDP PU viactiv</v>
       </c>
       <c r="E11" t="str">
-        <v>Münchener Verein Krankenversicherung a.G.</v>
+        <v>VIACTIV</v>
       </c>
       <c r="F11" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G11" t="str">
-        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H11" t="str">
         <v/>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B12" t="str">
-        <v>4261309407</v>
+        <v>2795868612</v>
       </c>
       <c r="C12" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168140391</v>
+        <v>https://idbroker.vkb.ehealth-id.de</v>
       </c>
       <c r="D12" t="str">
-        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
+        <v>SekIDP PU VKB</v>
       </c>
       <c r="E12" t="str">
-        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
+        <v>Versicherungskammer Bayern</v>
       </c>
       <c r="F12" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G12" t="str">
-        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H12" t="str">
         <v/>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B13" t="str">
-        <v>1524611684</v>
+        <v>947436939</v>
       </c>
       <c r="C13" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168140459</v>
+        <v>https://oidc.vau.idp.rise-service.de/168140119</v>
       </c>
       <c r="D13" t="str">
-        <v>uniVersa Krankenversicherung a.G.</v>
+        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
       </c>
       <c r="E13" t="str">
-        <v>uniVersa Krankenversicherung a.G.</v>
+        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
       </c>
       <c r="F13" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G13" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H13" t="str">
         <v/>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B14" t="str">
-        <v>1176592633</v>
+        <v>1839648355</v>
       </c>
       <c r="C14" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141176</v>
+        <v>https://oidc.vau.idp.rise-service.de/168140379</v>
       </c>
       <c r="D14" t="str">
-        <v>HUK-COBURG-Krankenversicherung AG</v>
+        <v>Münchener Verein Krankenversicherung a.G.</v>
       </c>
       <c r="E14" t="str">
-        <v>HUK-COBURG-Krankenversicherung AG</v>
+        <v>Münchener Verein Krankenversicherung a.G.</v>
       </c>
       <c r="F14" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G14" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H14" t="str">
         <v/>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B15" t="str">
-        <v>3065924768</v>
+        <v>4261309407</v>
       </c>
       <c r="C15" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141187</v>
+        <v>https://oidc.vau.idp.rise-service.de/168140391</v>
       </c>
       <c r="D15" t="str">
-        <v>Concordia Krankenversicherungs-AG</v>
+        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
       </c>
       <c r="E15" t="str">
-        <v>Concordia Krankenversicherungs-AG</v>
+        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
       </c>
       <c r="F15" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G15" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H15" t="str">
         <v/>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B16" t="str">
-        <v>2418801426</v>
+        <v>1524611684</v>
       </c>
       <c r="C16" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141358</v>
+        <v>https://oidc.vau.idp.rise-service.de/168140459</v>
       </c>
       <c r="D16" t="str">
-        <v>VGH Provinzial Krankenversicherung</v>
+        <v>uniVersa Krankenversicherung a.G.</v>
       </c>
       <c r="E16" t="str">
-        <v>VGH Provinzial Krankenversicherung</v>
+        <v>uniVersa Krankenversicherung a.G.</v>
       </c>
       <c r="F16" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G16" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H16" t="str">
         <v/>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B17" t="str">
-        <v>3695926528</v>
+        <v>1176592633</v>
       </c>
       <c r="C17" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141392</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141176</v>
       </c>
       <c r="D17" t="str">
-        <v>Württembergische</v>
+        <v>HUK-COBURG-Krankenversicherung AG</v>
       </c>
       <c r="E17" t="str">
-        <v>Württembergische</v>
+        <v>HUK-COBURG-Krankenversicherung AG</v>
       </c>
       <c r="F17" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G17" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H17" t="str">
         <v/>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B18" t="str">
-        <v>380634516</v>
+        <v>3065924768</v>
       </c>
       <c r="C18" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141416</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141187</v>
       </c>
       <c r="D18" t="str">
-        <v>Mecklenburgische Krankenversicherungs-AG</v>
+        <v>Concordia Krankenversicherungs-AG</v>
       </c>
       <c r="E18" t="str">
-        <v>Mecklenburgische Krankenversicherungs-AG</v>
+        <v>Concordia Krankenversicherungs-AG</v>
       </c>
       <c r="F18" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G18" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H18" t="str">
         <v/>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B19" t="str">
-        <v>1251632833</v>
+        <v>2418801426</v>
       </c>
       <c r="C19" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141427</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141358</v>
       </c>
       <c r="D19" t="str">
-        <v>ALTE OLDENBURGER</v>
+        <v>VGH Provinzial Krankenversicherung</v>
       </c>
       <c r="E19" t="str">
-        <v>ALTE OLDENBURGER</v>
+        <v>VGH Provinzial Krankenversicherung</v>
       </c>
       <c r="F19" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G19" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H19" t="str">
         <v/>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B20" t="str">
-        <v>3275639313</v>
+        <v>3695926528</v>
       </c>
       <c r="C20" t="str">
-        <v>https://oidc.vau.idp.rise-service.de/168141438</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141392</v>
       </c>
       <c r="D20" t="str">
-        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
+        <v>Württembergische</v>
       </c>
       <c r="E20" t="str">
-        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
+        <v>Württembergische</v>
       </c>
       <c r="F20" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G20" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H20" t="str">
         <v/>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B21" t="str">
-        <v>2221744375</v>
+        <v>380634516</v>
       </c>
       <c r="C21" t="str">
-        <v>https://web.bayern.aok-ident.de</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141416</v>
       </c>
       <c r="D21" t="str">
-        <v>T-Systems International GmbH</v>
+        <v>Mecklenburgische Krankenversicherungs-AG</v>
       </c>
       <c r="E21" t="str">
-        <v>AOK Bayern</v>
+        <v>Mecklenburgische Krankenversicherungs-AG</v>
       </c>
       <c r="F21" t="str">
-        <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G21" t="str">
-        <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H21" t="str">
         <v/>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B22" t="str">
-        <v>1852923835</v>
+        <v>1251632833</v>
       </c>
       <c r="C22" t="str">
-        <v>https://web.bremen.aok-ident.de</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141427</v>
       </c>
       <c r="D22" t="str">
-        <v>T-Systems International GmbH</v>
+        <v>ALTE OLDENBURGER</v>
       </c>
       <c r="E22" t="str">
-        <v>AOK Bremen/Bremerhaven</v>
+        <v>ALTE OLDENBURGER</v>
       </c>
       <c r="F22" t="str">
-        <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G22" t="str">
-        <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H22" t="str">
         <v/>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B23" t="str">
-        <v>4197117836</v>
+        <v>3275639313</v>
       </c>
       <c r="C23" t="str">
-        <v>https://web.bw.aok-ident.de</v>
+        <v>https://oidc.vau.idp.rise-service.de/168141438</v>
       </c>
       <c r="D23" t="str">
-        <v>T-Systems International GmbH</v>
+        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
       </c>
       <c r="E23" t="str">
-        <v>AOK Baden-Württemberg</v>
+        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
       </c>
       <c r="F23" t="str">
-        <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G23" t="str">
-        <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H23" t="str">
         <v/>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B24" t="str">
-        <v>2854876403</v>
+        <v>2221744375</v>
       </c>
       <c r="C24" t="str">
-        <v>https://web.hessen.aok-ident.de</v>
+        <v>https://web.bayern.aok-ident.de</v>
       </c>
       <c r="D24" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E24" t="str">
-        <v>AOK Hessen</v>
+        <v>AOK Bayern</v>
       </c>
       <c r="F24" t="str">
         <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G24" t="str">
         <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H24" t="str">
         <v/>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B25" t="str">
-        <v>136563546</v>
+        <v>1852923835</v>
       </c>
       <c r="C25" t="str">
-        <v>https://web.id.digital.barmer.de</v>
+        <v>https://web.bremen.aok-ident.de</v>
       </c>
       <c r="D25" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E25" t="str">
-        <v>BARMER</v>
+        <v>AOK Bremen/Bremerhaven</v>
       </c>
       <c r="F25" t="str">
-        <v>idcard login mobileapp offline offline_access openid urn:barmer:ecare urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G25" t="str">
         <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H25" t="str">
         <v/>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B26" t="str">
-        <v>3305020597</v>
+        <v>4197117836</v>
       </c>
       <c r="C26" t="str">
-        <v>https://web.niedersachsen.aok-ident.de</v>
+        <v>https://web.bw.aok-ident.de</v>
       </c>
       <c r="D26" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E26" t="str">
-        <v>AOK Niedersachsen</v>
+        <v>AOK Baden-Württemberg</v>
       </c>
       <c r="F26" t="str">
         <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G26" t="str">
         <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H26" t="str">
         <v/>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B27" t="str">
-        <v>1024202221</v>
+        <v>2854876403</v>
       </c>
       <c r="C27" t="str">
-        <v>https://web.nordost.aok-ident.de</v>
+        <v>https://web.hessen.aok-ident.de</v>
       </c>
       <c r="D27" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E27" t="str">
-        <v>AOK Nordost</v>
+        <v>AOK Hessen</v>
       </c>
       <c r="F27" t="str">
         <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G27" t="str">
         <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H27" t="str">
         <v/>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B28" t="str">
-        <v>1964638709</v>
+        <v>136563546</v>
       </c>
       <c r="C28" t="str">
-        <v>https://web.nordwest.aok-ident.de</v>
+        <v>https://web.id.digital.barmer.de</v>
       </c>
       <c r="D28" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E28" t="str">
-        <v>AOK NordWest</v>
+        <v>BARMER</v>
       </c>
       <c r="F28" t="str">
-        <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>idcard login mobileapp offline offline_access openid urn:barmer:ecare urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G28" t="str">
         <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H28" t="str">
         <v/>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B29" t="str">
-        <v>1334824531</v>
+        <v>3305020597</v>
       </c>
       <c r="C29" t="str">
-        <v>https://web.plus.aok-ident.de</v>
+        <v>https://web.niedersachsen.aok-ident.de</v>
       </c>
       <c r="D29" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E29" t="str">
-        <v>AOK PLUS</v>
+        <v>AOK Niedersachsen</v>
       </c>
       <c r="F29" t="str">
         <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G29" t="str">
         <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H29" t="str">
         <v/>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B30" t="str">
-        <v>2389637209</v>
+        <v>1024202221</v>
       </c>
       <c r="C30" t="str">
-        <v>https://web.rh.aok-ident.de</v>
+        <v>https://web.nordost.aok-ident.de</v>
       </c>
       <c r="D30" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E30" t="str">
-        <v>AOK Rheinland/Hamburg</v>
+        <v>AOK Nordost</v>
       </c>
       <c r="F30" t="str">
         <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G30" t="str">
         <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H30" t="str">
         <v/>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B31" t="str">
-        <v>2289394438</v>
+        <v>1964638709</v>
       </c>
       <c r="C31" t="str">
-        <v>https://web.rps.aok-ident.de</v>
+        <v>https://web.nordwest.aok-ident.de</v>
       </c>
       <c r="D31" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E31" t="str">
-        <v>AOK Rheinland Pfalz/Saarland</v>
+        <v>AOK NordWest</v>
       </c>
       <c r="F31" t="str">
         <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G31" t="str">
         <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H31" t="str">
         <v/>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B32" t="str">
-        <v>2579750129</v>
+        <v>1334824531</v>
       </c>
       <c r="C32" t="str">
-        <v>https://web.sa.aok-ident.de</v>
+        <v>https://web.plus.aok-ident.de</v>
       </c>
       <c r="D32" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E32" t="str">
-        <v>AOK Sachsen-Anhalt</v>
+        <v>AOK PLUS</v>
       </c>
       <c r="F32" t="str">
         <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G32" t="str">
         <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H32" t="str">
         <v/>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B33" t="str">
-        <v>3750635582</v>
+        <v>2389637209</v>
       </c>
       <c r="C33" t="str">
-        <v>https://www.idp.iam-bms.de/100602360</v>
+        <v>https://web.rh.aok-ident.de</v>
       </c>
       <c r="D33" t="str">
-        <v>IKK Brandenburg und Berlin</v>
+        <v>T-Systems International GmbH</v>
       </c>
       <c r="E33" t="str">
-        <v>IKK Brandenburg und Berlin</v>
+        <v>AOK Rheinland/Hamburg</v>
       </c>
       <c r="F33" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G33" t="str">
-        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H33" t="str">
         <v/>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B34" t="str">
-        <v>2566444252</v>
+        <v>2289394438</v>
       </c>
       <c r="C34" t="str">
-        <v>https://www.idp.iam-bms.de/101202961</v>
+        <v>https://web.rps.aok-ident.de</v>
       </c>
       <c r="D34" t="str">
-        <v>IKK gesund plus</v>
+        <v>T-Systems International GmbH</v>
       </c>
       <c r="E34" t="str">
-        <v>IKK gesund plus</v>
+        <v>AOK Rheinland Pfalz/Saarland</v>
       </c>
       <c r="F34" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G34" t="str">
-        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H34" t="str">
         <v/>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B35" t="str">
-        <v>2634666876</v>
+        <v>2579750129</v>
       </c>
       <c r="C35" t="str">
-        <v>https://www.idp.iam-bms.de/101300129</v>
+        <v>https://web.sa.aok-ident.de</v>
       </c>
       <c r="D35" t="str">
-        <v>IKK - Die Innovationskasse</v>
+        <v>T-Systems International GmbH</v>
       </c>
       <c r="E35" t="str">
-        <v>IKK - Die Innovationskasse</v>
+        <v>AOK Sachsen-Anhalt</v>
       </c>
       <c r="F35" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>idcard login mobileapp offline offline_access openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G35" t="str">
-        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>acr amr birthdate sub urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H35" t="str">
         <v/>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B36" t="str">
-        <v>1757545186</v>
+        <v>3750635582</v>
       </c>
       <c r="C36" t="str">
-        <v>https://www.idp.iam-bms.de/101320032</v>
+        <v>https://www.idp.iam-bms.de/100602360</v>
       </c>
       <c r="D36" t="str">
-        <v>SECURVITA BKK</v>
+        <v>IKK Brandenburg und Berlin</v>
       </c>
       <c r="E36" t="str">
-        <v>SECURVITA BKK</v>
+        <v>IKK Brandenburg und Berlin</v>
       </c>
       <c r="F36" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G36" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H36" t="str">
         <v/>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B37" t="str">
-        <v>975359461</v>
+        <v>2566444252</v>
       </c>
       <c r="C37" t="str">
-        <v>https://www.idp.iam-bms.de/101520078</v>
+        <v>https://www.idp.iam-bms.de/101202961</v>
       </c>
       <c r="D37" t="str">
-        <v>Mobil Krankenkasse</v>
+        <v>IKK gesund plus</v>
       </c>
       <c r="E37" t="str">
-        <v>Mobil Krankenkasse</v>
+        <v>IKK gesund plus</v>
       </c>
       <c r="F37" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G37" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H37" t="str">
         <v/>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B38" t="str">
-        <v>1076866179</v>
+        <v>2634666876</v>
       </c>
       <c r="C38" t="str">
-        <v>https://www.idp.iam-bms.de/101922757</v>
+        <v>https://www.idp.iam-bms.de/101300129</v>
       </c>
       <c r="D38" t="str">
-        <v>BKK Salzgitter</v>
+        <v>IKK - Die Innovationskasse</v>
       </c>
       <c r="E38" t="str">
-        <v>BKK Salzgitter</v>
+        <v>IKK - Die Innovationskasse</v>
       </c>
       <c r="F38" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G38" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H38" t="str">
         <v/>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B39" t="str">
-        <v>3938660454</v>
+        <v>1757545186</v>
       </c>
       <c r="C39" t="str">
-        <v>https://www.idp.iam-bms.de/101931440</v>
+        <v>https://www.idp.iam-bms.de/101320032</v>
       </c>
       <c r="D39" t="str">
-        <v>BKK Public</v>
+        <v>SECURVITA BKK</v>
       </c>
       <c r="E39" t="str">
-        <v>BKK Public</v>
+        <v>SECURVITA BKK</v>
       </c>
       <c r="F39" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G39" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H39" t="str">
         <v/>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B40" t="str">
-        <v>2169737078</v>
+        <v>975359461</v>
       </c>
       <c r="C40" t="str">
-        <v>https://www.idp.iam-bms.de/102031410</v>
+        <v>https://www.idp.iam-bms.de/101520078</v>
       </c>
       <c r="D40" t="str">
-        <v>BKK Technoform</v>
+        <v>Mobil Krankenkasse</v>
       </c>
       <c r="E40" t="str">
-        <v>BKK Technoform</v>
+        <v>Mobil Krankenkasse</v>
       </c>
       <c r="F40" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G40" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H40" t="str">
         <v/>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B41" t="str">
-        <v>2651906077</v>
+        <v>1076866179</v>
       </c>
       <c r="C41" t="str">
-        <v>https://www.idp.iam-bms.de/102122557</v>
+        <v>https://www.idp.iam-bms.de/101922757</v>
       </c>
       <c r="D41" t="str">
-        <v>BKK exklusiv</v>
+        <v>BKK Salzgitter</v>
       </c>
       <c r="E41" t="str">
-        <v>BKK exklusiv</v>
+        <v>BKK Salzgitter</v>
       </c>
       <c r="F41" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G41" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H41" t="str">
         <v/>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B42" t="str">
-        <v>689936420</v>
+        <v>3938660454</v>
       </c>
       <c r="C42" t="str">
-        <v>https://www.idp.iam-bms.de/102122660</v>
+        <v>https://www.idp.iam-bms.de/101931440</v>
       </c>
       <c r="D42" t="str">
-        <v>BKK24</v>
+        <v>BKK Public</v>
       </c>
       <c r="E42" t="str">
-        <v>BKK24</v>
+        <v>BKK Public</v>
       </c>
       <c r="F42" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G42" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H42" t="str">
         <v/>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B43" t="str">
-        <v>2285218909</v>
+        <v>2169737078</v>
       </c>
       <c r="C43" t="str">
-        <v>https://www.idp.iam-bms.de/102129930</v>
+        <v>https://www.idp.iam-bms.de/102031410</v>
       </c>
       <c r="D43" t="str">
-        <v>energie-BKK</v>
+        <v>BKK Technoform</v>
       </c>
       <c r="E43" t="str">
-        <v>energie-BKK</v>
+        <v>BKK Technoform</v>
       </c>
       <c r="F43" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G43" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H43" t="str">
         <v/>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B44" t="str">
-        <v>3323256730</v>
+        <v>2651906077</v>
       </c>
       <c r="C44" t="str">
-        <v>https://www.idp.iam-bms.de/102137985</v>
+        <v>https://www.idp.iam-bms.de/102122557</v>
       </c>
       <c r="D44" t="str">
-        <v>TUI BKK</v>
+        <v>BKK exklusiv</v>
       </c>
       <c r="E44" t="str">
-        <v>TUI BKK</v>
+        <v>BKK exklusiv</v>
       </c>
       <c r="F44" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G44" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H44" t="str">
         <v/>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B45" t="str">
-        <v>1451766755</v>
+        <v>689936420</v>
       </c>
       <c r="C45" t="str">
-        <v>https://www.idp.iam-bms.de/102171012</v>
+        <v>https://www.idp.iam-bms.de/102122660</v>
       </c>
       <c r="D45" t="str">
-        <v>Kaufmännische Krankenkasse</v>
+        <v>BKK24</v>
       </c>
       <c r="E45" t="str">
-        <v>Kaufmännische Krankenkasse</v>
+        <v>BKK24</v>
       </c>
       <c r="F45" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G45" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H45" t="str">
         <v/>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B46" t="str">
-        <v>2453562406</v>
+        <v>2285218909</v>
       </c>
       <c r="C46" t="str">
-        <v>https://www.idp.iam-bms.de/102429648</v>
+        <v>https://www.idp.iam-bms.de/102129930</v>
       </c>
       <c r="D46" t="str">
-        <v>BKK EWE</v>
+        <v>energie-BKK</v>
       </c>
       <c r="E46" t="str">
-        <v>BKK EWE</v>
+        <v>energie-BKK</v>
       </c>
       <c r="F46" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G46" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H46" t="str">
         <v/>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B47" t="str">
-        <v>2072070941</v>
+        <v>3323256730</v>
       </c>
       <c r="C47" t="str">
-        <v>https://www.idp.iam-bms.de/103121137</v>
+        <v>https://www.idp.iam-bms.de/102137985</v>
       </c>
       <c r="D47" t="str">
-        <v>BKK firmus</v>
+        <v>TUI BKK</v>
       </c>
       <c r="E47" t="str">
-        <v>BKK firmus</v>
+        <v>TUI BKK</v>
       </c>
       <c r="F47" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G47" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H47" t="str">
         <v/>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B48" t="str">
-        <v>1364749939</v>
+        <v>1451766755</v>
       </c>
       <c r="C48" t="str">
-        <v>https://www.idp.iam-bms.de/103170002</v>
+        <v>https://www.idp.iam-bms.de/102171012</v>
       </c>
       <c r="D48" t="str">
-        <v>hkk</v>
+        <v>Kaufmännische Krankenkasse</v>
       </c>
       <c r="E48" t="str">
-        <v>hkk</v>
+        <v>Kaufmännische Krankenkasse</v>
       </c>
       <c r="F48" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G48" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H48" t="str">
         <v/>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B49" t="str">
-        <v>3867311156</v>
+        <v>2453562406</v>
       </c>
       <c r="C49" t="str">
-        <v>https://www.idp.iam-bms.de/103501080</v>
+        <v>https://www.idp.iam-bms.de/102429648</v>
       </c>
       <c r="D49" t="str">
-        <v>BIG direkt gesund</v>
+        <v>BKK EWE</v>
       </c>
       <c r="E49" t="str">
-        <v>BIG direkt gesund</v>
+        <v>BKK EWE</v>
       </c>
       <c r="F49" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G49" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H49" t="str">
         <v/>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B50" t="str">
-        <v>2650210319</v>
+        <v>2072070941</v>
       </c>
       <c r="C50" t="str">
-        <v>https://www.idp.iam-bms.de/103523440</v>
+        <v>https://www.idp.iam-bms.de/103121137</v>
       </c>
       <c r="D50" t="str">
-        <v>Continentale BKK</v>
+        <v>BKK firmus</v>
       </c>
       <c r="E50" t="str">
-        <v>Continentale BKK</v>
+        <v>BKK firmus</v>
       </c>
       <c r="F50" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G50" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H50" t="str">
         <v/>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B51" t="str">
-        <v>2763007129</v>
+        <v>1364749939</v>
       </c>
       <c r="C51" t="str">
-        <v>https://www.idp.iam-bms.de/103526615</v>
+        <v>https://www.idp.iam-bms.de/103170002</v>
       </c>
       <c r="D51" t="str">
-        <v>BKK VDN</v>
+        <v>hkk</v>
       </c>
       <c r="E51" t="str">
-        <v>BKK VDN</v>
+        <v>hkk</v>
       </c>
       <c r="F51" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G51" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H51" t="str">
         <v/>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B52" t="str">
-        <v>150993914</v>
+        <v>3867311156</v>
       </c>
       <c r="C52" t="str">
-        <v>https://www.idp.iam-bms.de/103724238</v>
+        <v>https://www.idp.iam-bms.de/103501080</v>
       </c>
       <c r="D52" t="str">
-        <v>Heimat Krankenkasse</v>
+        <v>BIG direkt gesund</v>
       </c>
       <c r="E52" t="str">
-        <v>Heimat Krankenkasse</v>
+        <v>BIG direkt gesund</v>
       </c>
       <c r="F52" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G52" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H52" t="str">
         <v/>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B53" t="str">
-        <v>817454507</v>
+        <v>2650210319</v>
       </c>
       <c r="C53" t="str">
-        <v>https://www.idp.iam-bms.de/103724249</v>
+        <v>https://www.idp.iam-bms.de/103523440</v>
       </c>
       <c r="D53" t="str">
-        <v>BKK_DürkoppAdler</v>
+        <v>Continentale BKK</v>
       </c>
       <c r="E53" t="str">
-        <v>BKK_DürkoppAdler</v>
+        <v>Continentale BKK</v>
       </c>
       <c r="F53" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G53" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H53" t="str">
         <v/>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B54" t="str">
-        <v>2353453024</v>
+        <v>2763007129</v>
       </c>
       <c r="C54" t="str">
-        <v>https://www.idp.iam-bms.de/103724272</v>
+        <v>https://www.idp.iam-bms.de/103526615</v>
       </c>
       <c r="D54" t="str">
-        <v>BKK GILDEMEISTER SEIDENSTICKER</v>
+        <v>BKK VDN</v>
       </c>
       <c r="E54" t="str">
-        <v>BKK GILDEMEISTER SEIDENSTICKER</v>
+        <v>BKK VDN</v>
       </c>
       <c r="F54" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G54" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H54" t="str">
         <v/>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B55" t="str">
-        <v>4221984603</v>
+        <v>150993914</v>
       </c>
       <c r="C55" t="str">
-        <v>https://www.idp.iam-bms.de/103724294</v>
+        <v>https://www.idp.iam-bms.de/103724238</v>
       </c>
       <c r="D55" t="str">
-        <v>BKK Diakonie</v>
+        <v>Heimat Krankenkasse</v>
       </c>
       <c r="E55" t="str">
-        <v>BKK Diakonie</v>
+        <v>Heimat Krankenkasse</v>
       </c>
       <c r="F55" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G55" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H55" t="str">
         <v/>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B56" t="str">
-        <v>504727921</v>
+        <v>817454507</v>
       </c>
       <c r="C56" t="str">
-        <v>https://www.idp.iam-bms.de/103725342</v>
+        <v>https://www.idp.iam-bms.de/103724249</v>
       </c>
       <c r="D56" t="str">
-        <v>Bertelsmann BKK</v>
+        <v>BKK_DürkoppAdler</v>
       </c>
       <c r="E56" t="str">
-        <v>Bertelsmann BKK</v>
+        <v>BKK_DürkoppAdler</v>
       </c>
       <c r="F56" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G56" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H56" t="str">
         <v/>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B57" t="str">
-        <v>3309326022</v>
+        <v>2353453024</v>
       </c>
       <c r="C57" t="str">
-        <v>https://www.idp.iam-bms.de/103725364</v>
+        <v>https://www.idp.iam-bms.de/103724272</v>
       </c>
       <c r="D57" t="str">
-        <v>BKK Miele</v>
+        <v>BKK GILDEMEISTER SEIDENSTICKER</v>
       </c>
       <c r="E57" t="str">
-        <v>BKK Miele</v>
+        <v>BKK GILDEMEISTER SEIDENSTICKER</v>
       </c>
       <c r="F57" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G57" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H57" t="str">
         <v/>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B58" t="str">
-        <v>995788400</v>
+        <v>4221984603</v>
       </c>
       <c r="C58" t="str">
-        <v>https://www.idp.iam-bms.de/103726081</v>
+        <v>https://www.idp.iam-bms.de/103724294</v>
       </c>
       <c r="D58" t="str">
-        <v>BKK Melitta HMR</v>
+        <v>BKK Diakonie</v>
       </c>
       <c r="E58" t="str">
-        <v>BKK Melitta HMR</v>
+        <v>BKK Diakonie</v>
       </c>
       <c r="F58" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G58" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H58" t="str">
         <v/>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B59" t="str">
-        <v>4208473308</v>
+        <v>504727921</v>
       </c>
       <c r="C59" t="str">
-        <v>https://www.idp.iam-bms.de/104125509</v>
+        <v>https://www.idp.iam-bms.de/103725342</v>
       </c>
       <c r="D59" t="str">
-        <v>BKK EUREGIO</v>
+        <v>Bertelsmann BKK</v>
       </c>
       <c r="E59" t="str">
-        <v>BKK EUREGIO</v>
+        <v>Bertelsmann BKK</v>
       </c>
       <c r="F59" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G59" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H59" t="str">
         <v/>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B60" t="str">
-        <v>2469048368</v>
+        <v>3309326022</v>
       </c>
       <c r="C60" t="str">
-        <v>https://www.idp.iam-bms.de/104224634</v>
+        <v>https://www.idp.iam-bms.de/103725364</v>
       </c>
       <c r="D60" t="str">
-        <v>BKK Deutsche Bank AG</v>
+        <v>BKK Miele</v>
       </c>
       <c r="E60" t="str">
-        <v>BKK Deutsche Bank AG</v>
+        <v>BKK Miele</v>
       </c>
       <c r="F60" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G60" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H60" t="str">
         <v/>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B61" t="str">
-        <v>3063675456</v>
+        <v>995788400</v>
       </c>
       <c r="C61" t="str">
-        <v>https://www.idp.iam-bms.de/104491707</v>
+        <v>https://www.idp.iam-bms.de/103726081</v>
       </c>
       <c r="D61" t="str">
-        <v>Novitas BKK</v>
+        <v>BKK Melitta HMR</v>
       </c>
       <c r="E61" t="str">
-        <v>Novitas BKK</v>
+        <v>BKK Melitta HMR</v>
       </c>
       <c r="F61" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G61" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H61" t="str">
         <v/>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B62" t="str">
-        <v>2422740153</v>
+        <v>4208473308</v>
       </c>
       <c r="C62" t="str">
-        <v>https://www.idp.iam-bms.de/104926702</v>
+        <v>https://www.idp.iam-bms.de/104125509</v>
       </c>
       <c r="D62" t="str">
-        <v>BERGISCHE KRANKENKASSE</v>
+        <v>BKK EUREGIO</v>
       </c>
       <c r="E62" t="str">
-        <v>BERGISCHE KRANKENKASSE</v>
+        <v>BKK EUREGIO</v>
       </c>
       <c r="F62" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G62" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H62" t="str">
         <v/>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B63" t="str">
-        <v>162586105</v>
+        <v>2469048368</v>
       </c>
       <c r="C63" t="str">
-        <v>https://www.idp.iam-bms.de/105230076</v>
+        <v>https://www.idp.iam-bms.de/104224634</v>
       </c>
       <c r="D63" t="str">
-        <v>Merck BKK</v>
+        <v>BKK Deutsche Bank AG</v>
       </c>
       <c r="E63" t="str">
-        <v>Merck BKK</v>
+        <v>BKK Deutsche Bank AG</v>
       </c>
       <c r="F63" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G63" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H63" t="str">
         <v/>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B64" t="str">
-        <v>1032681517</v>
+        <v>3063675456</v>
       </c>
       <c r="C64" t="str">
-        <v>https://www.idp.iam-bms.de/105330168</v>
+        <v>https://www.idp.iam-bms.de/104491707</v>
       </c>
       <c r="D64" t="str">
-        <v>Salus BKK</v>
+        <v>Novitas BKK</v>
       </c>
       <c r="E64" t="str">
-        <v>Salus BKK</v>
+        <v>Novitas BKK</v>
       </c>
       <c r="F64" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G64" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H64" t="str">
         <v/>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B65" t="str">
-        <v>1072559655</v>
+        <v>2422740153</v>
       </c>
       <c r="C65" t="str">
-        <v>https://www.idp.iam-bms.de/105330431</v>
+        <v>https://www.idp.iam-bms.de/104926702</v>
       </c>
       <c r="D65" t="str">
-        <v>KARL MAYER BKK</v>
+        <v>BERGISCHE KRANKENKASSE</v>
       </c>
       <c r="E65" t="str">
-        <v>KARL MAYER BKK</v>
+        <v>BERGISCHE KRANKENKASSE</v>
       </c>
       <c r="F65" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G65" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H65" t="str">
         <v/>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B66" t="str">
-        <v>1668384162</v>
+        <v>162586105</v>
       </c>
       <c r="C66" t="str">
-        <v>https://www.idp.iam-bms.de/105508787</v>
+        <v>https://www.idp.iam-bms.de/105230076</v>
       </c>
       <c r="D66" t="str">
-        <v>SVLFG</v>
+        <v>Merck BKK</v>
       </c>
       <c r="E66" t="str">
-        <v>SVLFG</v>
+        <v>Merck BKK</v>
       </c>
       <c r="F66" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G66" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H66" t="str">
         <v/>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B67" t="str">
-        <v>1744859955</v>
+        <v>1032681517</v>
       </c>
       <c r="C67" t="str">
-        <v>https://www.idp.iam-bms.de/105530126</v>
+        <v>https://www.idp.iam-bms.de/105330168</v>
       </c>
       <c r="D67" t="str">
-        <v>BKK Werra-Meissner</v>
+        <v>Salus BKK</v>
       </c>
       <c r="E67" t="str">
-        <v>BKK Werra-Meissner</v>
+        <v>Salus BKK</v>
       </c>
       <c r="F67" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G67" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H67" t="str">
         <v/>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B68" t="str">
-        <v>3975873471</v>
+        <v>1072559655</v>
       </c>
       <c r="C68" t="str">
-        <v>https://www.idp.iam-bms.de/105530331</v>
+        <v>https://www.idp.iam-bms.de/105330431</v>
       </c>
       <c r="D68" t="str">
-        <v>BKK Herkules</v>
+        <v>KARL MAYER BKK</v>
       </c>
       <c r="E68" t="str">
-        <v>BKK Herkules</v>
+        <v>KARL MAYER BKK</v>
       </c>
       <c r="F68" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G68" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H68" t="str">
         <v/>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B69" t="str">
-        <v>3600775026</v>
+        <v>1668384162</v>
       </c>
       <c r="C69" t="str">
-        <v>https://www.idp.iam-bms.de/105530444</v>
+        <v>https://www.idp.iam-bms.de/105508787</v>
       </c>
       <c r="D69" t="str">
-        <v>BKK B. Braun Aesculap</v>
+        <v>SVLFG</v>
       </c>
       <c r="E69" t="str">
-        <v>BKK B. Braun Aesculap</v>
+        <v>SVLFG</v>
       </c>
       <c r="F69" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G69" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H69" t="str">
         <v/>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B70" t="str">
-        <v>2781574953</v>
+        <v>1744859955</v>
       </c>
       <c r="C70" t="str">
-        <v>https://www.idp.iam-bms.de/105723301</v>
+        <v>https://www.idp.iam-bms.de/105530126</v>
       </c>
       <c r="D70" t="str">
-        <v>BKK PwC</v>
+        <v>BKK Werra-Meissner</v>
       </c>
       <c r="E70" t="str">
-        <v>BKK PwC</v>
+        <v>BKK Werra-Meissner</v>
       </c>
       <c r="F70" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G70" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H70" t="str">
         <v/>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B71" t="str">
-        <v>1649127409</v>
+        <v>3975873471</v>
       </c>
       <c r="C71" t="str">
-        <v>https://www.idp.iam-bms.de/105732324</v>
+        <v>https://www.idp.iam-bms.de/105530331</v>
       </c>
       <c r="D71" t="str">
-        <v>EY BKK</v>
+        <v>BKK Herkules</v>
       </c>
       <c r="E71" t="str">
-        <v>EY BKK</v>
+        <v>BKK Herkules</v>
       </c>
       <c r="F71" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G71" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H71" t="str">
         <v/>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B72" t="str">
-        <v>2341715642</v>
+        <v>3600775026</v>
       </c>
       <c r="C72" t="str">
-        <v>https://www.idp.iam-bms.de/105734543</v>
+        <v>https://www.idp.iam-bms.de/105530444</v>
       </c>
       <c r="D72" t="str">
-        <v>BKK WIRTSCHAFT &amp; FINANZEN</v>
+        <v>BKK B. Braun Aesculap</v>
       </c>
       <c r="E72" t="str">
-        <v>BKK WIRTSCHAFT &amp; FINANZEN</v>
+        <v>BKK B. Braun Aesculap</v>
       </c>
       <c r="F72" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G72" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H72" t="str">
         <v/>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B73" t="str">
-        <v>1169198647</v>
+        <v>2781574953</v>
       </c>
       <c r="C73" t="str">
-        <v>https://www.idp.iam-bms.de/105823040</v>
+        <v>https://www.idp.iam-bms.de/105723301</v>
       </c>
       <c r="D73" t="str">
-        <v>R+V Betriebskrankenkasse</v>
+        <v>BKK PwC</v>
       </c>
       <c r="E73" t="str">
-        <v>R+V Betriebskrankenkasse</v>
+        <v>BKK PwC</v>
       </c>
       <c r="F73" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G73" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H73" t="str">
         <v/>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B74" t="str">
-        <v>4268841241</v>
+        <v>1649127409</v>
       </c>
       <c r="C74" t="str">
-        <v>https://www.idp.iam-bms.de/105830016</v>
+        <v>https://www.idp.iam-bms.de/105732324</v>
       </c>
       <c r="D74" t="str">
-        <v>DAK-Gesundheit</v>
+        <v>EY BKK</v>
       </c>
       <c r="E74" t="str">
-        <v>DAK-Gesundheit</v>
+        <v>EY BKK</v>
       </c>
       <c r="F74" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G74" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H74" t="str">
         <v/>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B75" t="str">
-        <v>2411572068</v>
+        <v>2341715642</v>
       </c>
       <c r="C75" t="str">
-        <v>https://www.idp.iam-bms.de/105830517</v>
+        <v>https://www.idp.iam-bms.de/105734543</v>
       </c>
       <c r="D75" t="str">
-        <v>BKK Linde</v>
+        <v>BKK WIRTSCHAFT &amp; FINANZEN</v>
       </c>
       <c r="E75" t="str">
-        <v>BKK Linde</v>
+        <v>BKK WIRTSCHAFT &amp; FINANZEN</v>
       </c>
       <c r="F75" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G75" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H75" t="str">
         <v/>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B76" t="str">
-        <v>1419117418</v>
+        <v>1169198647</v>
       </c>
       <c r="C76" t="str">
-        <v>https://www.idp.iam-bms.de/106329225</v>
+        <v>https://www.idp.iam-bms.de/105823040</v>
       </c>
       <c r="D76" t="str">
-        <v>Debeka Betriebskrankenkasse</v>
+        <v>R+V Betriebskrankenkasse</v>
       </c>
       <c r="E76" t="str">
-        <v>Debeka Betriebskrankenkasse</v>
+        <v>R+V Betriebskrankenkasse</v>
       </c>
       <c r="F76" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G76" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H76" t="str">
         <v/>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B77" t="str">
-        <v>2744805454</v>
+        <v>4268841241</v>
       </c>
       <c r="C77" t="str">
-        <v>https://www.idp.iam-bms.de/106331593</v>
+        <v>https://www.idp.iam-bms.de/105830016</v>
       </c>
       <c r="D77" t="str">
-        <v>BKK evm</v>
+        <v>DAK-Gesundheit</v>
       </c>
       <c r="E77" t="str">
-        <v>BKK evm</v>
+        <v>DAK-Gesundheit</v>
       </c>
       <c r="F77" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G77" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H77" t="str">
         <v/>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B78" t="str">
-        <v>1461405166</v>
+        <v>2411572068</v>
       </c>
       <c r="C78" t="str">
-        <v>https://www.idp.iam-bms.de/106431572</v>
+        <v>https://www.idp.iam-bms.de/105830517</v>
       </c>
       <c r="D78" t="str">
-        <v>BKK PFAFF</v>
+        <v>BKK Linde</v>
       </c>
       <c r="E78" t="str">
-        <v>BKK PFAFF</v>
+        <v>BKK Linde</v>
       </c>
       <c r="F78" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G78" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H78" t="str">
         <v/>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B79" t="str">
-        <v>1735104821</v>
+        <v>1419117418</v>
       </c>
       <c r="C79" t="str">
-        <v>https://www.idp.iam-bms.de/106431652</v>
+        <v>https://www.idp.iam-bms.de/106329225</v>
       </c>
       <c r="D79" t="str">
-        <v>BKK Pfalz</v>
+        <v>Debeka Betriebskrankenkasse</v>
       </c>
       <c r="E79" t="str">
-        <v>BKK Pfalz</v>
+        <v>Debeka Betriebskrankenkasse</v>
       </c>
       <c r="F79" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G79" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H79" t="str">
         <v/>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B80" t="str">
-        <v>3793195787</v>
+        <v>2744805454</v>
       </c>
       <c r="C80" t="str">
-        <v>https://www.idp.iam-bms.de/106492393</v>
+        <v>https://www.idp.iam-bms.de/106331593</v>
       </c>
       <c r="D80" t="str">
-        <v>Pronova BKK</v>
+        <v>BKK evm</v>
       </c>
       <c r="E80" t="str">
-        <v>Pronova BKK</v>
+        <v>BKK evm</v>
       </c>
       <c r="F80" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G80" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H80" t="str">
         <v/>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B81" t="str">
-        <v>3180127239</v>
+        <v>1461405166</v>
       </c>
       <c r="C81" t="str">
-        <v>https://www.idp.iam-bms.de/106936311</v>
+        <v>https://www.idp.iam-bms.de/106431572</v>
       </c>
       <c r="D81" t="str">
-        <v>Südzucker BKK</v>
+        <v>BKK PFAFF</v>
       </c>
       <c r="E81" t="str">
-        <v>Südzucker BKK</v>
+        <v>BKK PFAFF</v>
       </c>
       <c r="F81" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G81" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H81" t="str">
         <v/>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B82" t="str">
-        <v>497625451</v>
+        <v>1735104821</v>
       </c>
       <c r="C82" t="str">
-        <v>https://www.idp.iam-bms.de/107036370</v>
+        <v>https://www.idp.iam-bms.de/106431652</v>
       </c>
       <c r="D82" t="str">
-        <v>BKK Freudenberg</v>
+        <v>BKK Pfalz</v>
       </c>
       <c r="E82" t="str">
-        <v>BKK Freudenberg</v>
+        <v>BKK Pfalz</v>
       </c>
       <c r="F82" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G82" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H82" t="str">
         <v/>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B83" t="str">
-        <v>2552279311</v>
+        <v>3793195787</v>
       </c>
       <c r="C83" t="str">
-        <v>https://www.idp.iam-bms.de/107202793</v>
+        <v>https://www.idp.iam-bms.de/106492393</v>
       </c>
       <c r="D83" t="str">
-        <v>IKK classic</v>
+        <v>Pronova BKK</v>
       </c>
       <c r="E83" t="str">
-        <v>IKK classic</v>
+        <v>Pronova BKK</v>
       </c>
       <c r="F83" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G83" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H83" t="str">
         <v/>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B84" t="str">
-        <v>3402358115</v>
+        <v>3180127239</v>
       </c>
       <c r="C84" t="str">
-        <v>https://www.idp.iam-bms.de/107531187</v>
+        <v>https://www.idp.iam-bms.de/106936311</v>
       </c>
       <c r="D84" t="str">
-        <v>BKK SBH</v>
+        <v>Südzucker BKK</v>
       </c>
       <c r="E84" t="str">
-        <v>BKK SBH</v>
+        <v>Südzucker BKK</v>
       </c>
       <c r="F84" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G84" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H84" t="str">
         <v/>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B85" t="str">
-        <v>90415929</v>
+        <v>497625451</v>
       </c>
       <c r="C85" t="str">
-        <v>https://www.idp.iam-bms.de/107532042</v>
+        <v>https://www.idp.iam-bms.de/107036370</v>
       </c>
       <c r="D85" t="str">
-        <v>BKK Rieker.RICOSTA.Weisser</v>
+        <v>BKK Freudenberg</v>
       </c>
       <c r="E85" t="str">
-        <v>BKK Rieker.RICOSTA.Weisser</v>
+        <v>BKK Freudenberg</v>
       </c>
       <c r="F85" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G85" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H85" t="str">
         <v/>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B86" t="str">
-        <v>3149103746</v>
+        <v>2552279311</v>
       </c>
       <c r="C86" t="str">
-        <v>https://www.idp.iam-bms.de/107536262</v>
+        <v>https://www.idp.iam-bms.de/107202793</v>
       </c>
       <c r="D86" t="str">
-        <v>vivida bkk</v>
+        <v>IKK classic</v>
       </c>
       <c r="E86" t="str">
-        <v>vivida bkk</v>
+        <v>IKK classic</v>
       </c>
       <c r="F86" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G86" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H86" t="str">
         <v/>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B87" t="str">
-        <v>275156649</v>
+        <v>3402358115</v>
       </c>
       <c r="C87" t="str">
-        <v>https://www.idp.iam-bms.de/107829563</v>
+        <v>https://www.idp.iam-bms.de/107531187</v>
       </c>
       <c r="D87" t="str">
-        <v>ZF BKK</v>
+        <v>BKK SBH</v>
       </c>
       <c r="E87" t="str">
-        <v>ZF BKK</v>
+        <v>BKK SBH</v>
       </c>
       <c r="F87" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G87" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H87" t="str">
         <v/>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B88" t="str">
-        <v>3297395874</v>
+        <v>90415929</v>
       </c>
       <c r="C88" t="str">
-        <v>https://www.idp.iam-bms.de/107832012</v>
+        <v>https://www.idp.iam-bms.de/107532042</v>
       </c>
       <c r="D88" t="str">
-        <v>BKK VerbundPlus</v>
+        <v>BKK Rieker.RICOSTA.Weisser</v>
       </c>
       <c r="E88" t="str">
-        <v>BKK VerbundPlus</v>
+        <v>BKK Rieker.RICOSTA.Weisser</v>
       </c>
       <c r="F88" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G88" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H88" t="str">
         <v/>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B89" t="str">
-        <v>2517535271</v>
+        <v>3149103746</v>
       </c>
       <c r="C89" t="str">
-        <v>https://www.idp.iam-bms.de/107835071</v>
+        <v>https://www.idp.iam-bms.de/107536262</v>
       </c>
       <c r="D89" t="str">
-        <v>BKK Groz-Beckert</v>
+        <v>vivida bkk</v>
       </c>
       <c r="E89" t="str">
-        <v>BKK Groz-Beckert</v>
+        <v>vivida bkk</v>
       </c>
       <c r="F89" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G89" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H89" t="str">
         <v/>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B90" t="str">
-        <v>506105942</v>
+        <v>275156649</v>
       </c>
       <c r="C90" t="str">
-        <v>https://www.idp.iam-bms.de/107835333</v>
+        <v>https://www.idp.iam-bms.de/107829563</v>
       </c>
       <c r="D90" t="str">
-        <v>BKK MTU</v>
+        <v>ZF BKK</v>
       </c>
       <c r="E90" t="str">
-        <v>BKK MTU</v>
+        <v>ZF BKK</v>
       </c>
       <c r="F90" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G90" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H90" t="str">
         <v/>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B91" t="str">
-        <v>3119077901</v>
+        <v>3297395874</v>
       </c>
       <c r="C91" t="str">
-        <v>https://www.idp.iam-bms.de/108030775</v>
+        <v>https://www.idp.iam-bms.de/107832012</v>
       </c>
       <c r="D91" t="str">
-        <v>Mercedes-Benz BKK</v>
+        <v>BKK VerbundPlus</v>
       </c>
       <c r="E91" t="str">
-        <v>Mercedes-Benz BKK</v>
+        <v>BKK VerbundPlus</v>
       </c>
       <c r="F91" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G91" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H91" t="str">
         <v/>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B92" t="str">
-        <v>157501410</v>
+        <v>2517535271</v>
       </c>
       <c r="C92" t="str">
-        <v>https://www.idp.iam-bms.de/108031424</v>
+        <v>https://www.idp.iam-bms.de/107835071</v>
       </c>
       <c r="D92" t="str">
-        <v>BKK Voralb HELLER*INDEX*LEUZE</v>
+        <v>BKK Groz-Beckert</v>
       </c>
       <c r="E92" t="str">
-        <v>BKK Voralb HELLER*INDEX*LEUZE</v>
+        <v>BKK Groz-Beckert</v>
       </c>
       <c r="F92" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G92" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H92" t="str">
         <v/>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B93" t="str">
-        <v>347746283</v>
+        <v>506105942</v>
       </c>
       <c r="C93" t="str">
-        <v>https://www.idp.iam-bms.de/108035576</v>
+        <v>https://www.idp.iam-bms.de/107835333</v>
       </c>
       <c r="D93" t="str">
-        <v>BKK Scheufelen</v>
+        <v>BKK MTU</v>
       </c>
       <c r="E93" t="str">
-        <v>BKK Scheufelen</v>
+        <v>BKK MTU</v>
       </c>
       <c r="F93" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G93" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H93" t="str">
         <v/>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B94" t="str">
-        <v>1204548141</v>
+        <v>3119077901</v>
       </c>
       <c r="C94" t="str">
-        <v>https://www.idp.iam-bms.de/108035612</v>
+        <v>https://www.idp.iam-bms.de/108030775</v>
       </c>
       <c r="D94" t="str">
-        <v>mhplus</v>
+        <v>Mercedes-Benz BKK</v>
       </c>
       <c r="E94" t="str">
-        <v>mhplus</v>
+        <v>Mercedes-Benz BKK</v>
       </c>
       <c r="F94" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G94" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H94" t="str">
         <v/>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B95" t="str">
-        <v>203106323</v>
+        <v>157501410</v>
       </c>
       <c r="C95" t="str">
-        <v>https://www.idp.iam-bms.de/108036123</v>
+        <v>https://www.idp.iam-bms.de/108031424</v>
       </c>
       <c r="D95" t="str">
-        <v>Bosch BKK</v>
+        <v>BKK Voralb HELLER*INDEX*LEUZE</v>
       </c>
       <c r="E95" t="str">
-        <v>Bosch BKK</v>
+        <v>BKK Voralb HELLER*INDEX*LEUZE</v>
       </c>
       <c r="F95" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G95" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H95" t="str">
         <v/>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B96" t="str">
-        <v>3005360800</v>
+        <v>347746283</v>
       </c>
       <c r="C96" t="str">
-        <v>https://www.idp.iam-bms.de/108036145</v>
+        <v>https://www.idp.iam-bms.de/108035576</v>
       </c>
       <c r="D96" t="str">
-        <v>MAHLE BKK</v>
+        <v>BKK Scheufelen</v>
       </c>
       <c r="E96" t="str">
-        <v>MAHLE BKK</v>
+        <v>BKK Scheufelen</v>
       </c>
       <c r="F96" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G96" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H96" t="str">
         <v/>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B97" t="str">
-        <v>2995006546</v>
+        <v>1204548141</v>
       </c>
       <c r="C97" t="str">
-        <v>https://www.idp.iam-bms.de/108036441</v>
+        <v>https://www.idp.iam-bms.de/108035612</v>
       </c>
       <c r="D97" t="str">
-        <v>WMF Betriebskrankenkasse</v>
+        <v>mhplus</v>
       </c>
       <c r="E97" t="str">
-        <v>WMF Betriebskrankenkasse</v>
+        <v>mhplus</v>
       </c>
       <c r="F97" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G97" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H97" t="str">
         <v/>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B98" t="str">
-        <v>1896394899</v>
+        <v>203106323</v>
       </c>
       <c r="C98" t="str">
-        <v>https://www.idp.iam-bms.de/108036577</v>
+        <v>https://www.idp.iam-bms.de/108036123</v>
       </c>
       <c r="D98" t="str">
-        <v>BKK Würth</v>
+        <v>Bosch BKK</v>
       </c>
       <c r="E98" t="str">
-        <v>BKK Würth</v>
+        <v>Bosch BKK</v>
       </c>
       <c r="F98" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G98" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H98" t="str">
         <v/>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B99" t="str">
-        <v>1671060064</v>
+        <v>3005360800</v>
       </c>
       <c r="C99" t="str">
-        <v>https://www.idp.iam-bms.de/108433248</v>
+        <v>https://www.idp.iam-bms.de/108036145</v>
       </c>
       <c r="D99" t="str">
-        <v>SBK</v>
+        <v>MAHLE BKK</v>
       </c>
       <c r="E99" t="str">
-        <v>SBK</v>
+        <v>MAHLE BKK</v>
       </c>
       <c r="F99" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G99" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H99" t="str">
         <v/>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B100" t="str">
-        <v>196797845</v>
+        <v>2995006546</v>
       </c>
       <c r="C100" t="str">
-        <v>https://www.idp.iam-bms.de/108534160</v>
+        <v>https://www.idp.iam-bms.de/108036441</v>
       </c>
       <c r="D100" t="str">
-        <v>Audi BKK</v>
+        <v>WMF Betriebskrankenkasse</v>
       </c>
       <c r="E100" t="str">
-        <v>Audi BKK</v>
+        <v>WMF Betriebskrankenkasse</v>
       </c>
       <c r="F100" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G100" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H100" t="str">
         <v/>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B101" t="str">
-        <v>2388355974</v>
+        <v>1896394899</v>
       </c>
       <c r="C101" t="str">
-        <v>https://www.idp.iam-bms.de/108591499</v>
+        <v>https://www.idp.iam-bms.de/108036577</v>
       </c>
       <c r="D101" t="str">
-        <v>BKK ProVita</v>
+        <v>BKK Würth</v>
       </c>
       <c r="E101" t="str">
-        <v>BKK ProVita</v>
+        <v>BKK Würth</v>
       </c>
       <c r="F101" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G101" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H101" t="str">
         <v/>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B102" t="str">
-        <v>4027334361</v>
+        <v>1671060064</v>
       </c>
       <c r="C102" t="str">
-        <v>https://www.idp.iam-bms.de/108632900</v>
+        <v>https://www.idp.iam-bms.de/108433248</v>
       </c>
       <c r="D102" t="str">
-        <v>BKK Textilgruppe Hof</v>
+        <v>SBK</v>
       </c>
       <c r="E102" t="str">
-        <v>BKK Textilgruppe Hof</v>
+        <v>SBK</v>
       </c>
       <c r="F102" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G102" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H102" t="str">
         <v/>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B103" t="str">
-        <v>1915796944</v>
+        <v>196797845</v>
       </c>
       <c r="C103" t="str">
-        <v>https://www.idp.iam-bms.de/108833355</v>
+        <v>https://www.idp.iam-bms.de/108534160</v>
       </c>
       <c r="D103" t="str">
-        <v>BKK Akzo Nobel Bayern</v>
+        <v>Audi BKK</v>
       </c>
       <c r="E103" t="str">
-        <v>BKK Akzo Nobel Bayern</v>
+        <v>Audi BKK</v>
       </c>
       <c r="F103" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G103" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H103" t="str">
         <v/>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B104" t="str">
-        <v>197801255</v>
+        <v>2388355974</v>
       </c>
       <c r="C104" t="str">
-        <v>https://www.idp.iam-bms.de/108833505</v>
+        <v>https://www.idp.iam-bms.de/108591499</v>
       </c>
       <c r="D104" t="str">
-        <v>SKD BKK</v>
+        <v>BKK ProVita</v>
       </c>
       <c r="E104" t="str">
-        <v>SKD BKK</v>
+        <v>BKK ProVita</v>
       </c>
       <c r="F104" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G104" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H104" t="str">
         <v/>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B105" t="str">
-        <v>835333423</v>
+        <v>4027334361</v>
       </c>
       <c r="C105" t="str">
-        <v>https://www.idp.iam-bms.de/108833674</v>
+        <v>https://www.idp.iam-bms.de/108632900</v>
       </c>
       <c r="D105" t="str">
-        <v>Koenig &amp; Bauer BKK</v>
+        <v>BKK Textilgruppe Hof</v>
       </c>
       <c r="E105" t="str">
-        <v>Koenig &amp; Bauer BKK</v>
+        <v>BKK Textilgruppe Hof</v>
       </c>
       <c r="F105" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G105" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H105" t="str">
         <v/>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B106" t="str">
-        <v>2688558656</v>
+        <v>1915796944</v>
       </c>
       <c r="C106" t="str">
-        <v>https://www.idp.iam-bms.de/108934142</v>
+        <v>https://www.idp.iam-bms.de/108833355</v>
       </c>
       <c r="D106" t="str">
-        <v>Krones BKK</v>
+        <v>BKK Akzo Nobel Bayern</v>
       </c>
       <c r="E106" t="str">
-        <v>Krones BKK</v>
+        <v>BKK Akzo Nobel Bayern</v>
       </c>
       <c r="F106" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G106" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H106" t="str">
         <v/>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B107" t="str">
-        <v>2109922864</v>
+        <v>197801255</v>
       </c>
       <c r="C107" t="str">
-        <v>https://www.idp.iam-bms.de/109033393</v>
+        <v>https://www.idp.iam-bms.de/108833505</v>
       </c>
       <c r="D107" t="str">
-        <v>BKK Faber-Castell &amp; Partner</v>
+        <v>SKD BKK</v>
       </c>
       <c r="E107" t="str">
-        <v>BKK Faber-Castell &amp; Partner</v>
+        <v>SKD BKK</v>
       </c>
       <c r="F107" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G107" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H107" t="str">
         <v/>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B108" t="str">
-        <v>3864916106</v>
+        <v>835333423</v>
       </c>
       <c r="C108" t="str">
-        <v>https://www.idp.iam-bms.de/109034270</v>
+        <v>https://www.idp.iam-bms.de/108833674</v>
       </c>
       <c r="D108" t="str">
-        <v>BMW BKK</v>
+        <v>Koenig &amp; Bauer BKK</v>
       </c>
       <c r="E108" t="str">
-        <v>BMW BKK</v>
+        <v>Koenig &amp; Bauer BKK</v>
       </c>
       <c r="F108" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G108" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H108" t="str">
         <v/>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B109" t="str">
-        <v>2201619499</v>
+        <v>2688558656</v>
       </c>
       <c r="C109" t="str">
-        <v>https://www.idp.iam-bms.de/109303301</v>
+        <v>https://www.idp.iam-bms.de/108934142</v>
       </c>
       <c r="D109" t="str">
-        <v>IKK Südwest</v>
+        <v>Krones BKK</v>
       </c>
       <c r="E109" t="str">
-        <v>IKK Südwest</v>
+        <v>Krones BKK</v>
       </c>
       <c r="F109" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G109" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H109" t="str">
         <v/>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B110" t="str">
-        <v>2565458150</v>
+        <v>2109922864</v>
       </c>
       <c r="C110" t="str">
-        <v>https://www.idp.iam-bms.de/109723913</v>
+        <v>https://www.idp.iam-bms.de/109033393</v>
       </c>
       <c r="D110" t="str">
-        <v>BKK mkk - meine krankenkasse</v>
+        <v>BKK Faber-Castell &amp; Partner</v>
       </c>
       <c r="E110" t="str">
-        <v>BKK mkk - meine krankenkasse</v>
+        <v>BKK Faber-Castell &amp; Partner</v>
       </c>
       <c r="F110" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G110" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H110" t="str">
         <v/>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B111" t="str">
-        <v>1485033218</v>
+        <v>3864916106</v>
       </c>
       <c r="C111" t="str">
-        <v>https://www.idp.iam-bms.de/109938503</v>
+        <v>https://www.idp.iam-bms.de/109034270</v>
       </c>
       <c r="D111" t="str">
-        <v>BAHN-BKK</v>
+        <v>BMW BKK</v>
       </c>
       <c r="E111" t="str">
-        <v>BAHN-BKK</v>
+        <v>BMW BKK</v>
       </c>
       <c r="F111" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G111" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H111" t="str">
         <v/>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B112" t="str">
-        <v>7586370</v>
+        <v>2201619499</v>
       </c>
       <c r="C112" t="str">
-        <v>https://www.idp.iam-bms.de/168140028</v>
+        <v>https://www.idp.iam-bms.de/109303301</v>
       </c>
       <c r="D112" t="str">
-        <v>Signal Iduna Krankenversicherung</v>
+        <v>IKK Südwest</v>
       </c>
       <c r="E112" t="str">
-        <v>Signal Iduna Krankenversicherung</v>
+        <v>IKK Südwest</v>
       </c>
       <c r="F112" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G112" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H112" t="str">
         <v/>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B113" t="str">
-        <v>3017275034</v>
+        <v>2565458150</v>
       </c>
       <c r="C113" t="str">
-        <v>https://www.idp.iam-bms.de/168140346</v>
+        <v>https://www.idp.iam-bms.de/109723913</v>
       </c>
       <c r="D113" t="str">
-        <v>Allianz Private Krankenversicherung</v>
+        <v>BKK mkk - meine krankenkasse</v>
       </c>
       <c r="E113" t="str">
-        <v>Allianz Private Krankenversicherung</v>
+        <v>BKK mkk - meine krankenkasse</v>
       </c>
       <c r="F113" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G113" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H113" t="str">
         <v/>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B114" t="str">
-        <v>2396931662</v>
+        <v>1485033218</v>
       </c>
       <c r="C114" t="str">
-        <v>https://www.idp.iam-bms.de/168140437</v>
+        <v>https://www.idp.iam-bms.de/109938503</v>
       </c>
       <c r="D114" t="str">
-        <v>Hallesche Krankenversicherung</v>
+        <v>BAHN-BKK</v>
       </c>
       <c r="E114" t="str">
-        <v>Hallesche Krankenversicherung</v>
+        <v>BAHN-BKK</v>
       </c>
       <c r="F114" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G114" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H114" t="str">
         <v/>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B115" t="str">
-        <v>1312352056</v>
+        <v>7586370</v>
       </c>
       <c r="C115" t="str">
-        <v>https://www.idp.iam-bms.de/168140950</v>
+        <v>https://www.idp.iam-bms.de/168140028</v>
       </c>
       <c r="D115" t="str">
-        <v>AXA</v>
+        <v>Signal Iduna Krankenversicherung</v>
       </c>
       <c r="E115" t="str">
-        <v>AXA</v>
+        <v>Signal Iduna Krankenversicherung</v>
       </c>
       <c r="F115" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G115" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H115" t="str">
         <v/>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B116" t="str">
-        <v>1526273755</v>
+        <v>3017275034</v>
       </c>
       <c r="C116" t="str">
-        <v>https://www.idp.iam-bms.de/168141198</v>
+        <v>https://www.idp.iam-bms.de/168140346</v>
       </c>
       <c r="D116" t="str">
-        <v>Gothaer Krankenversicherung</v>
+        <v>Allianz Private Krankenversicherung</v>
       </c>
       <c r="E116" t="str">
-        <v>Gothaer Krankenversicherung</v>
+        <v>Allianz Private Krankenversicherung</v>
       </c>
       <c r="F116" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G116" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H116" t="str">
         <v/>
       </c>
     </row>
+    <row r="117">
+      <c r="A117" t="str">
+        <v>openid_provider</v>
+      </c>
+      <c r="B117" t="str">
+        <v>2396931662</v>
+      </c>
+      <c r="C117" t="str">
+        <v>https://www.idp.iam-bms.de/168140437</v>
+      </c>
+      <c r="D117" t="str">
+        <v>Hallesche Krankenversicherung</v>
+      </c>
+      <c r="E117" t="str">
+        <v>Hallesche Krankenversicherung</v>
+      </c>
+      <c r="F117" t="str">
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+      </c>
+      <c r="G117" t="str">
+        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+      </c>
+      <c r="H117" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="str">
+        <v>openid_provider</v>
+      </c>
+      <c r="B118" t="str">
+        <v>1312352056</v>
+      </c>
+      <c r="C118" t="str">
+        <v>https://www.idp.iam-bms.de/168140950</v>
+      </c>
+      <c r="D118" t="str">
+        <v>AXA</v>
+      </c>
+      <c r="E118" t="str">
+        <v>AXA</v>
+      </c>
+      <c r="F118" t="str">
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+      </c>
+      <c r="G118" t="str">
+        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+      </c>
+      <c r="H118" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="str">
+        <v>openid_provider</v>
+      </c>
+      <c r="B119" t="str">
+        <v>1526273755</v>
+      </c>
+      <c r="C119" t="str">
+        <v>https://www.idp.iam-bms.de/168141198</v>
+      </c>
+      <c r="D119" t="str">
+        <v>Gothaer Krankenversicherung</v>
+      </c>
+      <c r="E119" t="str">
+        <v>Gothaer Krankenversicherung</v>
+      </c>
+      <c r="F119" t="str">
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+      </c>
+      <c r="G119" t="str">
+        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+      </c>
+      <c r="H119" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="str">
+        <v>openid_provider</v>
+      </c>
+      <c r="B120" t="str">
+        <v>572909097</v>
+      </c>
+      <c r="C120" t="str">
+        <v>https://www.idp.iam-bms.de/951287019</v>
+      </c>
+      <c r="D120" t="str">
+        <v>Bundespolizei Heilfürsorge</v>
+      </c>
+      <c r="E120" t="str">
+        <v>Bundespolizei Heilfürsorge</v>
+      </c>
+      <c r="F120" t="str">
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+      </c>
+      <c r="G120" t="str">
+        <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+      </c>
+      <c r="H120" t="str">
+        <v/>
+      </c>
+    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:H116"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:H120"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G153"/>
+  <dimension ref="A1:G157"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="16.83203125" customWidth="1"/>
     <col min="2" max="2" width="16.83203125" customWidth="1"/>
     <col min="3" max="3" width="50.83203125" customWidth="1"/>
     <col min="4" max="4" width="50.83203125" customWidth="1"/>
     <col min="5" max="5" width="50.83203125" customWidth="1"/>
     <col min="6" max="6" width="70.83203125" customWidth="1"/>
     <col min="7" max="7" width="50.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>type</v>
       </c>
       <c r="B1" t="str">
         <v>cidi</v>
       </c>
       <c r="C1" t="str">
         <v>iss</v>
       </c>
       <c r="D1" t="str">
         <v>federation_entity_name</v>
@@ -9545,2877 +9809,2969 @@
       </c>
       <c r="B30" t="str">
         <v>2562244257</v>
       </c>
       <c r="C30" t="str">
         <v>https://gid-auth.procarement.com</v>
       </c>
       <c r="D30" t="str">
         <v>ProCarement GmbH</v>
       </c>
       <c r="E30" t="str">
         <v>ProCarement GmbH</v>
       </c>
       <c r="F30" t="str">
         <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G30" t="str">
         <v/>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B31" t="str">
-        <v>2325542600</v>
+        <v>3256187078</v>
       </c>
       <c r="C31" t="str">
-        <v>https://idp.app.ti-dienste.de</v>
+        <v>https://id.bfarm.meine-inka.de</v>
       </c>
       <c r="D31" t="str">
-        <v>E-Rezept App</v>
+        <v>INKA BFARM</v>
       </c>
       <c r="E31" t="str">
-        <v>RISE GmbH</v>
+        <v>Dr. Pfleger Arzneimittel GmbH</v>
       </c>
       <c r="F31" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G31" t="str">
         <v/>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B32" t="str">
-        <v>226424101</v>
+        <v>2325542600</v>
       </c>
       <c r="C32" t="str">
-        <v>https://invirto-app.identity-access-management.com</v>
+        <v>https://idp.app.ti-dienste.de</v>
       </c>
       <c r="D32" t="str">
-        <v>Invirto</v>
+        <v>E-Rezept App</v>
       </c>
       <c r="E32" t="str">
-        <v>Sympatient GmbH</v>
+        <v>RISE GmbH</v>
       </c>
       <c r="F32" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G32" t="str">
         <v/>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B33" t="str">
-        <v>1201132005</v>
+        <v>226424101</v>
       </c>
       <c r="C33" t="str">
-        <v>https://m01029-authsrv.epa-tim.de</v>
+        <v>https://invirto-app.identity-access-management.com</v>
       </c>
       <c r="D33" t="str">
-        <v>bm-tim-epa-pu-m01029</v>
+        <v>Invirto</v>
       </c>
       <c r="E33" t="str">
-        <v>BITMARCK</v>
+        <v>Sympatient GmbH</v>
       </c>
       <c r="F33" t="str">
-        <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G33" t="str">
         <v/>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B34" t="str">
-        <v>3871306781</v>
+        <v>1201132005</v>
       </c>
       <c r="C34" t="str">
-        <v>https://m01043-authsrv.epa-tim.de</v>
+        <v>https://m01029-authsrv.epa-tim.de</v>
       </c>
       <c r="D34" t="str">
-        <v>bm-tim-epa-pu-m01043</v>
+        <v>bm-tim-epa-pu-m01029</v>
       </c>
       <c r="E34" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F34" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G34" t="str">
         <v/>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B35" t="str">
-        <v>1654450632</v>
+        <v>3871306781</v>
       </c>
       <c r="C35" t="str">
-        <v>https://m01045-authsrv.epa-tim.de</v>
+        <v>https://m01043-authsrv.epa-tim.de</v>
       </c>
       <c r="D35" t="str">
-        <v>bm-tim-epa-pu-m01045</v>
+        <v>bm-tim-epa-pu-m01043</v>
       </c>
       <c r="E35" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F35" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G35" t="str">
         <v/>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B36" t="str">
-        <v>3442844674</v>
+        <v>1654450632</v>
       </c>
       <c r="C36" t="str">
-        <v>https://m01046-authsrv.epa-tim.de</v>
+        <v>https://m01045-authsrv.epa-tim.de</v>
       </c>
       <c r="D36" t="str">
-        <v>bm-tim-epa-pu-m01046</v>
+        <v>bm-tim-epa-pu-m01045</v>
       </c>
       <c r="E36" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F36" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G36" t="str">
         <v/>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B37" t="str">
-        <v>2823987012</v>
+        <v>3442844674</v>
       </c>
       <c r="C37" t="str">
-        <v>https://m01047-authsrv.epa-tim.de</v>
+        <v>https://m01046-authsrv.epa-tim.de</v>
       </c>
       <c r="D37" t="str">
-        <v>bm-tim-epa-pu-m01047</v>
+        <v>bm-tim-epa-pu-m01046</v>
       </c>
       <c r="E37" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F37" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G37" t="str">
         <v/>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B38" t="str">
-        <v>2980762659</v>
+        <v>2823987012</v>
       </c>
       <c r="C38" t="str">
-        <v>https://m01049-authsrv.epa-tim.de</v>
+        <v>https://m01047-authsrv.epa-tim.de</v>
       </c>
       <c r="D38" t="str">
-        <v>bm-tim-epa-pu-m01049</v>
+        <v>bm-tim-epa-pu-m01047</v>
       </c>
       <c r="E38" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F38" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G38" t="str">
         <v/>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B39" t="str">
-        <v>469945541</v>
+        <v>2980762659</v>
       </c>
       <c r="C39" t="str">
-        <v>https://m01052-authsrv.epa-tim.de</v>
+        <v>https://m01049-authsrv.epa-tim.de</v>
       </c>
       <c r="D39" t="str">
-        <v>bm-tim-epa-pu-m01052</v>
+        <v>bm-tim-epa-pu-m01049</v>
       </c>
       <c r="E39" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F39" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G39" t="str">
         <v/>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B40" t="str">
-        <v>779114429</v>
+        <v>469945541</v>
       </c>
       <c r="C40" t="str">
-        <v>https://m01059-authsrv.epa-tim.de</v>
+        <v>https://m01052-authsrv.epa-tim.de</v>
       </c>
       <c r="D40" t="str">
-        <v>bm-tim-epa-pu-m01059</v>
+        <v>bm-tim-epa-pu-m01052</v>
       </c>
       <c r="E40" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F40" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G40" t="str">
         <v/>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B41" t="str">
-        <v>1729908262</v>
+        <v>779114429</v>
       </c>
       <c r="C41" t="str">
-        <v>https://m01062-authsrv.epa-tim.de</v>
+        <v>https://m01059-authsrv.epa-tim.de</v>
       </c>
       <c r="D41" t="str">
-        <v>bm-tim-epa-pu-m01062</v>
+        <v>bm-tim-epa-pu-m01059</v>
       </c>
       <c r="E41" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F41" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G41" t="str">
         <v/>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B42" t="str">
-        <v>3812611059</v>
+        <v>1729908262</v>
       </c>
       <c r="C42" t="str">
-        <v>https://m01064-authsrv.epa-tim.de</v>
+        <v>https://m01062-authsrv.epa-tim.de</v>
       </c>
       <c r="D42" t="str">
-        <v>bm-tim-epa-pu-m01064</v>
+        <v>bm-tim-epa-pu-m01062</v>
       </c>
       <c r="E42" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F42" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G42" t="str">
         <v/>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B43" t="str">
-        <v>2253973685</v>
+        <v>3812611059</v>
       </c>
       <c r="C43" t="str">
-        <v>https://m01065-authsrv.epa-tim.de</v>
+        <v>https://m01064-authsrv.epa-tim.de</v>
       </c>
       <c r="D43" t="str">
-        <v>bm-tim-epa-pu-m01065</v>
+        <v>bm-tim-epa-pu-m01064</v>
       </c>
       <c r="E43" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F43" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G43" t="str">
         <v/>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B44" t="str">
-        <v>1433326942</v>
+        <v>2253973685</v>
       </c>
       <c r="C44" t="str">
-        <v>https://m01069-authsrv.epa-tim.de</v>
+        <v>https://m01065-authsrv.epa-tim.de</v>
       </c>
       <c r="D44" t="str">
-        <v>bm-tim-epa-pu-m01069</v>
+        <v>bm-tim-epa-pu-m01065</v>
       </c>
       <c r="E44" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F44" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G44" t="str">
         <v/>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B45" t="str">
-        <v>839433012</v>
+        <v>1433326942</v>
       </c>
       <c r="C45" t="str">
-        <v>https://m01070-authsrv.epa-tim.de</v>
+        <v>https://m01069-authsrv.epa-tim.de</v>
       </c>
       <c r="D45" t="str">
-        <v>bm-tim-epa-pu-m01070</v>
+        <v>bm-tim-epa-pu-m01069</v>
       </c>
       <c r="E45" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F45" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G45" t="str">
         <v/>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B46" t="str">
-        <v>3056281313</v>
+        <v>839433012</v>
       </c>
       <c r="C46" t="str">
-        <v>https://m01076-authsrv.epa-tim.de</v>
+        <v>https://m01070-authsrv.epa-tim.de</v>
       </c>
       <c r="D46" t="str">
-        <v>bm-tim-epa-pu-m01076</v>
+        <v>bm-tim-epa-pu-m01070</v>
       </c>
       <c r="E46" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F46" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G46" t="str">
         <v/>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B47" t="str">
-        <v>3400816320</v>
+        <v>3056281313</v>
       </c>
       <c r="C47" t="str">
-        <v>https://m01079-authsrv.epa-tim.de</v>
+        <v>https://m01076-authsrv.epa-tim.de</v>
       </c>
       <c r="D47" t="str">
-        <v>bm-tim-epa-pu-m01079</v>
+        <v>bm-tim-epa-pu-m01076</v>
       </c>
       <c r="E47" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F47" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G47" t="str">
         <v/>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B48" t="str">
-        <v>3033744022</v>
+        <v>3400816320</v>
       </c>
       <c r="C48" t="str">
-        <v>https://m01082-authsrv.epa-tim.de</v>
+        <v>https://m01079-authsrv.epa-tim.de</v>
       </c>
       <c r="D48" t="str">
-        <v>bm-tim-epa-pu-m01082</v>
+        <v>bm-tim-epa-pu-m01079</v>
       </c>
       <c r="E48" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F48" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G48" t="str">
         <v/>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B49" t="str">
-        <v>1436017669</v>
+        <v>3033744022</v>
       </c>
       <c r="C49" t="str">
-        <v>https://m01085-authsrv.epa-tim.de</v>
+        <v>https://m01082-authsrv.epa-tim.de</v>
       </c>
       <c r="D49" t="str">
-        <v>bm-tim-epa-pu-m01085</v>
+        <v>bm-tim-epa-pu-m01082</v>
       </c>
       <c r="E49" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F49" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G49" t="str">
         <v/>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B50" t="str">
-        <v>2258754030</v>
+        <v>1436017669</v>
       </c>
       <c r="C50" t="str">
-        <v>https://m01089-authsrv.epa-tim.de</v>
+        <v>https://m01085-authsrv.epa-tim.de</v>
       </c>
       <c r="D50" t="str">
-        <v>bm-tim-epa-pu-m01089</v>
+        <v>bm-tim-epa-pu-m01085</v>
       </c>
       <c r="E50" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F50" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G50" t="str">
         <v/>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B51" t="str">
-        <v>722059528</v>
+        <v>2258754030</v>
       </c>
       <c r="C51" t="str">
-        <v>https://m01092-authsrv.epa-tim.de</v>
+        <v>https://m01089-authsrv.epa-tim.de</v>
       </c>
       <c r="D51" t="str">
-        <v>bm-tim-epa-pu-m01092</v>
+        <v>bm-tim-epa-pu-m01089</v>
       </c>
       <c r="E51" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F51" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G51" t="str">
         <v/>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B52" t="str">
-        <v>2938789085</v>
+        <v>722059528</v>
       </c>
       <c r="C52" t="str">
-        <v>https://m01094-authsrv.epa-tim.de</v>
+        <v>https://m01092-authsrv.epa-tim.de</v>
       </c>
       <c r="D52" t="str">
-        <v>bm-tim-epa-pu-m01094</v>
+        <v>bm-tim-epa-pu-m01092</v>
       </c>
       <c r="E52" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F52" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G52" t="str">
         <v/>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B53" t="str">
-        <v>3394070427</v>
+        <v>2938789085</v>
       </c>
       <c r="C53" t="str">
-        <v>https://m01095-authsrv.epa-tim.de</v>
+        <v>https://m01094-authsrv.epa-tim.de</v>
       </c>
       <c r="D53" t="str">
-        <v>bm-tim-epa-pu-m01095</v>
+        <v>bm-tim-epa-pu-m01094</v>
       </c>
       <c r="E53" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F53" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G53" t="str">
         <v/>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B54" t="str">
-        <v>3370435705</v>
+        <v>3394070427</v>
       </c>
       <c r="C54" t="str">
-        <v>https://m01106-authsrv.epa-tim.de</v>
+        <v>https://m01095-authsrv.epa-tim.de</v>
       </c>
       <c r="D54" t="str">
-        <v>bm-tim-epa-pu-m01106</v>
+        <v>bm-tim-epa-pu-m01095</v>
       </c>
       <c r="E54" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F54" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G54" t="str">
         <v/>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B55" t="str">
-        <v>3508309790</v>
+        <v>3370435705</v>
       </c>
       <c r="C55" t="str">
-        <v>https://m01108-authsrv.epa-tim.de</v>
+        <v>https://m01106-authsrv.epa-tim.de</v>
       </c>
       <c r="D55" t="str">
-        <v>bm-tim-epa-pu-m01108</v>
+        <v>bm-tim-epa-pu-m01106</v>
       </c>
       <c r="E55" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F55" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G55" t="str">
         <v/>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B56" t="str">
-        <v>2092210168</v>
+        <v>3508309790</v>
       </c>
       <c r="C56" t="str">
-        <v>https://m01113-authsrv.epa-tim.de</v>
+        <v>https://m01108-authsrv.epa-tim.de</v>
       </c>
       <c r="D56" t="str">
-        <v>bm-tim-epa-pu-m01113</v>
+        <v>bm-tim-epa-pu-m01108</v>
       </c>
       <c r="E56" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F56" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G56" t="str">
         <v/>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B57" t="str">
-        <v>1463699431</v>
+        <v>2092210168</v>
       </c>
       <c r="C57" t="str">
-        <v>https://m01116-authsrv.epa-tim.de</v>
+        <v>https://m01113-authsrv.epa-tim.de</v>
       </c>
       <c r="D57" t="str">
-        <v>bm-tim-epa-pu-m01116</v>
+        <v>bm-tim-epa-pu-m01113</v>
       </c>
       <c r="E57" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F57" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G57" t="str">
         <v/>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B58" t="str">
-        <v>2818791633</v>
+        <v>1463699431</v>
       </c>
       <c r="C58" t="str">
-        <v>https://m01120-authsrv.epa-tim.de</v>
+        <v>https://m01116-authsrv.epa-tim.de</v>
       </c>
       <c r="D58" t="str">
-        <v>bm-tim-epa-pu-m01120</v>
+        <v>bm-tim-epa-pu-m01116</v>
       </c>
       <c r="E58" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F58" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G58" t="str">
         <v/>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B59" t="str">
-        <v>2319249116</v>
+        <v>2818791633</v>
       </c>
       <c r="C59" t="str">
-        <v>https://m01537-authsrv.epa-tim.de</v>
+        <v>https://m01120-authsrv.epa-tim.de</v>
       </c>
       <c r="D59" t="str">
-        <v>bm-tim-epa-pu-m01537</v>
+        <v>bm-tim-epa-pu-m01120</v>
       </c>
       <c r="E59" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F59" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G59" t="str">
         <v/>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B60" t="str">
-        <v>44027415</v>
+        <v>2319249116</v>
       </c>
       <c r="C60" t="str">
-        <v>https://m01540-authsrv.epa-tim.de</v>
+        <v>https://m01537-authsrv.epa-tim.de</v>
       </c>
       <c r="D60" t="str">
-        <v>bm-tim-epa-pu-m01540</v>
+        <v>bm-tim-epa-pu-m01537</v>
       </c>
       <c r="E60" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F60" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G60" t="str">
         <v/>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B61" t="str">
-        <v>1744368977</v>
+        <v>44027415</v>
       </c>
       <c r="C61" t="str">
-        <v>https://m01541-authsrv.epa-tim.de</v>
+        <v>https://m01540-authsrv.epa-tim.de</v>
       </c>
       <c r="D61" t="str">
-        <v>bm-tim-epa-pu-m01541</v>
+        <v>bm-tim-epa-pu-m01540</v>
       </c>
       <c r="E61" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F61" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G61" t="str">
         <v/>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B62" t="str">
-        <v>1282549070</v>
+        <v>1744368977</v>
       </c>
       <c r="C62" t="str">
-        <v>https://m01544-authsrv.epa-tim.de</v>
+        <v>https://m01541-authsrv.epa-tim.de</v>
       </c>
       <c r="D62" t="str">
-        <v>bm-tim-epa-pu-m01544</v>
+        <v>bm-tim-epa-pu-m01541</v>
       </c>
       <c r="E62" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F62" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G62" t="str">
         <v/>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B63" t="str">
-        <v>2260489154</v>
+        <v>1282549070</v>
       </c>
       <c r="C63" t="str">
-        <v>https://m01546-authsrv.epa-tim.de</v>
+        <v>https://m01544-authsrv.epa-tim.de</v>
       </c>
       <c r="D63" t="str">
-        <v>bm-tim-epa-pu-m01546</v>
+        <v>bm-tim-epa-pu-m01544</v>
       </c>
       <c r="E63" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F63" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G63" t="str">
         <v/>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B64" t="str">
-        <v>2638564745</v>
+        <v>2260489154</v>
       </c>
       <c r="C64" t="str">
-        <v>https://m01550-authsrv.epa-tim.de</v>
+        <v>https://m01546-authsrv.epa-tim.de</v>
       </c>
       <c r="D64" t="str">
-        <v>bm-tim-epa-pu-m01550</v>
+        <v>bm-tim-epa-pu-m01546</v>
       </c>
       <c r="E64" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F64" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G64" t="str">
         <v/>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B65" t="str">
-        <v>1468742405</v>
+        <v>2638564745</v>
       </c>
       <c r="C65" t="str">
-        <v>https://m01552-authsrv.epa-tim.de</v>
+        <v>https://m01550-authsrv.epa-tim.de</v>
       </c>
       <c r="D65" t="str">
-        <v>bm-tim-epa-pu-m01552</v>
+        <v>bm-tim-epa-pu-m01550</v>
       </c>
       <c r="E65" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F65" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G65" t="str">
         <v/>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B66" t="str">
-        <v>3551045328</v>
+        <v>1468742405</v>
       </c>
       <c r="C66" t="str">
-        <v>https://m01554-authsrv.epa-tim.de</v>
+        <v>https://m01552-authsrv.epa-tim.de</v>
       </c>
       <c r="D66" t="str">
-        <v>bm-tim-epa-pu-m01554</v>
+        <v>bm-tim-epa-pu-m01552</v>
       </c>
       <c r="E66" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F66" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G66" t="str">
         <v/>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B67" t="str">
-        <v>10394427</v>
+        <v>3551045328</v>
       </c>
       <c r="C67" t="str">
-        <v>https://m01558-authsrv.epa-tim.de</v>
+        <v>https://m01554-authsrv.epa-tim.de</v>
       </c>
       <c r="D67" t="str">
-        <v>bm-tim-epa-pu-m01558</v>
+        <v>bm-tim-epa-pu-m01554</v>
       </c>
       <c r="E67" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F67" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G67" t="str">
         <v/>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B68" t="str">
-        <v>1710858365</v>
+        <v>10394427</v>
       </c>
       <c r="C68" t="str">
-        <v>https://m01559-authsrv.epa-tim.de</v>
+        <v>https://m01558-authsrv.epa-tim.de</v>
       </c>
       <c r="D68" t="str">
-        <v>bm-tim-epa-pu-m01559</v>
+        <v>bm-tim-epa-pu-m01558</v>
       </c>
       <c r="E68" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F68" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G68" t="str">
         <v/>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B69" t="str">
-        <v>484865970</v>
+        <v>1710858365</v>
       </c>
       <c r="C69" t="str">
-        <v>https://m01571-authsrv.epa-tim.de</v>
+        <v>https://m01559-authsrv.epa-tim.de</v>
       </c>
       <c r="D69" t="str">
-        <v>bm-tim-epa-pu-m01571</v>
+        <v>bm-tim-epa-pu-m01559</v>
       </c>
       <c r="E69" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F69" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G69" t="str">
         <v/>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B70" t="str">
-        <v>929867693</v>
+        <v>484865970</v>
       </c>
       <c r="C70" t="str">
-        <v>https://m01574-authsrv.epa-tim.de</v>
+        <v>https://m01571-authsrv.epa-tim.de</v>
       </c>
       <c r="D70" t="str">
-        <v>bm-tim-epa-pu-m01574</v>
+        <v>bm-tim-epa-pu-m01571</v>
       </c>
       <c r="E70" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F70" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G70" t="str">
         <v/>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B71" t="str">
-        <v>1376492779</v>
+        <v>929867693</v>
       </c>
       <c r="C71" t="str">
-        <v>https://m01575-authsrv.epa-tim.de</v>
+        <v>https://m01574-authsrv.epa-tim.de</v>
       </c>
       <c r="D71" t="str">
-        <v>bm-tim-epa-pu-m01575</v>
+        <v>bm-tim-epa-pu-m01574</v>
       </c>
       <c r="E71" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F71" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G71" t="str">
         <v/>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B72" t="str">
-        <v>2168299776</v>
+        <v>1376492779</v>
       </c>
       <c r="C72" t="str">
-        <v>https://m01579-authsrv.epa-tim.de</v>
+        <v>https://m01575-authsrv.epa-tim.de</v>
       </c>
       <c r="D72" t="str">
-        <v>bm-tim-epa-pu-m01579</v>
+        <v>bm-tim-epa-pu-m01575</v>
       </c>
       <c r="E72" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F72" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G72" t="str">
         <v/>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B73" t="str">
-        <v>1358166172</v>
+        <v>2168299776</v>
       </c>
       <c r="C73" t="str">
-        <v>https://m01581-authsrv.epa-tim.de</v>
+        <v>https://m01579-authsrv.epa-tim.de</v>
       </c>
       <c r="D73" t="str">
-        <v>bm-tim-epa-pu-m01581</v>
+        <v>bm-tim-epa-pu-m01579</v>
       </c>
       <c r="E73" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F73" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G73" t="str">
         <v/>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B74" t="str">
-        <v>2587725328</v>
+        <v>1358166172</v>
       </c>
       <c r="C74" t="str">
-        <v>https://m01583-authsrv.epa-tim.de</v>
+        <v>https://m01581-authsrv.epa-tim.de</v>
       </c>
       <c r="D74" t="str">
-        <v>bm-tim-epa-pu-m01583</v>
+        <v>bm-tim-epa-pu-m01581</v>
       </c>
       <c r="E74" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F74" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G74" t="str">
         <v/>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B75" t="str">
-        <v>2687075188</v>
+        <v>2587725328</v>
       </c>
       <c r="C75" t="str">
-        <v>https://m02050-authsrv.epa-tim.de</v>
+        <v>https://m01583-authsrv.epa-tim.de</v>
       </c>
       <c r="D75" t="str">
-        <v>bm-tim-epa-pu-m02050</v>
+        <v>bm-tim-epa-pu-m01583</v>
       </c>
       <c r="E75" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F75" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G75" t="str">
         <v/>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B76" t="str">
-        <v>1793586680</v>
+        <v>2687075188</v>
       </c>
       <c r="C76" t="str">
-        <v>https://m02052-authsrv.epa-tim.de</v>
+        <v>https://m02050-authsrv.epa-tim.de</v>
       </c>
       <c r="D76" t="str">
-        <v>bm-tim-epa-pu-m02052</v>
+        <v>bm-tim-epa-pu-m02050</v>
       </c>
       <c r="E76" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F76" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G76" t="str">
         <v/>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B77" t="str">
-        <v>260099774</v>
+        <v>1793586680</v>
       </c>
       <c r="C77" t="str">
-        <v>https://m02053-authsrv.epa-tim.de</v>
+        <v>https://m02052-authsrv.epa-tim.de</v>
       </c>
       <c r="D77" t="str">
-        <v>bm-tim-epa-pu-m02053</v>
+        <v>bm-tim-epa-pu-m02052</v>
       </c>
       <c r="E77" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F77" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G77" t="str">
         <v/>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B78" t="str">
-        <v>4124691729</v>
+        <v>260099774</v>
       </c>
       <c r="C78" t="str">
-        <v>https://m02561-authsrv.epa-tim.de</v>
+        <v>https://m02053-authsrv.epa-tim.de</v>
       </c>
       <c r="D78" t="str">
-        <v>bm-tim-epa-pu-m02561</v>
+        <v>bm-tim-epa-pu-m02053</v>
       </c>
       <c r="E78" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F78" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G78" t="str">
         <v/>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B79" t="str">
-        <v>1912230084</v>
+        <v>4124691729</v>
       </c>
       <c r="C79" t="str">
-        <v>https://m02567-authsrv.epa-tim.de</v>
+        <v>https://m02561-authsrv.epa-tim.de</v>
       </c>
       <c r="D79" t="str">
-        <v>bm-tim-epa-pu-m02567</v>
+        <v>bm-tim-epa-pu-m02561</v>
       </c>
       <c r="E79" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F79" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G79" t="str">
         <v/>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B80" t="str">
-        <v>224731365</v>
+        <v>1912230084</v>
       </c>
       <c r="C80" t="str">
-        <v>https://m02568-authsrv.epa-tim.de</v>
+        <v>https://m02567-authsrv.epa-tim.de</v>
       </c>
       <c r="D80" t="str">
-        <v>bm-tim-epa-pu-m02568</v>
+        <v>bm-tim-epa-pu-m02567</v>
       </c>
       <c r="E80" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F80" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G80" t="str">
         <v/>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B81" t="str">
-        <v>1778601615</v>
+        <v>224731365</v>
       </c>
       <c r="C81" t="str">
-        <v>https://m02571-authsrv.epa-tim.de</v>
+        <v>https://m02568-authsrv.epa-tim.de</v>
       </c>
       <c r="D81" t="str">
-        <v>bm-tim-epa-pu-m02571</v>
+        <v>bm-tim-epa-pu-m02568</v>
       </c>
       <c r="E81" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F81" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G81" t="str">
         <v/>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B82" t="str">
-        <v>3316253509</v>
+        <v>1778601615</v>
       </c>
       <c r="C82" t="str">
-        <v>https://m02572-authsrv.epa-tim.de</v>
+        <v>https://m02571-authsrv.epa-tim.de</v>
       </c>
       <c r="D82" t="str">
-        <v>bm-tim-epa-pu-m02572</v>
+        <v>bm-tim-epa-pu-m02571</v>
       </c>
       <c r="E82" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F82" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G82" t="str">
         <v/>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B83" t="str">
-        <v>1131543271</v>
+        <v>3316253509</v>
       </c>
       <c r="C83" t="str">
-        <v>https://m02580-authsrv.epa-tim.de</v>
+        <v>https://m02572-authsrv.epa-tim.de</v>
       </c>
       <c r="D83" t="str">
-        <v>bm-tim-epa-pu-m02580</v>
+        <v>bm-tim-epa-pu-m02572</v>
       </c>
       <c r="E83" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F83" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G83" t="str">
         <v/>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B84" t="str">
-        <v>639025569</v>
+        <v>1131543271</v>
       </c>
       <c r="C84" t="str">
-        <v>https://m02581-authsrv.epa-tim.de</v>
+        <v>https://m02580-authsrv.epa-tim.de</v>
       </c>
       <c r="D84" t="str">
-        <v>bm-tim-epa-pu-m02581</v>
+        <v>bm-tim-epa-pu-m02580</v>
       </c>
       <c r="E84" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F84" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G84" t="str">
         <v/>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B85" t="str">
-        <v>2311031915</v>
+        <v>639025569</v>
       </c>
       <c r="C85" t="str">
-        <v>https://m02582-authsrv.epa-tim.de</v>
+        <v>https://m02581-authsrv.epa-tim.de</v>
       </c>
       <c r="D85" t="str">
-        <v>bm-tim-epa-pu-m02582</v>
+        <v>bm-tim-epa-pu-m02581</v>
       </c>
       <c r="E85" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F85" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G85" t="str">
         <v/>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B86" t="str">
-        <v>228331966</v>
+        <v>2311031915</v>
       </c>
       <c r="C86" t="str">
-        <v>https://m02584-authsrv.epa-tim.de</v>
+        <v>https://m02582-authsrv.epa-tim.de</v>
       </c>
       <c r="D86" t="str">
-        <v>bm-tim-epa-pu-m02584</v>
+        <v>bm-tim-epa-pu-m02582</v>
       </c>
       <c r="E86" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F86" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G86" t="str">
         <v/>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B87" t="str">
-        <v>2721406068</v>
+        <v>228331966</v>
       </c>
       <c r="C87" t="str">
-        <v>https://m02587-authsrv.epa-tim.de</v>
+        <v>https://m02584-authsrv.epa-tim.de</v>
       </c>
       <c r="D87" t="str">
-        <v>bm-tim-epa-pu-m02587</v>
+        <v>bm-tim-epa-pu-m02584</v>
       </c>
       <c r="E87" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F87" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G87" t="str">
         <v/>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B88" t="str">
-        <v>3150780179</v>
+        <v>2721406068</v>
       </c>
       <c r="C88" t="str">
-        <v>https://m02589-authsrv.epa-tim.de</v>
+        <v>https://m02587-authsrv.epa-tim.de</v>
       </c>
       <c r="D88" t="str">
-        <v>bm-tim-epa-pu-m02589</v>
+        <v>bm-tim-epa-pu-m02587</v>
       </c>
       <c r="E88" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F88" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G88" t="str">
         <v/>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B89" t="str">
-        <v>3702225273</v>
+        <v>3150780179</v>
       </c>
       <c r="C89" t="str">
-        <v>https://m02590-authsrv.epa-tim.de</v>
+        <v>https://m02589-authsrv.epa-tim.de</v>
       </c>
       <c r="D89" t="str">
-        <v>bm-tim-epa-pu-m02590</v>
+        <v>bm-tim-epa-pu-m02589</v>
       </c>
       <c r="E89" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F89" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G89" t="str">
         <v/>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B90" t="str">
-        <v>3117171263</v>
+        <v>3702225273</v>
       </c>
       <c r="C90" t="str">
-        <v>https://m02591-authsrv.epa-tim.de</v>
+        <v>https://m02590-authsrv.epa-tim.de</v>
       </c>
       <c r="D90" t="str">
-        <v>bm-tim-epa-pu-m02591</v>
+        <v>bm-tim-epa-pu-m02590</v>
       </c>
       <c r="E90" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F90" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G90" t="str">
         <v/>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B91" t="str">
-        <v>1929524403</v>
+        <v>3117171263</v>
       </c>
       <c r="C91" t="str">
-        <v>https://m02593-authsrv.epa-tim.de</v>
+        <v>https://m02591-authsrv.epa-tim.de</v>
       </c>
       <c r="D91" t="str">
-        <v>bm-tim-epa-pu-m02593</v>
+        <v>bm-tim-epa-pu-m02591</v>
       </c>
       <c r="E91" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F91" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G91" t="str">
         <v/>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B92" t="str">
-        <v>2454098464</v>
+        <v>1929524403</v>
       </c>
       <c r="C92" t="str">
-        <v>https://m02594-authsrv.epa-tim.de</v>
+        <v>https://m02593-authsrv.epa-tim.de</v>
       </c>
       <c r="D92" t="str">
-        <v>bm-tim-epa-pu-m02594</v>
+        <v>bm-tim-epa-pu-m02593</v>
       </c>
       <c r="E92" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F92" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G92" t="str">
         <v/>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B93" t="str">
-        <v>1097904075</v>
+        <v>2454098464</v>
       </c>
       <c r="C93" t="str">
-        <v>https://m02598-authsrv.epa-tim.de</v>
+        <v>https://m02594-authsrv.epa-tim.de</v>
       </c>
       <c r="D93" t="str">
-        <v>bm-tim-epa-pu-m02598</v>
+        <v>bm-tim-epa-pu-m02594</v>
       </c>
       <c r="E93" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F93" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G93" t="str">
         <v/>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B94" t="str">
-        <v>605525133</v>
+        <v>1097904075</v>
       </c>
       <c r="C94" t="str">
-        <v>https://m02599-authsrv.epa-tim.de</v>
+        <v>https://m02598-authsrv.epa-tim.de</v>
       </c>
       <c r="D94" t="str">
-        <v>bm-tim-epa-pu-m02599</v>
+        <v>bm-tim-epa-pu-m02598</v>
       </c>
       <c r="E94" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F94" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G94" t="str">
         <v/>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B95" t="str">
-        <v>1610309329</v>
+        <v>605525133</v>
       </c>
       <c r="C95" t="str">
-        <v>https://m02600-authsrv.epa-tim.de</v>
+        <v>https://m02599-authsrv.epa-tim.de</v>
       </c>
       <c r="D95" t="str">
-        <v>bm-tim-epa-pu-m02600</v>
+        <v>bm-tim-epa-pu-m02599</v>
       </c>
       <c r="E95" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F95" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G95" t="str">
         <v/>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B96" t="str">
-        <v>4031910683</v>
+        <v>1610309329</v>
       </c>
       <c r="C96" t="str">
-        <v>https://m02603-authsrv.epa-tim.de</v>
+        <v>https://m02600-authsrv.epa-tim.de</v>
       </c>
       <c r="D96" t="str">
-        <v>bm-tim-epa-pu-m02603</v>
+        <v>bm-tim-epa-pu-m02600</v>
       </c>
       <c r="E96" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F96" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G96" t="str">
         <v/>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B97" t="str">
-        <v>286700936</v>
+        <v>4031910683</v>
       </c>
       <c r="C97" t="str">
-        <v>https://m02604-authsrv.epa-tim.de</v>
+        <v>https://m02603-authsrv.epa-tim.de</v>
       </c>
       <c r="D97" t="str">
-        <v>bm-tim-epa-pu-m02604</v>
+        <v>bm-tim-epa-pu-m02603</v>
       </c>
       <c r="E97" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F97" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G97" t="str">
         <v/>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B98" t="str">
-        <v>3200251970</v>
+        <v>286700936</v>
       </c>
       <c r="C98" t="str">
-        <v>https://m02607-authsrv.epa-tim.de</v>
+        <v>https://m02604-authsrv.epa-tim.de</v>
       </c>
       <c r="D98" t="str">
-        <v>bm-tim-epa-pu-m02607</v>
+        <v>bm-tim-epa-pu-m02604</v>
       </c>
       <c r="E98" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F98" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G98" t="str">
         <v/>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B99" t="str">
-        <v>3256911971</v>
+        <v>3200251970</v>
       </c>
       <c r="C99" t="str">
-        <v>https://m02608-authsrv.epa-tim.de</v>
+        <v>https://m02607-authsrv.epa-tim.de</v>
       </c>
       <c r="D99" t="str">
-        <v>bm-tim-epa-pu-m02608</v>
+        <v>bm-tim-epa-pu-m02607</v>
       </c>
       <c r="E99" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F99" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G99" t="str">
         <v/>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B100" t="str">
-        <v>3223444815</v>
+        <v>3256911971</v>
       </c>
       <c r="C100" t="str">
-        <v>https://m02610-authsrv.epa-tim.de</v>
+        <v>https://m02608-authsrv.epa-tim.de</v>
       </c>
       <c r="D100" t="str">
-        <v>bm-tim-epa-pu-m02610</v>
+        <v>bm-tim-epa-pu-m02608</v>
       </c>
       <c r="E100" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F100" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G100" t="str">
         <v/>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B101" t="str">
-        <v>1871220869</v>
+        <v>3223444815</v>
       </c>
       <c r="C101" t="str">
-        <v>https://m02613-authsrv.epa-tim.de</v>
+        <v>https://m02610-authsrv.epa-tim.de</v>
       </c>
       <c r="D101" t="str">
-        <v>bm-tim-epa-pu-m02613</v>
+        <v>bm-tim-epa-pu-m02610</v>
       </c>
       <c r="E101" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F101" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G101" t="str">
         <v/>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B102" t="str">
-        <v>3953855824</v>
+        <v>1871220869</v>
       </c>
       <c r="C102" t="str">
-        <v>https://m02615-authsrv.epa-tim.de</v>
+        <v>https://m02613-authsrv.epa-tim.de</v>
       </c>
       <c r="D102" t="str">
-        <v>bm-tim-epa-pu-m02615</v>
+        <v>bm-tim-epa-pu-m02613</v>
       </c>
       <c r="E102" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F102" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G102" t="str">
         <v/>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B103" t="str">
-        <v>1576668157</v>
+        <v>3953855824</v>
       </c>
       <c r="C103" t="str">
-        <v>https://m02618-authsrv.epa-tim.de</v>
+        <v>https://m02615-authsrv.epa-tim.de</v>
       </c>
       <c r="D103" t="str">
-        <v>bm-tim-epa-pu-m02618</v>
+        <v>bm-tim-epa-pu-m02615</v>
       </c>
       <c r="E103" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F103" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G103" t="str">
         <v/>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B104" t="str">
-        <v>345379430</v>
+        <v>1576668157</v>
       </c>
       <c r="C104" t="str">
-        <v>https://m02623-authsrv.epa-tim.de</v>
+        <v>https://m02618-authsrv.epa-tim.de</v>
       </c>
       <c r="D104" t="str">
-        <v>bm-tim-epa-pu-m02623</v>
+        <v>bm-tim-epa-pu-m02618</v>
       </c>
       <c r="E104" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F104" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G104" t="str">
         <v/>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B105" t="str">
-        <v>1518074175</v>
+        <v>345379430</v>
       </c>
       <c r="C105" t="str">
-        <v>https://m02627-authsrv.epa-tim.de</v>
+        <v>https://m02623-authsrv.epa-tim.de</v>
       </c>
       <c r="D105" t="str">
-        <v>bm-tim-epa-pu-m02627</v>
+        <v>bm-tim-epa-pu-m02623</v>
       </c>
       <c r="E105" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F105" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G105" t="str">
         <v/>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B106" t="str">
-        <v>1099097972</v>
+        <v>1518074175</v>
       </c>
       <c r="C106" t="str">
-        <v>https://m02631-authsrv.epa-tim.de</v>
+        <v>https://m02627-authsrv.epa-tim.de</v>
       </c>
       <c r="D106" t="str">
-        <v>bm-tim-epa-pu-m02631</v>
+        <v>bm-tim-epa-pu-m02627</v>
       </c>
       <c r="E106" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F106" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G106" t="str">
         <v/>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B107" t="str">
-        <v>1882662167</v>
+        <v>1099097972</v>
       </c>
       <c r="C107" t="str">
-        <v>https://m03073-authsrv.epa-tim.de</v>
+        <v>https://m02631-authsrv.epa-tim.de</v>
       </c>
       <c r="D107" t="str">
-        <v>bm-tim-epa-pu-m03073</v>
+        <v>bm-tim-epa-pu-m02631</v>
       </c>
       <c r="E107" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F107" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G107" t="str">
         <v/>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B108" t="str">
-        <v>770420533</v>
+        <v>1882662167</v>
       </c>
       <c r="C108" t="str">
-        <v>https://m04610-authsrv.epa-tim.de</v>
+        <v>https://m03073-authsrv.epa-tim.de</v>
       </c>
       <c r="D108" t="str">
-        <v>bm-tim-epa-pu-m04610</v>
+        <v>bm-tim-epa-pu-m03073</v>
       </c>
       <c r="E108" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F108" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G108" t="str">
         <v/>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B109" t="str">
-        <v>1217172595</v>
+        <v>770420533</v>
       </c>
       <c r="C109" t="str">
-        <v>https://m04611-authsrv.epa-tim.de</v>
+        <v>https://m04610-authsrv.epa-tim.de</v>
       </c>
       <c r="D109" t="str">
-        <v>bm-tim-epa-pu-m04611</v>
+        <v>bm-tim-epa-pu-m04610</v>
       </c>
       <c r="E109" t="str">
         <v>BITMARCK</v>
       </c>
       <c r="F109" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G109" t="str">
         <v/>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B110" t="str">
-        <v>4248163431</v>
+        <v>1217172595</v>
       </c>
       <c r="C110" t="str">
-        <v>https://messenger.knappschaft.de</v>
+        <v>https://m04611-authsrv.epa-tim.de</v>
       </c>
       <c r="D110" t="str">
-        <v>Messenger Fachdienst</v>
+        <v>bm-tim-epa-pu-m04611</v>
       </c>
       <c r="E110" t="str">
-        <v>kbs</v>
+        <v>BITMARCK</v>
       </c>
       <c r="F110" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G110" t="str">
         <v/>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B111" t="str">
-        <v>3027119945</v>
+        <v>4248163431</v>
       </c>
       <c r="C111" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/caracare-ibs</v>
+        <v>https://messenger.knappschaft.de</v>
       </c>
       <c r="D111" t="str">
-        <v>Cara Care für Reizdarm</v>
+        <v>Messenger Fachdienst</v>
       </c>
       <c r="E111" t="str">
-        <v>HiDoc Technologies GmbH</v>
+        <v>kbs</v>
       </c>
       <c r="F111" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G111" t="str">
         <v/>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B112" t="str">
-        <v>2136507271</v>
+        <v>3027119945</v>
       </c>
       <c r="C112" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-attexis</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/caracare-ibs</v>
       </c>
       <c r="D112" t="str">
-        <v>attexis</v>
+        <v>Cara Care für Reizdarm</v>
       </c>
       <c r="E112" t="str">
-        <v>GAIA AG</v>
+        <v>HiDoc Technologies GmbH</v>
       </c>
       <c r="F112" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G112" t="str">
         <v/>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B113" t="str">
-        <v>2802822479</v>
+        <v>2422736392</v>
       </c>
       <c r="C113" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-deprexis</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/ecovery-unterer_ruecken</v>
       </c>
       <c r="D113" t="str">
-        <v>deprexis</v>
+        <v>Unterer Rücken</v>
       </c>
       <c r="E113" t="str">
-        <v>GAIA AG</v>
+        <v>eCovery GmbH</v>
       </c>
       <c r="F113" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:geburtsdatum urn:telematik:versicherter</v>
       </c>
       <c r="G113" t="str">
         <v/>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B114" t="str">
-        <v>541960035</v>
+        <v>2136507271</v>
       </c>
       <c r="C114" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-elevida</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-attexis</v>
       </c>
       <c r="D114" t="str">
-        <v>elevida</v>
+        <v>attexis</v>
       </c>
       <c r="E114" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F114" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G114" t="str">
         <v/>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B115" t="str">
-        <v>3360166705</v>
+        <v>2802822479</v>
       </c>
       <c r="C115" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-levidex</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-deprexis</v>
       </c>
       <c r="D115" t="str">
-        <v>levidex</v>
+        <v>deprexis</v>
       </c>
       <c r="E115" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F115" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G115" t="str">
         <v/>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B116" t="str">
-        <v>1263095709</v>
+        <v>541960035</v>
       </c>
       <c r="C116" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-priovi</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-elevida</v>
       </c>
       <c r="D116" t="str">
-        <v>priovi</v>
+        <v>elevida</v>
       </c>
       <c r="E116" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F116" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G116" t="str">
         <v/>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B117" t="str">
-        <v>4190313939</v>
+        <v>3360166705</v>
       </c>
       <c r="C117" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-somnovia</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-levidex</v>
       </c>
       <c r="D117" t="str">
-        <v>somnovia</v>
+        <v>levidex</v>
       </c>
       <c r="E117" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F117" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G117" t="str">
         <v/>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B118" t="str">
-        <v>1154682742</v>
+        <v>1263095709</v>
       </c>
       <c r="C118" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-velibra</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-priovi</v>
       </c>
       <c r="D118" t="str">
-        <v>velibra</v>
+        <v>priovi</v>
       </c>
       <c r="E118" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F118" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G118" t="str">
         <v/>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B119" t="str">
-        <v>573511692</v>
+        <v>4190313939</v>
       </c>
       <c r="C119" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/gaia-vorvida</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-somnovia</v>
       </c>
       <c r="D119" t="str">
-        <v>vorvida</v>
+        <v>somnovia</v>
       </c>
       <c r="E119" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F119" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G119" t="str">
         <v/>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B120" t="str">
-        <v>2765823767</v>
+        <v>1154682742</v>
       </c>
       <c r="C120" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-velibra</v>
       </c>
       <c r="D120" t="str">
-        <v>HelloBetter ratiopharm chronischer Schmerz</v>
+        <v>velibra</v>
       </c>
       <c r="E120" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F120" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G120" t="str">
         <v/>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B121" t="str">
-        <v>1300392533</v>
+        <v>573511692</v>
       </c>
       <c r="C121" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-diabetes</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/gaia-vorvida</v>
       </c>
       <c r="D121" t="str">
-        <v>HelloBetter Diabetes und Depression</v>
+        <v>vorvida</v>
       </c>
       <c r="E121" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F121" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G121" t="str">
         <v/>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B122" t="str">
-        <v>4096024854</v>
+        <v>2765823767</v>
       </c>
       <c r="C122" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-panic</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
       </c>
       <c r="D122" t="str">
-        <v>HelloBetter Panik</v>
+        <v>HelloBetter ratiopharm chronischer Schmerz</v>
       </c>
       <c r="E122" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F122" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G122" t="str">
         <v/>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B123" t="str">
-        <v>1706041896</v>
+        <v>1300392533</v>
       </c>
       <c r="C123" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-sleep</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-diabetes</v>
       </c>
       <c r="D123" t="str">
-        <v>HelloBetter Schlafen</v>
+        <v>HelloBetter Diabetes und Depression</v>
       </c>
       <c r="E123" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F123" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G123" t="str">
         <v/>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B124" t="str">
-        <v>2099384928</v>
+        <v>4096024854</v>
       </c>
       <c r="C124" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-panic</v>
       </c>
       <c r="D124" t="str">
-        <v>HelloBetter Stress und Burnout</v>
+        <v>HelloBetter Panik</v>
       </c>
       <c r="E124" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F124" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G124" t="str">
         <v/>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B125" t="str">
-        <v>2107660390</v>
+        <v>1706041896</v>
       </c>
       <c r="C125" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-sleep</v>
       </c>
       <c r="D125" t="str">
-        <v>HelloBetter Vaginismus Plus</v>
+        <v>HelloBetter Schlafen</v>
       </c>
       <c r="E125" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F125" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G125" t="str">
         <v/>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B126" t="str">
-        <v>2003209444</v>
+        <v>2099384928</v>
       </c>
       <c r="C126" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/kranus-edera</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
       </c>
       <c r="D126" t="str">
-        <v>Kranus Edera</v>
+        <v>HelloBetter Stress und Burnout</v>
       </c>
       <c r="E126" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F126" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G126" t="str">
         <v/>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B127" t="str">
-        <v>2769016265</v>
+        <v>2107660390</v>
       </c>
       <c r="C127" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/kranus-lutera</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
       </c>
       <c r="D127" t="str">
-        <v>Kranus Lutera</v>
+        <v>HelloBetter Vaginismus Plus</v>
       </c>
       <c r="E127" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F127" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G127" t="str">
         <v/>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B128" t="str">
-        <v>2586479065</v>
+        <v>2003209444</v>
       </c>
       <c r="C128" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/kranus-mictera</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/kranus-edera</v>
       </c>
       <c r="D128" t="str">
-        <v>Kranus Mictera</v>
+        <v>Kranus Edera</v>
       </c>
       <c r="E128" t="str">
         <v>Kranus Health GmbH</v>
       </c>
       <c r="F128" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G128" t="str">
         <v/>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B129" t="str">
-        <v>3192077368</v>
+        <v>2769016265</v>
       </c>
       <c r="C129" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/kranus-lutera</v>
       </c>
       <c r="D129" t="str">
-        <v>ADHD Parenttraining</v>
+        <v>Kranus Lutera</v>
       </c>
       <c r="E129" t="str">
-        <v>Medigital GmbH</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F129" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G129" t="str">
         <v/>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B130" t="str">
-        <v>3351711861</v>
+        <v>2586479065</v>
       </c>
       <c r="C130" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/mementor_somnio</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/kranus-mictera</v>
       </c>
       <c r="D130" t="str">
-        <v>somnio</v>
+        <v>Kranus Mictera</v>
       </c>
       <c r="E130" t="str">
-        <v>mementor DE GmbH</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F130" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G130" t="str">
         <v/>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B131" t="str">
-        <v>2330030240</v>
+        <v>3192077368</v>
       </c>
       <c r="C131" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/neolexon-aphasie</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
       </c>
       <c r="D131" t="str">
-        <v>neolexon Aphasie</v>
+        <v>ADHD Parenttraining</v>
       </c>
       <c r="E131" t="str">
-        <v>Limedix GmbH</v>
+        <v>Medigital GmbH</v>
       </c>
       <c r="F131" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G131" t="str">
         <v/>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B132" t="str">
-        <v>2674072804</v>
+        <v>3351711861</v>
       </c>
       <c r="C132" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/neuronation-med</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/mementor_somnio</v>
       </c>
       <c r="D132" t="str">
-        <v>NeuroNation MED</v>
+        <v>somnio</v>
       </c>
       <c r="E132" t="str">
-        <v>Synaptikon GmbH</v>
+        <v>mementor DE GmbH</v>
       </c>
       <c r="F132" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G132" t="str">
         <v/>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B133" t="str">
-        <v>2792529533</v>
+        <v>2844273073</v>
       </c>
       <c r="C133" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/pinkcoach</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/memodio-app</v>
       </c>
       <c r="D133" t="str">
-        <v>PINK Coach</v>
+        <v>memodio</v>
       </c>
       <c r="E133" t="str">
-        <v>PINK gegen Brustkrebs GmbH</v>
+        <v>memodio GmbH</v>
       </c>
       <c r="F133" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G133" t="str">
         <v/>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B134" t="str">
-        <v>3419042063</v>
+        <v>2330030240</v>
       </c>
       <c r="C134" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/neolexon-aphasie</v>
       </c>
       <c r="D134" t="str">
-        <v>NichtraucherHelden</v>
+        <v>neolexon Aphasie</v>
       </c>
       <c r="E134" t="str">
-        <v>Sanero Medical GmbH</v>
+        <v>Limedix GmbH</v>
       </c>
       <c r="F134" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G134" t="str">
         <v/>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B135" t="str">
-        <v>3798489735</v>
+        <v>2674072804</v>
       </c>
       <c r="C135" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-binge_eating</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/neuronation-med</v>
       </c>
       <c r="D135" t="str">
-        <v>Selfapys Online-Kurs bei Binge-Eating-Störung</v>
+        <v>NeuroNation MED</v>
       </c>
       <c r="E135" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Synaptikon GmbH</v>
       </c>
       <c r="F135" t="str">
-        <v>urn:telematik:versicherter urn:telematik:email openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G135" t="str">
         <v/>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B136" t="str">
-        <v>1069566785</v>
+        <v>2792529533</v>
       </c>
       <c r="C136" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-bulimia</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/pinkcoach</v>
       </c>
       <c r="D136" t="str">
-        <v>Selfapys Online-Kurs bei Bulimia Nervosa</v>
+        <v>PINK Coach</v>
       </c>
       <c r="E136" t="str">
-        <v>Selfapy GmbH</v>
+        <v>PINK gegen Brustkrebs GmbH</v>
       </c>
       <c r="F136" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G136" t="str">
         <v/>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B137" t="str">
-        <v>3667520768</v>
+        <v>3419042063</v>
       </c>
       <c r="C137" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-depression</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
       </c>
       <c r="D137" t="str">
-        <v>Selfapys Online-Kurs bei Depression</v>
+        <v>NichtraucherHelden</v>
       </c>
       <c r="E137" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Sanero Medical GmbH</v>
       </c>
       <c r="F137" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G137" t="str">
         <v/>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B138" t="str">
-        <v>82966155</v>
+        <v>3798489735</v>
       </c>
       <c r="C138" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-binge_eating</v>
       </c>
       <c r="D138" t="str">
-        <v>Selfapys Online-Kurs bei Generalisierter Angststörung</v>
+        <v>Selfapys Online-Kurs bei Binge-Eating-Störung</v>
       </c>
       <c r="E138" t="str">
         <v>Selfapy GmbH</v>
       </c>
       <c r="F138" t="str">
         <v>urn:telematik:versicherter urn:telematik:email openid</v>
       </c>
       <c r="G138" t="str">
         <v/>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B139" t="str">
-        <v>4284319953</v>
+        <v>1069566785</v>
       </c>
       <c r="C139" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-bulimia</v>
       </c>
       <c r="D139" t="str">
-        <v>zanadio</v>
+        <v>Selfapys Online-Kurs bei Bulimia Nervosa</v>
       </c>
       <c r="E139" t="str">
-        <v>Sidekick Health Germany GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F139" t="str">
-        <v>openid urn:telematik:versicherter urn:telematik:email</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G139" t="str">
         <v/>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B140" t="str">
-        <v>2614385005</v>
+        <v>3667520768</v>
       </c>
       <c r="C140" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/tiredofcancer-untire</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-depression</v>
       </c>
       <c r="D140" t="str">
-        <v>Untire</v>
+        <v>Selfapys Online-Kurs bei Depression</v>
       </c>
       <c r="E140" t="str">
-        <v>Tired of Cancer B.V.</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F140" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G140" t="str">
         <v/>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B141" t="str">
-        <v>4097328442</v>
+        <v>82966155</v>
       </c>
       <c r="C141" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/unahealth</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
       </c>
       <c r="D141" t="str">
-        <v>Una Health für Diabetes</v>
+        <v>Selfapys Online-Kurs bei Generalisierter Angststörung</v>
       </c>
       <c r="E141" t="str">
-        <v>Una Health GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F141" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>urn:telematik:versicherter urn:telematik:email openid</v>
       </c>
       <c r="G141" t="str">
         <v/>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B142" t="str">
-        <v>1913606781</v>
+        <v>4284319953</v>
       </c>
       <c r="C142" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/vitadio-diabetes</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
       </c>
       <c r="D142" t="str">
-        <v>Vitadio Diabetes</v>
+        <v>zanadio</v>
       </c>
       <c r="E142" t="str">
-        <v>Vitadio Health Technologies GmbH</v>
+        <v>Sidekick Health Germany GmbH</v>
       </c>
       <c r="F142" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter urn:telematik:email</v>
       </c>
       <c r="G142" t="str">
         <v/>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B143" t="str">
-        <v>3190648499</v>
+        <v>2614385005</v>
       </c>
       <c r="C143" t="str">
-        <v>https://mimoto.azuma-health.tech/oidcf/vivira-app</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/tiredofcancer-untire</v>
       </c>
       <c r="D143" t="str">
-        <v>Vivira</v>
+        <v>Untire</v>
       </c>
       <c r="E143" t="str">
-        <v>Vivira Health Lab GmbH</v>
+        <v>Tired of Cancer B.V.</v>
       </c>
       <c r="F143" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G143" t="str">
         <v/>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B144" t="str">
-        <v>3180170271</v>
+        <v>4097328442</v>
       </c>
       <c r="C144" t="str">
-        <v>https://msngr.viactiv.de</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/unahealth</v>
       </c>
       <c r="D144" t="str">
-        <v>Messenger</v>
+        <v>Una Health für Diabetes</v>
       </c>
       <c r="E144" t="str">
-        <v>viactiv</v>
+        <v>Una Health GmbH</v>
       </c>
       <c r="F144" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G144" t="str">
         <v/>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B145" t="str">
-        <v>1518065699</v>
+        <v>1913606781</v>
       </c>
       <c r="C145" t="str">
-        <v>https://patella.app/api/core/users/telematik</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/vitadio-diabetes</v>
       </c>
       <c r="D145" t="str">
-        <v/>
+        <v>Vitadio Diabetes</v>
       </c>
       <c r="E145" t="str">
-        <v>PrehApp GmbH</v>
+        <v>Vitadio Health Technologies GmbH</v>
       </c>
       <c r="F145" t="str">
-        <v>urn:telematik:email urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G145" t="str">
         <v/>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B146" t="str">
-        <v>2389893874</v>
+        <v>3190648499</v>
       </c>
       <c r="C146" t="str">
-        <v>https://prod-api.glucura.io/oidc</v>
+        <v>https://mimoto.azuma-health.tech/oidcf/vivira-app</v>
       </c>
       <c r="D146" t="str">
-        <v>glucura</v>
+        <v>Vivira</v>
       </c>
       <c r="E146" t="str">
-        <v>Perfood Laboratories GmbH</v>
+        <v>Vivira Health Lab GmbH</v>
       </c>
       <c r="F146" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G146" t="str">
         <v/>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B147" t="str">
-        <v>4288608531</v>
+        <v>3180170271</v>
       </c>
       <c r="C147" t="str">
-        <v>https://prod-api.sincephalea.io/oidc</v>
+        <v>https://msngr.viactiv.de</v>
       </c>
       <c r="D147" t="str">
-        <v>sinCephalea</v>
+        <v>Messenger</v>
       </c>
       <c r="E147" t="str">
-        <v>Perfood Laboratories GmbH</v>
+        <v>viactiv</v>
       </c>
       <c r="F147" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G147" t="str">
         <v/>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B148" t="str">
-        <v>2309378883</v>
+        <v>2622382954</v>
       </c>
       <c r="C148" t="str">
-        <v>https://prod2.endometriose.app</v>
+        <v>https://oidc.tiaas.tech/glucura</v>
       </c>
       <c r="D148" t="str">
-        <v>Endo-App</v>
+        <v>glucura</v>
       </c>
       <c r="E148" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Perfood GmbH</v>
       </c>
       <c r="F148" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G148" t="str">
         <v/>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B149" t="str">
-        <v>3595547052</v>
+        <v>3119551485</v>
       </c>
       <c r="C149" t="str">
-        <v>https://rp.app.oriko.mindnet.health/realms/mindnet-realm</v>
+        <v>https://oidc.tiaas.tech/sincephalea</v>
       </c>
       <c r="D149" t="str">
-        <v>ORIKO ADHS-Therapie</v>
+        <v>sinCephalea</v>
       </c>
       <c r="E149" t="str">
-        <v>MiNDNET E-Health Solutions GmbH</v>
+        <v>Perfood GmbH</v>
       </c>
       <c r="F149" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G149" t="str">
         <v/>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B150" t="str">
-        <v>2457073831</v>
+        <v>1518065699</v>
       </c>
       <c r="C150" t="str">
-        <v>https://schulter.app/api/core/users/telematik</v>
+        <v>https://patella.app/api/core/users/telematik</v>
       </c>
       <c r="D150" t="str">
-        <v>companion-shoulder</v>
+        <v/>
       </c>
       <c r="E150" t="str">
         <v>PrehApp GmbH</v>
       </c>
       <c r="F150" t="str">
         <v>urn:telematik:email urn:telematik:versicherter openid</v>
       </c>
       <c r="G150" t="str">
         <v/>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B151" t="str">
-        <v>2381088261</v>
+        <v>2309378883</v>
       </c>
       <c r="C151" t="str">
-        <v>https://service-app-messenger.hek.de</v>
+        <v>https://prod2.endometriose.app</v>
       </c>
       <c r="D151" t="str">
-        <v>HEK - Gesundheitsmessenger</v>
+        <v>Endo-App</v>
       </c>
       <c r="E151" t="str">
-        <v>hek</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F151" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G151" t="str">
         <v/>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B152" t="str">
-        <v>2257169670</v>
+        <v>3595547052</v>
       </c>
       <c r="C152" t="str">
-        <v>https://tim-epa.rise-tim.de</v>
+        <v>https://rp.app.oriko.mindnet.health/realms/mindnet-realm</v>
       </c>
       <c r="D152" t="str">
-        <v>RISE-TIM-ePA</v>
+        <v>ORIKO ADHS-Therapie</v>
       </c>
       <c r="E152" t="str">
-        <v>RISE</v>
+        <v>MiNDNET E-Health Solutions GmbH</v>
       </c>
       <c r="F152" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G152" t="str">
         <v/>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B153" t="str">
+        <v>2457073831</v>
+      </c>
+      <c r="C153" t="str">
+        <v>https://schulter.app/api/core/users/telematik</v>
+      </c>
+      <c r="D153" t="str">
+        <v>companion-shoulder</v>
+      </c>
+      <c r="E153" t="str">
+        <v>PrehApp GmbH</v>
+      </c>
+      <c r="F153" t="str">
+        <v>urn:telematik:email urn:telematik:versicherter openid</v>
+      </c>
+      <c r="G153" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B154" t="str">
+        <v>2381088261</v>
+      </c>
+      <c r="C154" t="str">
+        <v>https://service-app-messenger.hek.de</v>
+      </c>
+      <c r="D154" t="str">
+        <v>HEK - Gesundheitsmessenger</v>
+      </c>
+      <c r="E154" t="str">
+        <v>hek</v>
+      </c>
+      <c r="F154" t="str">
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+      </c>
+      <c r="G154" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B155" t="str">
+        <v>2257169670</v>
+      </c>
+      <c r="C155" t="str">
+        <v>https://tim-epa.rise-tim.de</v>
+      </c>
+      <c r="D155" t="str">
+        <v>RISE-TIM-ePA</v>
+      </c>
+      <c r="E155" t="str">
+        <v>RISE</v>
+      </c>
+      <c r="F155" t="str">
+        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
+      </c>
+      <c r="G155" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B156" t="str">
         <v>953414115</v>
       </c>
-      <c r="C153" t="str">
+      <c r="C156" t="str">
         <v>https://tim.tk.de</v>
       </c>
-      <c r="D153" t="str">
+      <c r="D156" t="str">
         <v>TK-GesundheitsMessenger</v>
       </c>
-      <c r="E153" t="str">
+      <c r="E156" t="str">
         <v>Techniker Krankenkasse</v>
       </c>
-      <c r="F153" t="str">
+      <c r="F156" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
-      <c r="G153" t="str">
+      <c r="G156" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B157" t="str">
+        <v>405800619</v>
+      </c>
+      <c r="C157" t="str">
+        <v>https://veraprod.endometriose.app</v>
+      </c>
+      <c r="D157" t="str">
+        <v>Vera-App</v>
+      </c>
+      <c r="E157" t="str">
+        <v>Endo Health GmbH</v>
+      </c>
+      <c r="F157" t="str">
+        <v>urn:telematik:versicherter openid</v>
+      </c>
+      <c r="G157" t="str">
         <v/>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:G153"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:G157"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Entities</vt:lpstr>
       <vt:lpstr>OpenIDProviders</vt:lpstr>
       <vt:lpstr>RelyingParties</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>