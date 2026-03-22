--- v0 (2025-12-10)
+++ v1 (2026-03-22)
@@ -414,4786 +414,4846 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F236"/>
+  <dimension ref="A1:F239"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="16.83203125" customWidth="1"/>
     <col min="2" max="2" width="16.83203125" customWidth="1"/>
     <col min="3" max="3" width="50.83203125" customWidth="1"/>
     <col min="4" max="4" width="50.83203125" customWidth="1"/>
     <col min="5" max="5" width="50.83203125" customWidth="1"/>
     <col min="6" max="6" width="50.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>type</v>
       </c>
       <c r="B1" t="str">
         <v>cidi</v>
       </c>
       <c r="C1" t="str">
         <v>iss</v>
       </c>
       <c r="D1" t="str">
         <v>federation_entity_name</v>
       </c>
       <c r="E1" t="str">
         <v>organization_name</v>
       </c>
       <c r="F1" t="str">
         <v>error</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v/>
       </c>
       <c r="B2" t="str">
         <v/>
       </c>
       <c r="C2" t="str">
-        <v>https://healthidback.bsi.bauerfeind-novio.de</v>
+        <v>https://api.stg.elona-explore.app</v>
       </c>
       <c r="D2" t="str">
         <v/>
       </c>
       <c r="E2" t="str">
         <v/>
       </c>
       <c r="F2" t="str">
-        <v>HTTP Error 404 Not Found</v>
+        <v>HTTP Error 502 Bad Gateway</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v/>
       </c>
       <c r="B3" t="str">
         <v/>
       </c>
       <c r="C3" t="str">
         <v>https://id-ru.esysta.com</v>
       </c>
       <c r="D3" t="str">
         <v/>
       </c>
       <c r="E3" t="str">
         <v/>
       </c>
       <c r="F3" t="str">
         <v>Connect Timeout Error (attempted address: id-ru.esysta.com:443, timeout: 10000ms)</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v/>
       </c>
       <c r="B4" t="str">
         <v/>
       </c>
       <c r="C4" t="str">
-        <v>https://test-id-ru.esysta.com</v>
+        <v>https://rp.eid.dev.app.adhs.mindnet.health/realms/mindnet-realm</v>
       </c>
       <c r="D4" t="str">
         <v/>
       </c>
       <c r="E4" t="str">
         <v/>
       </c>
       <c r="F4" t="str">
-        <v>Connect Timeout Error (attempted address: test-id-ru.esysta.com:443, timeout: 10000ms)</v>
+        <v>HTTP Error 504 Gateway Timeout</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v/>
+        <v>openid_provider</v>
       </c>
       <c r="B5" t="str">
-        <v/>
+        <v>2935184165</v>
       </c>
       <c r="C5" t="str">
-        <v>https://testmock.alter-solutions.de/fd</v>
+        <v>https://gsi-ref.dev.gematik.solutions</v>
       </c>
       <c r="D5" t="str">
-        <v/>
+        <v>deprecated gematik sektoraler IDP</v>
       </c>
       <c r="E5" t="str">
-        <v/>
+        <v>deprecated gematik sektoraler IDP</v>
       </c>
       <c r="F5" t="str">
-        <v>certificate has expired</v>
+        <v/>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B6" t="str">
-        <v>2935184165</v>
+        <v>1633784271</v>
       </c>
       <c r="C6" t="str">
-        <v>https://gsi-ref.dev.gematik.solutions</v>
+        <v>https://idbroker.arag.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D6" t="str">
-        <v>deprecated gematik sektoraler IDP</v>
+        <v>SekIDP RU2 ARAG</v>
       </c>
       <c r="E6" t="str">
-        <v>deprecated gematik sektoraler IDP</v>
+        <v>ARAG RU2</v>
       </c>
       <c r="F6" t="str">
         <v/>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B7" t="str">
-        <v>1633784271</v>
+        <v>2810684028</v>
       </c>
       <c r="C7" t="str">
-        <v>https://idbroker.arag.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.continentale.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D7" t="str">
-        <v>SekIDP RU2 ARAG</v>
+        <v>SekIDP ru CONTINENTALE</v>
       </c>
       <c r="E7" t="str">
-        <v>ARAG RU2</v>
+        <v>CONTINENTALE</v>
       </c>
       <c r="F7" t="str">
         <v/>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B8" t="str">
-        <v>2810684028</v>
+        <v>3730958245</v>
       </c>
       <c r="C8" t="str">
-        <v>https://idbroker.continentale.ru.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.continentale.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D8" t="str">
-        <v>SekIDP ru CONTINENTALE</v>
+        <v>SekIDP RU2 CONTINENTALE</v>
       </c>
       <c r="E8" t="str">
-        <v>CONTINENTALE</v>
+        <v>CONTINENTALE RU2</v>
       </c>
       <c r="F8" t="str">
         <v/>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B9" t="str">
-        <v>3730958245</v>
+        <v>1774175078</v>
       </c>
       <c r="C9" t="str">
-        <v>https://idbroker.continentale.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.debeka-sidp.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D9" t="str">
-        <v>SekIDP RU2 CONTINENTALE</v>
+        <v>SekIDP RU2 DEBEKA-SIDP</v>
       </c>
       <c r="E9" t="str">
-        <v>CONTINENTALE RU2</v>
+        <v>DEBEKA-SIDP RU2</v>
       </c>
       <c r="F9" t="str">
         <v/>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B10" t="str">
-        <v>1774175078</v>
+        <v>2147623824</v>
       </c>
       <c r="C10" t="str">
-        <v>https://idbroker.debeka-sidp.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.debeka.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D10" t="str">
-        <v>SekIDP RU2 DEBEKA-SIDP</v>
+        <v>SekIDP RU DEBEKA</v>
       </c>
       <c r="E10" t="str">
-        <v>DEBEKA-SIDP RU2</v>
+        <v>DEBEKA</v>
       </c>
       <c r="F10" t="str">
         <v/>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B11" t="str">
-        <v>2147623824</v>
+        <v>1688628793</v>
       </c>
       <c r="C11" t="str">
-        <v>https://idbroker.debeka.ru.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.dkv.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D11" t="str">
-        <v>SekIDP RU DEBEKA</v>
+        <v>SekIDP RU DKV</v>
       </c>
       <c r="E11" t="str">
-        <v>DEBEKA</v>
+        <v>DKV</v>
       </c>
       <c r="F11" t="str">
         <v/>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B12" t="str">
-        <v>1688628793</v>
+        <v>3625218934</v>
       </c>
       <c r="C12" t="str">
-        <v>https://idbroker.dkv.ru.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.dkv.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D12" t="str">
-        <v>SekIDP RU DKV</v>
+        <v>SekIDP RU2 DKV</v>
       </c>
       <c r="E12" t="str">
-        <v>DKV</v>
+        <v>DKV RU2</v>
       </c>
       <c r="F12" t="str">
         <v/>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B13" t="str">
-        <v>3625218934</v>
+        <v>1385207112</v>
       </c>
       <c r="C13" t="str">
-        <v>https://idbroker.dkv.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.hansemerkur.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D13" t="str">
-        <v>SekIDP RU2 DKV</v>
+        <v>SekIDP RU2 HANSEMERKUR</v>
       </c>
       <c r="E13" t="str">
-        <v>DKV RU2</v>
+        <v>HANSEMERKUR RU2</v>
       </c>
       <c r="F13" t="str">
         <v/>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B14" t="str">
-        <v>1385207112</v>
+        <v>603438949</v>
       </c>
       <c r="C14" t="str">
-        <v>https://idbroker.hansemerkur.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.hek.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D14" t="str">
-        <v>SekIDP RU2 HANSEMERKUR</v>
+        <v>SekIDP RU HEK</v>
       </c>
       <c r="E14" t="str">
-        <v>HANSEMERKUR RU2</v>
+        <v>HEK</v>
       </c>
       <c r="F14" t="str">
         <v/>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B15" t="str">
-        <v>603438949</v>
+        <v>3129884536</v>
       </c>
       <c r="C15" t="str">
-        <v>https://idbroker.hek.ru.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.hek.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D15" t="str">
-        <v>SekIDP RU HEK</v>
+        <v>SekIDP RU2 HEK</v>
       </c>
       <c r="E15" t="str">
-        <v>HEK</v>
+        <v>Hanseatische Krankenkasse RU2</v>
       </c>
       <c r="F15" t="str">
         <v/>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B16" t="str">
-        <v>3129884536</v>
+        <v>3477723471</v>
       </c>
       <c r="C16" t="str">
-        <v>https://idbroker.hek.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.ibm.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D16" t="str">
-        <v>SekIDP RU2 HEK</v>
+        <v>SekIDP RU IBM</v>
       </c>
       <c r="E16" t="str">
-        <v>Hanseatische Krankenkasse RU2</v>
+        <v>IBM</v>
       </c>
       <c r="F16" t="str">
         <v/>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B17" t="str">
-        <v>3477723471</v>
+        <v>1641629896</v>
       </c>
       <c r="C17" t="str">
-        <v>https://idbroker.ibm.ru.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.ibm.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D17" t="str">
-        <v>SekIDP RU IBM</v>
+        <v>SekIDP RU2 IBM</v>
       </c>
       <c r="E17" t="str">
-        <v>IBM</v>
+        <v>IBM RU2</v>
       </c>
       <c r="F17" t="str">
         <v/>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B18" t="str">
-        <v>1641629896</v>
+        <v>4020010795</v>
       </c>
       <c r="C18" t="str">
-        <v>https://idbroker.ibm.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.ibmaslan.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D18" t="str">
-        <v>SekIDP RU2 IBM</v>
+        <v>SekIDP RU2 IBMASLAN</v>
       </c>
       <c r="E18" t="str">
-        <v>IBM RU2</v>
+        <v>IBMASLAN RU2</v>
       </c>
       <c r="F18" t="str">
         <v/>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B19" t="str">
-        <v>4020010795</v>
+        <v>2775839922</v>
       </c>
       <c r="C19" t="str">
-        <v>https://idbroker.ibmaslan.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.ibmepa.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D19" t="str">
-        <v>SekIDP RU2 IBMASLAN</v>
+        <v>SekIDP RU2 IBMEPA</v>
       </c>
       <c r="E19" t="str">
-        <v>IBMASLAN RU2</v>
+        <v>IBMEPA RU2</v>
       </c>
       <c r="F19" t="str">
         <v/>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B20" t="str">
-        <v>2775839922</v>
+        <v>22915240</v>
       </c>
       <c r="C20" t="str">
-        <v>https://idbroker.ibmepa.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.ibmha.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D20" t="str">
-        <v>SekIDP RU2 IBMEPA</v>
+        <v>SekIDP RU2 IBMHA</v>
       </c>
       <c r="E20" t="str">
-        <v>IBMEPA RU2</v>
+        <v>IBMHA RU2</v>
       </c>
       <c r="F20" t="str">
         <v/>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B21" t="str">
-        <v>22915240</v>
+        <v>2405241230</v>
       </c>
       <c r="C21" t="str">
-        <v>https://idbroker.ibmha.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.ibmpkv.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D21" t="str">
-        <v>SekIDP RU2 IBMHA</v>
+        <v>SekIDP RU2 IBMPKV</v>
       </c>
       <c r="E21" t="str">
-        <v>IBMHA RU2</v>
+        <v>IBMPKV RU2</v>
       </c>
       <c r="F21" t="str">
         <v/>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B22" t="str">
-        <v>2405241230</v>
+        <v>3102478063</v>
       </c>
       <c r="C22" t="str">
-        <v>https://idbroker.ibmpkv.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.ibmpkv2.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D22" t="str">
-        <v>SekIDP RU2 IBMPKV</v>
+        <v>SekIDP RU2 IBMPKV2</v>
       </c>
       <c r="E22" t="str">
-        <v>IBMPKV RU2</v>
+        <v>IBMPKV2 RU2</v>
       </c>
       <c r="F22" t="str">
         <v/>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B23" t="str">
-        <v>3102478063</v>
+        <v>210208768</v>
       </c>
       <c r="C23" t="str">
-        <v>https://idbroker.ibmpkv2.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.kbs.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D23" t="str">
-        <v>SekIDP RU2 IBMPKV2</v>
+        <v>SekIDP RU KBS</v>
       </c>
       <c r="E23" t="str">
-        <v>IBMPKV2 RU2</v>
+        <v>KNAPPSCHAFT</v>
       </c>
       <c r="F23" t="str">
         <v/>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B24" t="str">
-        <v>210208768</v>
+        <v>2272909976</v>
       </c>
       <c r="C24" t="str">
-        <v>https://idbroker.kbs.ru.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.kbs.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D24" t="str">
-        <v>SekIDP RU KBS</v>
+        <v>SekIDP RU2 KBS</v>
       </c>
       <c r="E24" t="str">
-        <v>KNAPPSCHAFT</v>
+        <v>KNAPPSCHAFT RU2</v>
       </c>
       <c r="F24" t="str">
         <v/>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B25" t="str">
-        <v>2272909976</v>
+        <v>4145942582</v>
       </c>
       <c r="C25" t="str">
-        <v>https://idbroker.kbs.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.lvm.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D25" t="str">
-        <v>SekIDP RU2 KBS</v>
+        <v>SekIDP RU LVM</v>
       </c>
       <c r="E25" t="str">
-        <v>KNAPPSCHAFT RU2</v>
+        <v>LVM RU</v>
       </c>
       <c r="F25" t="str">
         <v/>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B26" t="str">
-        <v>4145942582</v>
+        <v>1211684505</v>
       </c>
       <c r="C26" t="str">
-        <v>https://idbroker.lvm.ru.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.lvm.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D26" t="str">
-        <v>SekIDP RU LVM</v>
+        <v>SekIDP RU2 LVM</v>
       </c>
       <c r="E26" t="str">
-        <v>LVM RU</v>
+        <v>LVM RU2</v>
       </c>
       <c r="F26" t="str">
         <v/>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B27" t="str">
-        <v>1211684505</v>
+        <v>451878333</v>
       </c>
       <c r="C27" t="str">
-        <v>https://idbroker.lvm.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.tk.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D27" t="str">
-        <v>SekIDP RU2 LVM</v>
+        <v>SekIDP RU TK</v>
       </c>
       <c r="E27" t="str">
-        <v>LVM RU2</v>
+        <v>Techniker Krankenkasse</v>
       </c>
       <c r="F27" t="str">
         <v/>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B28" t="str">
-        <v>451878333</v>
+        <v>851410236</v>
       </c>
       <c r="C28" t="str">
-        <v>https://idbroker.tk.ru.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.tk.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D28" t="str">
-        <v>SekIDP RU TK</v>
+        <v>SekIDP RU2 TK</v>
       </c>
       <c r="E28" t="str">
-        <v>Techniker Krankenkasse</v>
+        <v>Techniker Krankenkasse RU2</v>
       </c>
       <c r="F28" t="str">
         <v/>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B29" t="str">
-        <v>851410236</v>
+        <v>2118927092</v>
       </c>
       <c r="C29" t="str">
-        <v>https://idbroker.tk.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.ukv.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D29" t="str">
-        <v>SekIDP RU2 TK</v>
+        <v>SekIDP RU UKV</v>
       </c>
       <c r="E29" t="str">
-        <v>Techniker Krankenkasse RU2</v>
+        <v>UKV RU</v>
       </c>
       <c r="F29" t="str">
         <v/>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B30" t="str">
-        <v>2118927092</v>
+        <v>1037772631</v>
       </c>
       <c r="C30" t="str">
-        <v>https://idbroker.ukv.ru.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.ukv.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D30" t="str">
-        <v>SekIDP RU UKV</v>
+        <v>SekIDP RU2 UKV</v>
       </c>
       <c r="E30" t="str">
-        <v>UKV RU</v>
+        <v>UKV RU2</v>
       </c>
       <c r="F30" t="str">
         <v/>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B31" t="str">
-        <v>1037772631</v>
+        <v>1446732274</v>
       </c>
       <c r="C31" t="str">
-        <v>https://idbroker.ukv.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.viactiv.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D31" t="str">
-        <v>SekIDP RU2 UKV</v>
+        <v>SekIDP RU VIACTIV</v>
       </c>
       <c r="E31" t="str">
-        <v>UKV RU2</v>
+        <v>VIACTIV</v>
       </c>
       <c r="F31" t="str">
         <v/>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B32" t="str">
-        <v>1446732274</v>
+        <v>3566269761</v>
       </c>
       <c r="C32" t="str">
-        <v>https://idbroker.viactiv.ru.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.viactiv.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D32" t="str">
-        <v>SekIDP RU VIACTIV</v>
+        <v>SekIDP RU2 VIACTIV</v>
       </c>
       <c r="E32" t="str">
-        <v>VIACTIV</v>
+        <v>VIACTIV RU2</v>
       </c>
       <c r="F32" t="str">
         <v/>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B33" t="str">
-        <v>3566269761</v>
+        <v>4233398389</v>
       </c>
       <c r="C33" t="str">
-        <v>https://idbroker.viactiv.ru2.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.vkb.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D33" t="str">
-        <v>SekIDP RU2 VIACTIV</v>
+        <v>SekIDP RU VKB</v>
       </c>
       <c r="E33" t="str">
-        <v>VIACTIV RU2</v>
+        <v>VKB RU</v>
       </c>
       <c r="F33" t="str">
         <v/>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B34" t="str">
-        <v>4233398389</v>
+        <v>2816904235</v>
       </c>
       <c r="C34" t="str">
-        <v>https://idbroker.vkb.ru.nonprod-ehealth-id.de</v>
+        <v>https://idbroker.vkb.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D34" t="str">
-        <v>SekIDP RU VKB</v>
+        <v>SekIDP RU2 VKB</v>
       </c>
       <c r="E34" t="str">
-        <v>VKB RU</v>
+        <v>VKB RU2</v>
       </c>
       <c r="F34" t="str">
         <v/>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B35" t="str">
-        <v>2816904235</v>
+        <v>949947266</v>
       </c>
       <c r="C35" t="str">
-        <v>https://idbroker.vkb.ru2.nonprod-ehealth-id.de</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/450701689</v>
       </c>
       <c r="D35" t="str">
-        <v>SekIDP RU2 VKB</v>
+        <v>RISE</v>
       </c>
       <c r="E35" t="str">
-        <v>VKB RU2</v>
+        <v>RISE</v>
       </c>
       <c r="F35" t="str">
         <v/>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B36" t="str">
-        <v>949947266</v>
+        <v>327088994</v>
       </c>
       <c r="C36" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/450701689</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/993725547</v>
       </c>
       <c r="D36" t="str">
-        <v>RISE</v>
+        <v>MusterPKV RISE</v>
       </c>
       <c r="E36" t="str">
-        <v>RISE</v>
+        <v>MusterPKV RISE</v>
       </c>
       <c r="F36" t="str">
         <v/>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B37" t="str">
-        <v>327088994</v>
+        <v>3799529609</v>
       </c>
       <c r="C37" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/993725547</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998140119</v>
       </c>
       <c r="D37" t="str">
-        <v>MusterPKV RISE</v>
+        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
       </c>
       <c r="E37" t="str">
-        <v>MusterPKV RISE</v>
+        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
       </c>
       <c r="F37" t="str">
         <v/>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B38" t="str">
-        <v>3799529609</v>
+        <v>3081128801</v>
       </c>
       <c r="C38" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998140119</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998140379</v>
       </c>
       <c r="D38" t="str">
-        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
+        <v>Münchener Verein Krankenversicherung a.G.</v>
       </c>
       <c r="E38" t="str">
-        <v>Landeskrankenhilfe V.V.a.G. - LKH</v>
+        <v>Münchener Verein Krankenversicherung a.G.</v>
       </c>
       <c r="F38" t="str">
         <v/>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B39" t="str">
-        <v>3081128801</v>
+        <v>671018717</v>
       </c>
       <c r="C39" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998140379</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998140391</v>
       </c>
       <c r="D39" t="str">
-        <v>Münchener Verein Krankenversicherung a.G.</v>
+        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
       </c>
       <c r="E39" t="str">
-        <v>Münchener Verein Krankenversicherung a.G.</v>
+        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
       </c>
       <c r="F39" t="str">
         <v/>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B40" t="str">
-        <v>671018717</v>
+        <v>2162114406</v>
       </c>
       <c r="C40" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998140391</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998140459</v>
       </c>
       <c r="D40" t="str">
-        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
+        <v>uniVersa Krankenversicherung a.G.</v>
       </c>
       <c r="E40" t="str">
-        <v>SDK - Süddeutsche Krankenversicherung a. G.</v>
+        <v>uniVersa Krankenversicherung a.G.</v>
       </c>
       <c r="F40" t="str">
         <v/>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B41" t="str">
-        <v>2162114406</v>
+        <v>2619467259</v>
       </c>
       <c r="C41" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998140459</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141176</v>
       </c>
       <c r="D41" t="str">
-        <v>uniVersa Krankenversicherung a.G.</v>
+        <v>HUK-COBURG-Krankenversicherung AG</v>
       </c>
       <c r="E41" t="str">
-        <v>uniVersa Krankenversicherung a.G.</v>
+        <v>HUK-COBURG-Krankenversicherung AG</v>
       </c>
       <c r="F41" t="str">
         <v/>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B42" t="str">
-        <v>2619467259</v>
+        <v>1824442786</v>
       </c>
       <c r="C42" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141176</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141187</v>
       </c>
       <c r="D42" t="str">
-        <v>HUK-COBURG-Krankenversicherung AG</v>
+        <v>CK-Test</v>
       </c>
       <c r="E42" t="str">
-        <v>HUK-COBURG-Krankenversicherung AG</v>
+        <v>CK-Test</v>
       </c>
       <c r="F42" t="str">
         <v/>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B43" t="str">
-        <v>1824442786</v>
+        <v>1244364304</v>
       </c>
       <c r="C43" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141187</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141358</v>
       </c>
       <c r="D43" t="str">
-        <v>CK-Test</v>
+        <v>VGH Provinzial Krankenversicherung</v>
       </c>
       <c r="E43" t="str">
-        <v>CK-Test</v>
+        <v>VGH Provinzial Krankenversicherung</v>
       </c>
       <c r="F43" t="str">
         <v/>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B44" t="str">
-        <v>1244364304</v>
+        <v>105633794</v>
       </c>
       <c r="C44" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141358</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141392</v>
       </c>
       <c r="D44" t="str">
-        <v>VGH Provinzial Krankenversicherung</v>
+        <v>Württembergische</v>
       </c>
       <c r="E44" t="str">
-        <v>VGH Provinzial Krankenversicherung</v>
+        <v>Württembergische</v>
       </c>
       <c r="F44" t="str">
         <v/>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B45" t="str">
-        <v>105633794</v>
+        <v>3434119318</v>
       </c>
       <c r="C45" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141392</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141416</v>
       </c>
       <c r="D45" t="str">
-        <v>Württembergische</v>
+        <v>Mecklenburgische Krankenversicherungs-AG</v>
       </c>
       <c r="E45" t="str">
-        <v>Württembergische</v>
+        <v>Mecklenburgische Krankenversicherungs-AG</v>
       </c>
       <c r="F45" t="str">
         <v/>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B46" t="str">
-        <v>3434119318</v>
+        <v>2426069955</v>
       </c>
       <c r="C46" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141416</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141427</v>
       </c>
       <c r="D46" t="str">
-        <v>Mecklenburgische Krankenversicherungs-AG</v>
+        <v>ALTE OLDENBURGER</v>
       </c>
       <c r="E46" t="str">
-        <v>Mecklenburgische Krankenversicherungs-AG</v>
+        <v>ALTE OLDENBURGER</v>
       </c>
       <c r="F46" t="str">
         <v/>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B47" t="str">
-        <v>2426069955</v>
+        <v>423546643</v>
       </c>
       <c r="C47" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141427</v>
+        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141438</v>
       </c>
       <c r="D47" t="str">
-        <v>ALTE OLDENBURGER</v>
+        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
       </c>
       <c r="E47" t="str">
-        <v>ALTE OLDENBURGER</v>
+        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
       </c>
       <c r="F47" t="str">
         <v/>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B48" t="str">
-        <v>423546643</v>
+        <v>2130724595</v>
       </c>
       <c r="C48" t="str">
-        <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/998141438</v>
+        <v>https://oidc.vau.ru.tiru.idp.rise-service.de/450701689</v>
       </c>
       <c r="D48" t="str">
-        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
+        <v>RISE</v>
       </c>
       <c r="E48" t="str">
-        <v>Versicherer im Raum der Kirchen Krankenversicherung AG</v>
+        <v>RISE</v>
       </c>
       <c r="F48" t="str">
         <v/>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B49" t="str">
-        <v>2130724595</v>
+        <v>4105277032</v>
       </c>
       <c r="C49" t="str">
-        <v>https://oidc.vau.ru.tiru.idp.rise-service.de/450701689</v>
+        <v>https://sekidp-ref.api.tk.de</v>
       </c>
       <c r="D49" t="str">
-        <v>RISE</v>
+        <v>TK sektoraler IDP</v>
       </c>
       <c r="E49" t="str">
-        <v>RISE</v>
+        <v>TK sektoraler IDP</v>
       </c>
       <c r="F49" t="str">
         <v/>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B50" t="str">
-        <v>4105277032</v>
+        <v>793136586</v>
       </c>
       <c r="C50" t="str">
-        <v>https://sekidp-ref.api.tk.de</v>
+        <v>https://web.bayern.ru.aok.sek-idp-tsi.de</v>
       </c>
       <c r="D50" t="str">
-        <v>TK sektoraler IDP</v>
+        <v>T-Systems International GmbH</v>
       </c>
       <c r="E50" t="str">
-        <v>TK sektoraler IDP</v>
+        <v>AOK Bayern RU TSY</v>
       </c>
       <c r="F50" t="str">
         <v/>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B51" t="str">
-        <v>793136586</v>
+        <v>1966207163</v>
       </c>
       <c r="C51" t="str">
-        <v>https://web.bayern.ru.aok.sek-idp-tsi.de</v>
+        <v>https://web.bremen.ru.aok.sek-idp-tsi.de</v>
       </c>
       <c r="D51" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E51" t="str">
-        <v>AOK Bayern RU TSY</v>
+        <v>AOK Bremen RU TSY</v>
       </c>
       <c r="F51" t="str">
         <v/>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B52" t="str">
-        <v>1966207163</v>
+        <v>1320313375</v>
       </c>
       <c r="C52" t="str">
-        <v>https://web.bremen.ru.aok.sek-idp-tsi.de</v>
+        <v>https://web.bw.ru.aok.sek-idp-tsi.de</v>
       </c>
       <c r="D52" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E52" t="str">
-        <v>AOK Bremen RU TSY</v>
+        <v>AOK BW RU TSY</v>
       </c>
       <c r="F52" t="str">
         <v/>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B53" t="str">
-        <v>1320313375</v>
+        <v>2099204364</v>
       </c>
       <c r="C53" t="str">
-        <v>https://web.bw.ru.aok.sek-idp-tsi.de</v>
+        <v>https://web.hessen.ru.aok.sek-idp-tsi.de</v>
       </c>
       <c r="D53" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E53" t="str">
-        <v>AOK BW RU TSY</v>
+        <v>AOK Hessen RU TSY</v>
       </c>
       <c r="F53" t="str">
         <v/>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B54" t="str">
-        <v>2099204364</v>
+        <v>2399388526</v>
       </c>
       <c r="C54" t="str">
-        <v>https://web.hessen.ru.aok.sek-idp-tsi.de</v>
+        <v>https://web.niedersachsen.ru.aok.sek-idp-tsi.de</v>
       </c>
       <c r="D54" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E54" t="str">
-        <v>AOK Hessen RU TSY</v>
+        <v>AOK Niedersachsen RU TSY</v>
       </c>
       <c r="F54" t="str">
         <v/>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B55" t="str">
-        <v>2399388526</v>
+        <v>3414285776</v>
       </c>
       <c r="C55" t="str">
-        <v>https://web.niedersachsen.ru.aok.sek-idp-tsi.de</v>
+        <v>https://web.nordost.ru.aok.sek-idp-tsi.de</v>
       </c>
       <c r="D55" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E55" t="str">
-        <v>AOK Niedersachsen RU TSY</v>
+        <v>AOK Nordost RU TSY</v>
       </c>
       <c r="F55" t="str">
         <v/>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B56" t="str">
-        <v>3414285776</v>
+        <v>3278709661</v>
       </c>
       <c r="C56" t="str">
-        <v>https://web.nordost.ru.aok.sek-idp-tsi.de</v>
+        <v>https://web.nordwest.ru.aok.sek-idp-tsi.de</v>
       </c>
       <c r="D56" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E56" t="str">
-        <v>AOK Nordost RU TSY</v>
+        <v>AOK Nordwest RU TSY</v>
       </c>
       <c r="F56" t="str">
         <v/>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B57" t="str">
-        <v>3278709661</v>
+        <v>4014272560</v>
       </c>
       <c r="C57" t="str">
-        <v>https://web.nordwest.ru.aok.sek-idp-tsi.de</v>
+        <v>https://web.plus.ru.aok.sek-idp-tsi.de</v>
       </c>
       <c r="D57" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E57" t="str">
-        <v>AOK Nordwest RU TSY</v>
+        <v>AOK Plus RU TSY</v>
       </c>
       <c r="F57" t="str">
         <v/>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B58" t="str">
-        <v>4014272560</v>
+        <v>1185628390</v>
       </c>
       <c r="C58" t="str">
-        <v>https://web.plus.ru.aok.sek-idp-tsi.de</v>
+        <v>https://web.rh.ru.aok.sek-idp-tsi.de</v>
       </c>
       <c r="D58" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E58" t="str">
-        <v>AOK Plus RU TSY</v>
+        <v>AOK RH RU TSY</v>
       </c>
       <c r="F58" t="str">
         <v/>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B59" t="str">
-        <v>1185628390</v>
+        <v>707415503</v>
       </c>
       <c r="C59" t="str">
-        <v>https://web.rh.ru.aok.sek-idp-tsi.de</v>
+        <v>https://web.rps.ru.aok.sek-idp-tsi.de</v>
       </c>
       <c r="D59" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E59" t="str">
-        <v>AOK RH RU TSY</v>
+        <v>AOK RPS RU TSY</v>
       </c>
       <c r="F59" t="str">
         <v/>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B60" t="str">
-        <v>707415503</v>
+        <v>1547996211</v>
       </c>
       <c r="C60" t="str">
-        <v>https://web.rps.ru.aok.sek-idp-tsi.de</v>
+        <v>https://web.sa.ru.aok.sek-idp-tsi.de</v>
       </c>
       <c r="D60" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E60" t="str">
-        <v>AOK RPS RU TSY</v>
+        <v>AOK SA RU TSY</v>
       </c>
       <c r="F60" t="str">
         <v/>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B61" t="str">
-        <v>1547996211</v>
+        <v>2391393548</v>
       </c>
       <c r="C61" t="str">
-        <v>https://web.sa.ru.aok.sek-idp-tsi.de</v>
+        <v>https://web.waashotfix.id.digital.barmer.de</v>
       </c>
       <c r="D61" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E61" t="str">
-        <v>AOK SA RU TSY</v>
+        <v>BARMER WaaS-Hotfix</v>
       </c>
       <c r="F61" t="str">
         <v/>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B62" t="str">
-        <v>2391393548</v>
+        <v>3277160077</v>
       </c>
       <c r="C62" t="str">
-        <v>https://web.waashotfix.id.digital.barmer.de</v>
+        <v>https://web.waaspreprod.id.digital.barmer.de</v>
       </c>
       <c r="D62" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E62" t="str">
-        <v>BARMER WaaS-Hotfix</v>
+        <v>BARMER WaaS-Preprod</v>
       </c>
       <c r="F62" t="str">
         <v/>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B63" t="str">
-        <v>3277160077</v>
+        <v>918391161</v>
       </c>
       <c r="C63" t="str">
-        <v>https://web.waaspreprod.id.digital.barmer.de</v>
+        <v>https://web.waasru.id.digital.barmer.de</v>
       </c>
       <c r="D63" t="str">
         <v>T-Systems International GmbH</v>
       </c>
       <c r="E63" t="str">
-        <v>BARMER WaaS-Preprod</v>
+        <v>BARMER WaaS-RU</v>
       </c>
       <c r="F63" t="str">
         <v/>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B64" t="str">
-        <v>918391161</v>
+        <v>347191924</v>
       </c>
       <c r="C64" t="str">
-        <v>https://web.waasru.id.digital.barmer.de</v>
+        <v>https://www.idp.qt.iam-bms.de/101520078</v>
       </c>
       <c r="D64" t="str">
-        <v>T-Systems International GmbH</v>
+        <v>Mobil Krankenkasse QT</v>
       </c>
       <c r="E64" t="str">
-        <v>BARMER WaaS-RU</v>
+        <v>Mobil Krankenkasse QT</v>
       </c>
       <c r="F64" t="str">
         <v/>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B65" t="str">
-        <v>347191924</v>
+        <v>3431261338</v>
       </c>
       <c r="C65" t="str">
-        <v>https://www.idp.qt.iam-bms.de/101520078</v>
+        <v>https://www.idp.qt.iam-bms.de/106492393</v>
       </c>
       <c r="D65" t="str">
-        <v>Mobil Krankenkasse QT</v>
+        <v>pronova BKK QT</v>
       </c>
       <c r="E65" t="str">
-        <v>Mobil Krankenkasse QT</v>
+        <v>pronova BKK QT</v>
       </c>
       <c r="F65" t="str">
         <v/>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B66" t="str">
-        <v>3431261338</v>
+        <v>1767409084</v>
       </c>
       <c r="C66" t="str">
-        <v>https://www.idp.qt.iam-bms.de/106492393</v>
+        <v>https://www.idp.qt.iam-bms.de/108035612</v>
       </c>
       <c r="D66" t="str">
-        <v>pronova BKK QT</v>
+        <v>mhplus</v>
       </c>
       <c r="E66" t="str">
-        <v>pronova BKK QT</v>
+        <v>mhplus</v>
       </c>
       <c r="F66" t="str">
         <v/>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B67" t="str">
-        <v>1767409084</v>
+        <v>1292447217</v>
       </c>
       <c r="C67" t="str">
-        <v>https://www.idp.qt.iam-bms.de/108035612</v>
+        <v>https://www.idp.qt.iam-bms.de/108433248</v>
       </c>
       <c r="D67" t="str">
-        <v>mhplus</v>
+        <v>SBK Siemens-Betriebskrankenkasse QT</v>
       </c>
       <c r="E67" t="str">
-        <v>mhplus</v>
+        <v>SBK Siemens-Betriebskrankenkasse QT</v>
       </c>
       <c r="F67" t="str">
         <v/>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B68" t="str">
-        <v>1292447217</v>
+        <v>2396213713</v>
       </c>
       <c r="C68" t="str">
-        <v>https://www.idp.qt.iam-bms.de/108433248</v>
+        <v>https://www.idp.qt.iam-bms.de/108934142</v>
       </c>
       <c r="D68" t="str">
-        <v>SBK Siemens-Betriebskrankenkasse QT</v>
+        <v>Krones BKK fuer e_Rezept</v>
       </c>
       <c r="E68" t="str">
-        <v>SBK Siemens-Betriebskrankenkasse QT</v>
+        <v>Krones BKK fuer e_Rezept</v>
       </c>
       <c r="F68" t="str">
         <v/>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B69" t="str">
-        <v>2396213713</v>
+        <v>841455362</v>
       </c>
       <c r="C69" t="str">
-        <v>https://www.idp.qt.iam-bms.de/108934142</v>
+        <v>https://www.idp.qt.iam-bms.de/109008837</v>
       </c>
       <c r="D69" t="str">
-        <v>Krones BKK fuer e_Rezept</v>
+        <v>Sozialversicherung für Landwirtschaft Forsten und Gartenbau</v>
       </c>
       <c r="E69" t="str">
-        <v>Krones BKK fuer e_Rezept</v>
+        <v>Sozialversicherung für Landwirtschaft Forsten und Gartenbau</v>
       </c>
       <c r="F69" t="str">
         <v/>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B70" t="str">
-        <v>841455362</v>
+        <v>270990815</v>
       </c>
       <c r="C70" t="str">
-        <v>https://www.idp.qt.iam-bms.de/109008837</v>
+        <v>https://www.idp.qt.iam-bms.de/982171012</v>
       </c>
       <c r="D70" t="str">
-        <v>Sozialversicherung für Landwirtschaft Forsten und Gartenbau</v>
+        <v>Kaufmännische Krankenkasse QT</v>
       </c>
       <c r="E70" t="str">
-        <v>Sozialversicherung für Landwirtschaft Forsten und Gartenbau</v>
+        <v>Kaufmännische Krankenkasse QT</v>
       </c>
       <c r="F70" t="str">
         <v/>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B71" t="str">
-        <v>270990815</v>
+        <v>3355334775</v>
       </c>
       <c r="C71" t="str">
-        <v>https://www.idp.qt.iam-bms.de/982171012</v>
+        <v>https://www.idp.qt.iam-bms.de/984027544</v>
       </c>
       <c r="D71" t="str">
-        <v>Kaufmännische Krankenkasse QT</v>
+        <v>BMS</v>
       </c>
       <c r="E71" t="str">
-        <v>Kaufmännische Krankenkasse QT</v>
+        <v>BMS</v>
       </c>
       <c r="F71" t="str">
         <v/>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B72" t="str">
-        <v>3355334775</v>
+        <v>3774271470</v>
       </c>
       <c r="C72" t="str">
-        <v>https://www.idp.qt.iam-bms.de/984027544</v>
+        <v>https://www.idp.qt.iam-bms.de/993725547</v>
       </c>
       <c r="D72" t="str">
-        <v>BMS</v>
+        <v>Muster PKV</v>
       </c>
       <c r="E72" t="str">
-        <v>BMS</v>
+        <v>Muster PKV</v>
       </c>
       <c r="F72" t="str">
         <v/>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B73" t="str">
-        <v>3774271470</v>
+        <v>1953863611</v>
       </c>
       <c r="C73" t="str">
-        <v>https://www.idp.qt.iam-bms.de/993725547</v>
+        <v>https://www.idp.qt.iam-bms.de/995830016</v>
       </c>
       <c r="D73" t="str">
-        <v>Muster PKV</v>
+        <v>DAK Gesundheit</v>
       </c>
       <c r="E73" t="str">
-        <v>Muster PKV</v>
+        <v>DAK Gesundheit</v>
       </c>
       <c r="F73" t="str">
         <v/>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B74" t="str">
-        <v>1953863611</v>
+        <v>1276642663</v>
       </c>
       <c r="C74" t="str">
-        <v>https://www.idp.qt.iam-bms.de/995830016</v>
+        <v>https://www.idp.qt.iam-bms.de/998140028</v>
       </c>
       <c r="D74" t="str">
-        <v>DAK Gesundheit</v>
+        <v>Signal Iduna</v>
       </c>
       <c r="E74" t="str">
-        <v>DAK Gesundheit</v>
+        <v>Signal Iduna</v>
       </c>
       <c r="F74" t="str">
         <v/>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B75" t="str">
-        <v>1276642663</v>
+        <v>4290523583</v>
       </c>
       <c r="C75" t="str">
-        <v>https://www.idp.qt.iam-bms.de/998140028</v>
+        <v>https://www.idp.qt.iam-bms.de/998140346</v>
       </c>
       <c r="D75" t="str">
-        <v>Signal Iduna</v>
+        <v>Allianz Private Krankenversicherung</v>
       </c>
       <c r="E75" t="str">
-        <v>Signal Iduna</v>
+        <v>Allianz Private Krankenversicherung</v>
       </c>
       <c r="F75" t="str">
         <v/>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B76" t="str">
-        <v>4290523583</v>
+        <v>3266675051</v>
       </c>
       <c r="C76" t="str">
-        <v>https://www.idp.qt.iam-bms.de/998140346</v>
+        <v>https://www.idp.qt.iam-bms.de/998140437</v>
       </c>
       <c r="D76" t="str">
-        <v>Allianz Private Krankenversicherung</v>
+        <v>Hallesche Krankenversicherung</v>
       </c>
       <c r="E76" t="str">
-        <v>Allianz Private Krankenversicherung</v>
+        <v>Hallesche Krankenversicherung</v>
       </c>
       <c r="F76" t="str">
         <v/>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B77" t="str">
-        <v>3266675051</v>
+        <v>39002141</v>
       </c>
       <c r="C77" t="str">
-        <v>https://www.idp.qt.iam-bms.de/998140437</v>
+        <v>https://www.idp.qt.iam-bms.de/998140950</v>
       </c>
       <c r="D77" t="str">
-        <v>Hallesche Krankenversicherung</v>
+        <v>AXA</v>
       </c>
       <c r="E77" t="str">
-        <v>Hallesche Krankenversicherung</v>
+        <v>AXA</v>
       </c>
       <c r="F77" t="str">
         <v/>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B78" t="str">
-        <v>39002141</v>
+        <v>378720766</v>
       </c>
       <c r="C78" t="str">
-        <v>https://www.idp.qt.iam-bms.de/998140950</v>
+        <v>https://www.idp.qt.iam-bms.de/998141198</v>
       </c>
       <c r="D78" t="str">
-        <v>AXA</v>
+        <v>Gothaer Krankenversicherung</v>
       </c>
       <c r="E78" t="str">
-        <v>AXA</v>
+        <v>Gothaer Krankenversicherung</v>
       </c>
       <c r="F78" t="str">
         <v/>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B79" t="str">
-        <v>378720766</v>
+        <v>3919484098</v>
       </c>
       <c r="C79" t="str">
-        <v>https://www.idp.qt.iam-bms.de/998141198</v>
+        <v>https://www.idp.qt.iam-bms.de/998433248</v>
       </c>
       <c r="D79" t="str">
-        <v>Gothaer Krankenversicherung</v>
+        <v>SBK</v>
       </c>
       <c r="E79" t="str">
-        <v>Gothaer Krankenversicherung</v>
+        <v>SBK</v>
       </c>
       <c r="F79" t="str">
         <v/>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B80" t="str">
-        <v>3919484098</v>
+        <v>60415668</v>
       </c>
       <c r="C80" t="str">
-        <v>https://www.idp.qt.iam-bms.de/998433248</v>
+        <v>https://www.idp.qu.iam-bms.de/101520078</v>
       </c>
       <c r="D80" t="str">
-        <v>SBK</v>
+        <v>Mobil Krankenkasse</v>
       </c>
       <c r="E80" t="str">
-        <v>SBK</v>
+        <v>Mobil Krankenkasse</v>
       </c>
       <c r="F80" t="str">
         <v/>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B81" t="str">
-        <v>60415668</v>
+        <v>1865621682</v>
       </c>
       <c r="C81" t="str">
-        <v>https://www.idp.qu.iam-bms.de/101520078</v>
+        <v>https://www.idp.qu.iam-bms.de/102171012</v>
       </c>
       <c r="D81" t="str">
-        <v>Mobil Krankenkasse</v>
+        <v>Kaufmännische Krankenkasse</v>
       </c>
       <c r="E81" t="str">
-        <v>Mobil Krankenkasse</v>
+        <v>Kaufmännische Krankenkasse</v>
       </c>
       <c r="F81" t="str">
         <v/>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B82" t="str">
-        <v>1865621682</v>
+        <v>3102442778</v>
       </c>
       <c r="C82" t="str">
-        <v>https://www.idp.qu.iam-bms.de/102171012</v>
+        <v>https://www.idp.qu.iam-bms.de/104027544</v>
       </c>
       <c r="D82" t="str">
-        <v>Kaufmännische Krankenkasse</v>
+        <v>BMS-Testkasse</v>
       </c>
       <c r="E82" t="str">
-        <v>Kaufmännische Krankenkasse</v>
+        <v>BMS-Testkasse</v>
       </c>
       <c r="F82" t="str">
         <v/>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B83" t="str">
-        <v>3102442778</v>
+        <v>1523226355</v>
       </c>
       <c r="C83" t="str">
-        <v>https://www.idp.qu.iam-bms.de/104027544</v>
+        <v>https://www.idp.qu.iam-bms.de/105508787</v>
       </c>
       <c r="D83" t="str">
-        <v>BMS-Testkasse</v>
+        <v>Sozialversicherung für Landwirtschaft Forsten und Gartenbau QU</v>
       </c>
       <c r="E83" t="str">
-        <v>BMS-Testkasse</v>
+        <v>Sozialversicherung für Landwirtschaft Forsten und Gartenbau QU</v>
       </c>
       <c r="F83" t="str">
         <v/>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B84" t="str">
-        <v>1523226355</v>
+        <v>3351923272</v>
       </c>
       <c r="C84" t="str">
-        <v>https://www.idp.qu.iam-bms.de/105508787</v>
+        <v>https://www.idp.qu.iam-bms.de/105830016</v>
       </c>
       <c r="D84" t="str">
-        <v>Sozialversicherung für Landwirtschaft Forsten und Gartenbau QU</v>
+        <v>DAK Gesundheit</v>
       </c>
       <c r="E84" t="str">
-        <v>Sozialversicherung für Landwirtschaft Forsten und Gartenbau QU</v>
+        <v>DAK Gesundheit</v>
       </c>
       <c r="F84" t="str">
         <v/>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B85" t="str">
-        <v>3351923272</v>
+        <v>2711331422</v>
       </c>
       <c r="C85" t="str">
-        <v>https://www.idp.qu.iam-bms.de/105830016</v>
+        <v>https://www.idp.qu.iam-bms.de/107202793</v>
       </c>
       <c r="D85" t="str">
-        <v>DAK Gesundheit</v>
+        <v>IKK classic Digitest QU</v>
       </c>
       <c r="E85" t="str">
-        <v>DAK Gesundheit</v>
+        <v>IKK classic Digitest QU</v>
       </c>
       <c r="F85" t="str">
         <v/>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B86" t="str">
-        <v>2711331422</v>
+        <v>1512130865</v>
       </c>
       <c r="C86" t="str">
-        <v>https://www.idp.qu.iam-bms.de/107202793</v>
+        <v>https://www.idp.qu.iam-bms.de/108433248</v>
       </c>
       <c r="D86" t="str">
-        <v>IKK classic Digitest QU</v>
+        <v>SBK Siemens-Betriebskrankenkasse</v>
       </c>
       <c r="E86" t="str">
-        <v>IKK classic Digitest QU</v>
+        <v>SBK Siemens-Betriebskrankenkasse</v>
       </c>
       <c r="F86" t="str">
         <v/>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B87" t="str">
-        <v>1512130865</v>
+        <v>2322392523</v>
       </c>
       <c r="C87" t="str">
-        <v>https://www.idp.qu.iam-bms.de/108433248</v>
+        <v>https://www.idp.qu.iam-bms.de/168140346</v>
       </c>
       <c r="D87" t="str">
-        <v>SBK Siemens-Betriebskrankenkasse</v>
+        <v>Allianz-QU</v>
       </c>
       <c r="E87" t="str">
-        <v>SBK Siemens-Betriebskrankenkasse</v>
+        <v>Allianz-QU</v>
       </c>
       <c r="F87" t="str">
         <v/>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B88" t="str">
-        <v>2322392523</v>
+        <v>3643201767</v>
       </c>
       <c r="C88" t="str">
-        <v>https://www.idp.qu.iam-bms.de/168140346</v>
+        <v>https://www.idp.rt.iam-bms.de/104027544</v>
       </c>
       <c r="D88" t="str">
-        <v>Allianz-QU</v>
+        <v>BMS</v>
       </c>
       <c r="E88" t="str">
-        <v>Allianz-QU</v>
+        <v>BMS</v>
       </c>
       <c r="F88" t="str">
         <v/>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B89" t="str">
-        <v>3643201767</v>
+        <v>2397649374</v>
       </c>
       <c r="C89" t="str">
-        <v>https://www.idp.rt.iam-bms.de/104027544</v>
+        <v>https://www.idp.rt.iam-bms.de/105530444</v>
       </c>
       <c r="D89" t="str">
-        <v>BMS</v>
+        <v>BKK B. Braun Aesculap</v>
       </c>
       <c r="E89" t="str">
-        <v>BMS</v>
+        <v>BKK B. Braun Aesculap</v>
       </c>
       <c r="F89" t="str">
         <v/>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B90" t="str">
-        <v>2397649374</v>
+        <v>3457072167</v>
       </c>
       <c r="C90" t="str">
-        <v>https://www.idp.rt.iam-bms.de/105530444</v>
+        <v>https://www.idp.ru.iam-bms.de/104027544</v>
       </c>
       <c r="D90" t="str">
-        <v>BKK B. Braun Aesculap</v>
+        <v>BMS</v>
       </c>
       <c r="E90" t="str">
-        <v>BKK B. Braun Aesculap</v>
+        <v>BMS</v>
       </c>
       <c r="F90" t="str">
         <v/>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B91" t="str">
-        <v>3457072167</v>
+        <v>1178411647</v>
       </c>
       <c r="C91" t="str">
-        <v>https://www.idp.ru.iam-bms.de/104027544</v>
+        <v>https://www.idp.ru.iam-bms.de/993525909</v>
       </c>
       <c r="D91" t="str">
-        <v>BMS</v>
+        <v>BMSW ePA Testkasse</v>
       </c>
       <c r="E91" t="str">
-        <v>BMS</v>
+        <v>BMSW ePA Testkasse</v>
       </c>
       <c r="F91" t="str">
         <v/>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B92" t="str">
-        <v>1178411647</v>
+        <v>1029104685</v>
       </c>
       <c r="C92" t="str">
-        <v>https://www.idp.ru.iam-bms.de/993525909</v>
+        <v>https://www.idp.ru.iam-bms.de/995530444</v>
       </c>
       <c r="D92" t="str">
-        <v>BMSW ePA Testkasse</v>
+        <v>BKK B. Braun Aesculap</v>
       </c>
       <c r="E92" t="str">
-        <v>BMSW ePA Testkasse</v>
+        <v>BKK B. Braun Aesculap</v>
       </c>
       <c r="F92" t="str">
         <v/>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="str">
-        <v>openid_provider</v>
+        <v>openid_relying_party</v>
       </c>
       <c r="B93" t="str">
-        <v>1029104685</v>
+        <v>2056185727</v>
       </c>
       <c r="C93" t="str">
-        <v>https://www.idp.ru.iam-bms.de/995530444</v>
+        <v>https://api.stg.elona-therapy.app</v>
       </c>
       <c r="D93" t="str">
-        <v>BKK B. Braun Aesculap</v>
+        <v>elona therapy</v>
       </c>
       <c r="E93" t="str">
-        <v>BKK B. Braun Aesculap</v>
+        <v>Elona Health GmbH</v>
       </c>
       <c r="F93" t="str">
         <v/>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B94" t="str">
-        <v>98171246</v>
+        <v>90825792</v>
       </c>
       <c r="C94" t="str">
-        <v>https://api.stg.elona-explore.app</v>
+        <v>https://auth-appstg.edupression.com</v>
       </c>
       <c r="D94" t="str">
-        <v>elona explore</v>
+        <v>Edupression</v>
       </c>
       <c r="E94" t="str">
-        <v>Elona Health GmbH</v>
+        <v>SOFY GmbH</v>
       </c>
       <c r="F94" t="str">
         <v/>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B95" t="str">
-        <v>2056185727</v>
+        <v>1048629423</v>
       </c>
       <c r="C95" t="str">
-        <v>https://api.stg.elona-therapy.app</v>
+        <v>https://auth-prod.novego.com/realms/novego/diga-depression</v>
       </c>
       <c r="D95" t="str">
-        <v>elona therapy</v>
+        <v>Novego</v>
       </c>
       <c r="E95" t="str">
-        <v>Elona Health GmbH</v>
+        <v>IVPNetworks GmbH</v>
       </c>
       <c r="F95" t="str">
         <v/>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B96" t="str">
-        <v>90825792</v>
+        <v>2088823640</v>
       </c>
       <c r="C96" t="str">
-        <v>https://auth-appstg.edupression.com</v>
+        <v>https://auth.dev.mindable.app/oidcf/pda</v>
       </c>
       <c r="D96" t="str">
-        <v>Edupression</v>
+        <v>Mindable: Panik &amp; Agoraphobie</v>
       </c>
       <c r="E96" t="str">
-        <v>SOFY GmbH</v>
+        <v/>
       </c>
       <c r="F96" t="str">
         <v/>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B97" t="str">
-        <v>1048629423</v>
+        <v>1349026388</v>
       </c>
       <c r="C97" t="str">
-        <v>https://auth-prod.novego.com/realms/novego/diga-depression</v>
+        <v>https://auth.dev.mindable.app/oidcf/spa</v>
       </c>
       <c r="D97" t="str">
-        <v>Novego</v>
+        <v>Mindable: Soziale Phobie</v>
       </c>
       <c r="E97" t="str">
-        <v>IVPNetworks GmbH</v>
+        <v/>
       </c>
       <c r="F97" t="str">
         <v/>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B98" t="str">
-        <v>2088823640</v>
+        <v>1311941606</v>
       </c>
       <c r="C98" t="str">
-        <v>https://auth.dev.mindable.app/oidcf/pda</v>
+        <v>https://auth.preprod.ogr.bundesdruckerei.de</v>
       </c>
       <c r="D98" t="str">
-        <v>Mindable: Panik &amp; Agoraphobie</v>
+        <v/>
       </c>
       <c r="E98" t="str">
-        <v/>
+        <v>Bundesinstitut für Arzneimittel und Medizinprodukte BfArM</v>
       </c>
       <c r="F98" t="str">
         <v/>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B99" t="str">
-        <v>1349026388</v>
+        <v>2210081131</v>
       </c>
       <c r="C99" t="str">
-        <v>https://auth.dev.mindable.app/oidcf/spa</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-bw/sekidp</v>
       </c>
       <c r="D99" t="str">
-        <v>Mindable: Soziale Phobie</v>
+        <v>AOK Baden-Württemberg TI-M ePA RU</v>
       </c>
       <c r="E99" t="str">
-        <v/>
+        <v>AOK Baden-Württemberg</v>
       </c>
       <c r="F99" t="str">
         <v/>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B100" t="str">
-        <v>1311941606</v>
+        <v>2519808857</v>
       </c>
       <c r="C100" t="str">
-        <v>https://auth.preprod.ogr.bundesdruckerei.de</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-by/sekidp</v>
       </c>
       <c r="D100" t="str">
-        <v/>
+        <v>AOK Bayern TI-M ePA RU</v>
       </c>
       <c r="E100" t="str">
-        <v>Bundesinstitut für Arzneimittel und Medizinprodukte BfArM</v>
+        <v>AOK Bayern</v>
       </c>
       <c r="F100" t="str">
         <v/>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B101" t="str">
-        <v>2210081131</v>
+        <v>583965882</v>
       </c>
       <c r="C101" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-bw/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-hb/sekidp</v>
       </c>
       <c r="D101" t="str">
-        <v>AOK Baden-Württemberg TI-M ePA RU</v>
+        <v>AOK Bremen/Bremerhaven TI-M ePA RU</v>
       </c>
       <c r="E101" t="str">
-        <v>AOK Baden-Württemberg</v>
+        <v>AOK Bremen/Bremerhaven</v>
       </c>
       <c r="F101" t="str">
         <v/>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B102" t="str">
-        <v>2519808857</v>
+        <v>671847843</v>
       </c>
       <c r="C102" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-by/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-he/sekidp</v>
       </c>
       <c r="D102" t="str">
-        <v>AOK Bayern TI-M ePA RU</v>
+        <v>AOK Hessen TI-M ePA RU</v>
       </c>
       <c r="E102" t="str">
-        <v>AOK Bayern</v>
+        <v>AOK Hessen</v>
       </c>
       <c r="F102" t="str">
         <v/>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B103" t="str">
-        <v>583965882</v>
+        <v>3618223442</v>
       </c>
       <c r="C103" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-hb/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-nds/sekidp</v>
       </c>
       <c r="D103" t="str">
-        <v>AOK Bremen/Bremerhaven TI-M ePA RU</v>
+        <v>AOK Niedersachsen TI-M ePA RU</v>
       </c>
       <c r="E103" t="str">
-        <v>AOK Bremen/Bremerhaven</v>
+        <v>AOK Niedersachsen</v>
       </c>
       <c r="F103" t="str">
         <v/>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B104" t="str">
-        <v>671847843</v>
+        <v>3402756321</v>
       </c>
       <c r="C104" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-he/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-no/sekidp</v>
       </c>
       <c r="D104" t="str">
-        <v>AOK Hessen TI-M ePA RU</v>
+        <v>AOK Nordost TI-M ePA RU</v>
       </c>
       <c r="E104" t="str">
-        <v>AOK Hessen</v>
+        <v>AOK Nordost</v>
       </c>
       <c r="F104" t="str">
         <v/>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B105" t="str">
-        <v>3618223442</v>
+        <v>1703926399</v>
       </c>
       <c r="C105" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-nds/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-nw/sekidp</v>
       </c>
       <c r="D105" t="str">
-        <v>AOK Niedersachsen TI-M ePA RU</v>
+        <v>AOK NordWest TI-M ePA RU</v>
       </c>
       <c r="E105" t="str">
-        <v>AOK Niedersachsen</v>
+        <v>AOK NordWest</v>
       </c>
       <c r="F105" t="str">
         <v/>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B106" t="str">
-        <v>3402756321</v>
+        <v>542928609</v>
       </c>
       <c r="C106" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-no/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-pl/sekidp</v>
       </c>
       <c r="D106" t="str">
-        <v>AOK Nordost TI-M ePA RU</v>
+        <v>AOK Plus TI-M ePA RU</v>
       </c>
       <c r="E106" t="str">
-        <v>AOK Nordost</v>
+        <v>AOK Plus</v>
       </c>
       <c r="F106" t="str">
         <v/>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B107" t="str">
-        <v>1703926399</v>
+        <v>2329954461</v>
       </c>
       <c r="C107" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-nw/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-rh/sekidp</v>
       </c>
       <c r="D107" t="str">
-        <v>AOK NordWest TI-M ePA RU</v>
+        <v>AOK Rheinland/Hamburg TI-M ePA RU</v>
       </c>
       <c r="E107" t="str">
-        <v>AOK NordWest</v>
+        <v>AOK Rheinland/Hamburg</v>
       </c>
       <c r="F107" t="str">
         <v/>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B108" t="str">
-        <v>542928609</v>
+        <v>454543177</v>
       </c>
       <c r="C108" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-pl/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-rps/sekidp</v>
       </c>
       <c r="D108" t="str">
-        <v>AOK Plus TI-M ePA RU</v>
+        <v>AOK Rheinland-Pfalz/Saarland TI-M ePA RU</v>
       </c>
       <c r="E108" t="str">
-        <v>AOK Plus</v>
+        <v>AOK Rheinland-Pfalz/Saarland</v>
       </c>
       <c r="F108" t="str">
         <v/>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B109" t="str">
-        <v>2329954461</v>
+        <v>2832260799</v>
       </c>
       <c r="C109" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-rh/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-san/sekidp</v>
       </c>
       <c r="D109" t="str">
-        <v>AOK Rheinland/Hamburg TI-M ePA RU</v>
+        <v>AOK Sachsen-Anhalt TI-M ePA RU</v>
       </c>
       <c r="E109" t="str">
-        <v>AOK Rheinland/Hamburg</v>
+        <v>AOK Sachsen-Anhalt</v>
       </c>
       <c r="F109" t="str">
         <v/>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B110" t="str">
-        <v>454543177</v>
+        <v>3629086409</v>
       </c>
       <c r="C110" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-rps/sekidp</v>
+        <v>https://auth.tiru.bayoomed-medical.one/authdemo</v>
       </c>
       <c r="D110" t="str">
-        <v>AOK Rheinland-Pfalz/Saarland TI-M ePA RU</v>
+        <v>Demo App</v>
       </c>
       <c r="E110" t="str">
-        <v>AOK Rheinland-Pfalz/Saarland</v>
+        <v/>
       </c>
       <c r="F110" t="str">
         <v/>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B111" t="str">
-        <v>2832260799</v>
+        <v>4163727654</v>
       </c>
       <c r="C111" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-san/sekidp</v>
+        <v>https://authorization-ru.int.nonprod-ehealth-epa.de</v>
       </c>
       <c r="D111" t="str">
-        <v>AOK Sachsen-Anhalt TI-M ePA RU</v>
+        <v/>
       </c>
       <c r="E111" t="str">
-        <v>AOK Sachsen-Anhalt</v>
+        <v>IBM Deutschland GmbH</v>
       </c>
       <c r="F111" t="str">
         <v/>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B112" t="str">
-        <v>3629086409</v>
+        <v>1253539020</v>
       </c>
       <c r="C112" t="str">
-        <v>https://auth.tiru.bayoomed-medical.one/authdemo</v>
+        <v>https://authorization-ru.ref.nonprod-ehealth-epa.de</v>
       </c>
       <c r="D112" t="str">
-        <v>Demo App</v>
+        <v/>
       </c>
       <c r="E112" t="str">
-        <v/>
+        <v>IBM</v>
       </c>
       <c r="F112" t="str">
         <v/>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B113" t="str">
-        <v>4163727654</v>
+        <v>215414771</v>
       </c>
       <c r="C113" t="str">
-        <v>https://authorization-ru.int.nonprod-ehealth-epa.de</v>
+        <v>https://authorization-ru2.dev.nonprod-ehealth-epa.de</v>
       </c>
       <c r="D113" t="str">
         <v/>
       </c>
       <c r="E113" t="str">
-        <v>IBM Deutschland GmbH</v>
+        <v>IBM</v>
       </c>
       <c r="F113" t="str">
         <v/>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B114" t="str">
-        <v>1253539020</v>
+        <v>1770547437</v>
       </c>
       <c r="C114" t="str">
-        <v>https://authorization-ru.ref.nonprod-ehealth-epa.de</v>
+        <v>https://backend-staging.orthopy.org</v>
       </c>
       <c r="D114" t="str">
-        <v/>
+        <v>Orthopy Knie</v>
       </c>
       <c r="E114" t="str">
-        <v>IBM</v>
+        <v/>
       </c>
       <c r="F114" t="str">
         <v/>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B115" t="str">
-        <v>215414771</v>
+        <v>3120584602</v>
       </c>
       <c r="C115" t="str">
-        <v>https://authorization-ru2.dev.nonprod-ehealth-epa.de</v>
+        <v>https://beta.prehapp.de/api/core/users/telematik</v>
       </c>
       <c r="D115" t="str">
-        <v/>
+        <v>companion-patella</v>
       </c>
       <c r="E115" t="str">
-        <v>IBM</v>
+        <v>PrehApp GmbH</v>
       </c>
       <c r="F115" t="str">
         <v/>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B116" t="str">
-        <v>1770547437</v>
+        <v>977647514</v>
       </c>
       <c r="C116" t="str">
-        <v>https://backend-staging.orthopy.org</v>
+        <v>https://companion-patella-lich.preh.app/api/core/users/telematik</v>
       </c>
       <c r="D116" t="str">
-        <v>Orthopy Knie</v>
+        <v>companion-patella-tr</v>
       </c>
       <c r="E116" t="str">
-        <v/>
+        <v>PrehApp GmbH</v>
       </c>
       <c r="F116" t="str">
         <v/>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B117" t="str">
-        <v>3120584602</v>
+        <v>2263403455</v>
       </c>
       <c r="C117" t="str">
-        <v>https://beta.prehapp.de/api/core/users/telematik</v>
+        <v>https://companion-shoulder-yolt.preh.app/api/core/users/telematik</v>
       </c>
       <c r="D117" t="str">
-        <v>companion-patella</v>
+        <v>companion-shoulder-tr</v>
       </c>
       <c r="E117" t="str">
         <v>PrehApp GmbH</v>
       </c>
       <c r="F117" t="str">
         <v/>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B118" t="str">
-        <v>977647514</v>
+        <v>1279424675</v>
       </c>
       <c r="C118" t="str">
-        <v>https://companion-patella-lich.preh.app/api/core/users/telematik</v>
+        <v>https://directory-ref.ccs.gematik.solutions</v>
       </c>
       <c r="D118" t="str">
-        <v>companion-patella-tr</v>
+        <v>gematik Directory Developer Access</v>
       </c>
       <c r="E118" t="str">
-        <v>PrehApp GmbH</v>
+        <v>gematik GmbH</v>
       </c>
       <c r="F118" t="str">
         <v/>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B119" t="str">
-        <v>2263403455</v>
+        <v>306257077</v>
       </c>
       <c r="C119" t="str">
-        <v>https://companion-shoulder-yolt.preh.app/api/core/users/telematik</v>
+        <v>https://e4a-qt.deine-epa.de</v>
       </c>
       <c r="D119" t="str">
-        <v>companion-shoulder-tr</v>
+        <v/>
       </c>
       <c r="E119" t="str">
-        <v>PrehApp GmbH</v>
+        <v/>
       </c>
       <c r="F119" t="str">
         <v/>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B120" t="str">
-        <v>3649791685</v>
+        <v>2404318659</v>
       </c>
       <c r="C120" t="str">
-        <v>https://diga.cankado.com</v>
+        <v>https://e4a-qu.deine-epa.de</v>
       </c>
       <c r="D120" t="str">
-        <v>PRO-React</v>
+        <v/>
       </c>
       <c r="E120" t="str">
         <v/>
       </c>
       <c r="F120" t="str">
         <v/>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B121" t="str">
-        <v>1279424675</v>
+        <v>54294220</v>
       </c>
       <c r="C121" t="str">
-        <v>https://directory-ref.ccs.gematik.solutions</v>
+        <v>https://e4a-rt.deine-epa.de</v>
       </c>
       <c r="D121" t="str">
-        <v>gematik Directory Developer Access</v>
+        <v/>
       </c>
       <c r="E121" t="str">
-        <v>gematik GmbH</v>
+        <v/>
       </c>
       <c r="F121" t="str">
         <v/>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B122" t="str">
-        <v>306257077</v>
+        <v>2654181306</v>
       </c>
       <c r="C122" t="str">
-        <v>https://e4a-qt.deine-epa.de</v>
+        <v>https://e4a-ru.deine-epa.de</v>
       </c>
       <c r="D122" t="str">
         <v/>
       </c>
       <c r="E122" t="str">
         <v/>
       </c>
       <c r="F122" t="str">
         <v/>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B123" t="str">
-        <v>2404318659</v>
+        <v>2374015487</v>
       </c>
       <c r="C123" t="str">
-        <v>https://e4a-qu.deine-epa.de</v>
+        <v>https://ehealth-id.staging.smokefreeapp.com</v>
       </c>
       <c r="D123" t="str">
-        <v/>
+        <v>Smoke Free 23 GmbH</v>
       </c>
       <c r="E123" t="str">
         <v/>
       </c>
       <c r="F123" t="str">
         <v/>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B124" t="str">
-        <v>54294220</v>
+        <v>253866155</v>
       </c>
       <c r="C124" t="str">
-        <v>https://e4a-rt.deine-epa.de</v>
+        <v>https://eid-service.azurewebsites.net</v>
       </c>
       <c r="D124" t="str">
-        <v/>
+        <v>eIDService</v>
       </c>
       <c r="E124" t="str">
-        <v/>
+        <v>fbeta GmbH T&amp;A</v>
       </c>
       <c r="F124" t="str">
         <v/>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B125" t="str">
-        <v>2654181306</v>
+        <v>625284120</v>
       </c>
       <c r="C125" t="str">
-        <v>https://e4a-ru.deine-epa.de</v>
+        <v>https://eid.test.frieda.health</v>
       </c>
       <c r="D125" t="str">
-        <v/>
+        <v>Frieda Menova</v>
       </c>
       <c r="E125" t="str">
-        <v/>
+        <v>Frieda Health GmbH</v>
       </c>
       <c r="F125" t="str">
         <v/>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B126" t="str">
-        <v>2374015487</v>
+        <v>2690736911</v>
       </c>
       <c r="C126" t="str">
-        <v>https://ehealth-id.staging.smokefreeapp.com</v>
+        <v>https://epa-proxy.bar-01-ma1.tim-ru.mg2.mdb.osc.live</v>
       </c>
       <c r="D126" t="str">
-        <v>Smoke Free 23 GmbH</v>
+        <v>Chats mit BARMER und Co</v>
       </c>
       <c r="E126" t="str">
-        <v/>
+        <v>T-Systems</v>
       </c>
       <c r="F126" t="str">
         <v/>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B127" t="str">
-        <v>253866155</v>
+        <v>2509034844</v>
       </c>
       <c r="C127" t="str">
-        <v>https://eid-service.azurewebsites.net</v>
+        <v>https://epa-proxy.bar-01-ma2.tim-ru.mg2.mdb.osc.live</v>
       </c>
       <c r="D127" t="str">
-        <v>eIDService</v>
+        <v>Chats mit BARMER und Co</v>
       </c>
       <c r="E127" t="str">
-        <v>fbeta GmbH T&amp;A</v>
+        <v>T-Systems</v>
       </c>
       <c r="F127" t="str">
         <v/>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B128" t="str">
-        <v>625284120</v>
+        <v>90769507</v>
       </c>
       <c r="C128" t="str">
-        <v>https://eid.test.frieda.health</v>
+        <v>https://epa-proxy.bar-02-ma1.tim-ru.mg2.mdb.osc.live</v>
       </c>
       <c r="D128" t="str">
-        <v>Frieda Menova</v>
+        <v>Chats mit BARMER und Co</v>
       </c>
       <c r="E128" t="str">
-        <v>Frieda Health GmbH</v>
+        <v>T-Systems</v>
       </c>
       <c r="F128" t="str">
         <v/>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B129" t="str">
-        <v>2690736911</v>
+        <v>814005808</v>
       </c>
       <c r="C129" t="str">
-        <v>https://epa-proxy.bar-01-ma1.tim-ru.mg2.mdb.osc.live</v>
+        <v>https://epa-proxy.bar-02-ma2.tim-ru.mg2.mdb.osc.live</v>
       </c>
       <c r="D129" t="str">
         <v>Chats mit BARMER und Co</v>
       </c>
       <c r="E129" t="str">
         <v>T-Systems</v>
       </c>
       <c r="F129" t="str">
         <v/>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B130" t="str">
-        <v>2509034844</v>
+        <v>1908477790</v>
       </c>
       <c r="C130" t="str">
-        <v>https://epa-proxy.bar-01-ma2.tim-ru.mg2.mdb.osc.live</v>
+        <v>https://femanea-tova.preh.app/api/core/users/telematik</v>
       </c>
       <c r="D130" t="str">
-        <v>Chats mit BARMER und Co</v>
+        <v>femanea-tr</v>
       </c>
       <c r="E130" t="str">
-        <v>T-Systems</v>
+        <v>PrehApp GmbH</v>
       </c>
       <c r="F130" t="str">
         <v/>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B131" t="str">
-        <v>90769507</v>
+        <v>20025996</v>
       </c>
       <c r="C131" t="str">
-        <v>https://epa-proxy.bar-02-ma1.tim-ru.mg2.mdb.osc.live</v>
+        <v>https://fibistage.endometriose.app</v>
       </c>
       <c r="D131" t="str">
-        <v>Chats mit BARMER und Co</v>
+        <v>Fibi-App Stage</v>
       </c>
       <c r="E131" t="str">
-        <v>T-Systems</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F131" t="str">
         <v/>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B132" t="str">
-        <v>814005808</v>
+        <v>800581161</v>
       </c>
       <c r="C132" t="str">
-        <v>https://epa-proxy.bar-02-ma2.tim-ru.mg2.mdb.osc.live</v>
+        <v>https://fionastage.endometriose.app</v>
       </c>
       <c r="D132" t="str">
-        <v>Chats mit BARMER und Co</v>
+        <v>Fiona-App Stage</v>
       </c>
       <c r="E132" t="str">
-        <v>T-Systems</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F132" t="str">
         <v/>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B133" t="str">
-        <v>1908477790</v>
+        <v>2511705300</v>
       </c>
       <c r="C133" t="str">
-        <v>https://femanea-tova.preh.app/api/core/users/telematik</v>
+        <v>https://gid-auth.staging.procarement.com</v>
       </c>
       <c r="D133" t="str">
-        <v>femanea-tr</v>
+        <v>ProCarement GmbH</v>
       </c>
       <c r="E133" t="str">
-        <v>PrehApp GmbH</v>
+        <v>ProCarement GmbH</v>
       </c>
       <c r="F133" t="str">
         <v/>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B134" t="str">
-        <v>20025996</v>
+        <v>3600334888</v>
       </c>
       <c r="C134" t="str">
-        <v>https://fibistage.endometriose.app</v>
+        <v>https://gid-reference.vila-health.com</v>
       </c>
       <c r="D134" t="str">
-        <v>Fibi-App Stage</v>
+        <v>Vila RaVie</v>
       </c>
       <c r="E134" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Vila RaVie</v>
       </c>
       <c r="F134" t="str">
         <v/>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B135" t="str">
-        <v>800581161</v>
+        <v>589609435</v>
       </c>
       <c r="C135" t="str">
-        <v>https://fionastage.endometriose.app</v>
+        <v>https://gid.dev.alvie.app/realms/alvie-realm</v>
       </c>
       <c r="D135" t="str">
-        <v>Fiona-App Stage</v>
+        <v>Alvie Dev App</v>
       </c>
       <c r="E135" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Anker Health GmbH</v>
       </c>
       <c r="F135" t="str">
         <v/>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B136" t="str">
-        <v>2511705300</v>
+        <v>2320921195</v>
       </c>
       <c r="C136" t="str">
-        <v>https://gid-auth.staging.procarement.com</v>
+        <v>https://gid.dev.dermafy.quickbirdmedical.com/realms/dermafy-realm</v>
       </c>
       <c r="D136" t="str">
-        <v>ProCarement GmbH</v>
+        <v>Skinapy Dev App</v>
       </c>
       <c r="E136" t="str">
-        <v>ProCarement GmbH</v>
+        <v>DermaHealth GmbH</v>
       </c>
       <c r="F136" t="str">
         <v/>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B137" t="str">
-        <v>3600334888</v>
+        <v>4090199699</v>
       </c>
       <c r="C137" t="str">
-        <v>https://gid-reference.vila-health.com</v>
+        <v>https://gid.staging.acne.dermafy.de/realms/dermafy-realm</v>
       </c>
       <c r="D137" t="str">
-        <v>Vila RaVie</v>
+        <v>Skinapy Staging App</v>
       </c>
       <c r="E137" t="str">
-        <v>Vila RaVie</v>
+        <v>DermaHealth GmbH</v>
       </c>
       <c r="F137" t="str">
         <v/>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B138" t="str">
-        <v>4064782985</v>
+        <v>2609397996</v>
       </c>
       <c r="C138" t="str">
-        <v>https://hek.epa.ru.tim-x-tention.de</v>
+        <v>https://gid.staging.alvie.app/realms/alvie-realm</v>
       </c>
       <c r="D138" t="str">
-        <v>HEK - Gesundheitsmessenger</v>
+        <v>Alvie Staging App</v>
       </c>
       <c r="E138" t="str">
-        <v>hek</v>
+        <v>Anker Health GmbH</v>
       </c>
       <c r="F138" t="str">
         <v/>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B139" t="str">
-        <v>960980907</v>
+        <v>4064782985</v>
       </c>
       <c r="C139" t="str">
-        <v>https://ibm.epa.dev.tim-x-tention.de</v>
+        <v>https://hek.epa.ru.tim-x-tention.de</v>
       </c>
       <c r="D139" t="str">
-        <v>TI-M ePA Fachdienst</v>
+        <v>HEK - Gesundheitsmessenger</v>
       </c>
       <c r="E139" t="str">
-        <v>ibm</v>
+        <v>hek</v>
       </c>
       <c r="F139" t="str">
         <v/>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B140" t="str">
-        <v>3256187078</v>
+        <v>960980907</v>
       </c>
       <c r="C140" t="str">
-        <v>https://id.bfarm.meine-inka.de</v>
+        <v>https://ibm.epa.dev.tim-x-tention.de</v>
       </c>
       <c r="D140" t="str">
-        <v>INKA BFARM</v>
+        <v>TI-M ePA Fachdienst</v>
       </c>
       <c r="E140" t="str">
-        <v>Dr. Pfleger Arzneimittel GmbH</v>
+        <v>ibm</v>
       </c>
       <c r="F140" t="str">
         <v/>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B141" t="str">
-        <v>3858602853</v>
+        <v>3256187078</v>
       </c>
       <c r="C141" t="str">
-        <v>https://id.qa.meine-inka.de</v>
+        <v>https://id.bfarm.meine-inka.de</v>
       </c>
       <c r="D141" t="str">
-        <v>INKA</v>
+        <v>INKA BFARM</v>
       </c>
       <c r="E141" t="str">
         <v>Dr. Pfleger Arzneimittel GmbH</v>
       </c>
       <c r="F141" t="str">
         <v/>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B142" t="str">
-        <v>2868678855</v>
+        <v>3858602853</v>
       </c>
       <c r="C142" t="str">
-        <v>https://id.silentcloud.com</v>
+        <v>https://id.qa.meine-inka.de</v>
       </c>
       <c r="D142" t="str">
-        <v>SilentCloud</v>
+        <v>INKA</v>
       </c>
       <c r="E142" t="str">
-        <v/>
+        <v>Dr. Pfleger Arzneimittel GmbH</v>
       </c>
       <c r="F142" t="str">
         <v/>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B143" t="str">
-        <v>2731234445</v>
+        <v>2868678855</v>
       </c>
       <c r="C143" t="str">
-        <v>https://idp-ref.app.ti-dienste.de</v>
+        <v>https://id.silentcloud.com</v>
       </c>
       <c r="D143" t="str">
-        <v>E-Rezept App</v>
+        <v>SilentCloud</v>
       </c>
       <c r="E143" t="str">
-        <v>RISE GmbH</v>
+        <v/>
       </c>
       <c r="F143" t="str">
         <v/>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B144" t="str">
-        <v>883074043</v>
+        <v>2731234445</v>
       </c>
       <c r="C144" t="str">
-        <v>https://it-ehealthid.ovivacoach.com</v>
+        <v>https://idp-ref.app.ti-dienste.de</v>
       </c>
       <c r="D144" t="str">
-        <v>Oviva Direkt</v>
+        <v>E-Rezept App</v>
       </c>
       <c r="E144" t="str">
-        <v/>
+        <v>RISE GmbH</v>
       </c>
       <c r="F144" t="str">
         <v/>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B145" t="str">
-        <v>3977005237</v>
+        <v>883074043</v>
       </c>
       <c r="C145" t="str">
-        <v>https://kbs.epa.ru.tim-x-tention.de</v>
+        <v>https://it-ehealthid.ovivacoach.com</v>
       </c>
       <c r="D145" t="str">
-        <v>Messenger Fachdienst</v>
+        <v>Oviva Direkt</v>
       </c>
       <c r="E145" t="str">
-        <v>kbs</v>
+        <v/>
       </c>
       <c r="F145" t="str">
         <v/>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B146" t="str">
-        <v>3863196514</v>
+        <v>3977005237</v>
       </c>
       <c r="C146" t="str">
-        <v>https://kirastage.endometriose.app</v>
+        <v>https://kbs.epa.ru.tim-x-tention.de</v>
       </c>
       <c r="D146" t="str">
-        <v>Kira-App Stage</v>
+        <v>Messenger Fachdienst</v>
       </c>
       <c r="E146" t="str">
-        <v>Endo Health GmbH</v>
+        <v>kbs</v>
       </c>
       <c r="F146" t="str">
         <v/>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B147" t="str">
-        <v>4208989592</v>
+        <v>3863196514</v>
       </c>
       <c r="C147" t="str">
-        <v>https://linastage.endometriose.app</v>
+        <v>https://kirastage.endometriose.app</v>
       </c>
       <c r="D147" t="str">
-        <v>Lina-App Stage</v>
+        <v>Kira-App Stage</v>
       </c>
       <c r="E147" t="str">
         <v>Endo Health GmbH</v>
       </c>
       <c r="F147" t="str">
         <v/>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B148" t="str">
-        <v>3109300635</v>
+        <v>4208989592</v>
       </c>
       <c r="C148" t="str">
-        <v>https://m01554-authsrv.qt.epa-tim.de</v>
+        <v>https://linastage.endometriose.app</v>
       </c>
       <c r="D148" t="str">
-        <v>bm-tim-epa-qt-m01554</v>
+        <v>Lina-App Stage</v>
       </c>
       <c r="E148" t="str">
-        <v>BITMARCK Technik GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F148" t="str">
         <v/>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B149" t="str">
-        <v>3258455768</v>
+        <v>3109300635</v>
       </c>
       <c r="C149" t="str">
-        <v>https://m02572-authsrv.rt.epa-tim.de</v>
+        <v>https://m01554-authsrv.qt.epa-tim.de</v>
       </c>
       <c r="D149" t="str">
-        <v>bm-tim-epa-rt-m02572</v>
+        <v>bm-tim-epa-qt-m01554</v>
       </c>
       <c r="E149" t="str">
         <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F149" t="str">
         <v/>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B150" t="str">
-        <v>678072397</v>
+        <v>3258455768</v>
       </c>
       <c r="C150" t="str">
-        <v>https://m04610-authsrv.qt.epa-tim.de</v>
+        <v>https://m02572-authsrv.rt.epa-tim.de</v>
       </c>
       <c r="D150" t="str">
-        <v>bm-tim-epa-qt-m04610</v>
+        <v>bm-tim-epa-rt-m02572</v>
       </c>
       <c r="E150" t="str">
         <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F150" t="str">
         <v/>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B151" t="str">
-        <v>3004791449</v>
+        <v>678072397</v>
       </c>
       <c r="C151" t="str">
-        <v>https://m04611-authsrv.qt.epa-tim.de</v>
+        <v>https://m04610-authsrv.qt.epa-tim.de</v>
       </c>
       <c r="D151" t="str">
-        <v>bm-tim-epa-qt-m04611</v>
+        <v>bm-tim-epa-qt-m04610</v>
       </c>
       <c r="E151" t="str">
         <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F151" t="str">
         <v/>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B152" t="str">
-        <v>580902355</v>
+        <v>3004791449</v>
       </c>
       <c r="C152" t="str">
-        <v>https://m06657-authsrv.qt.epa-tim.de</v>
+        <v>https://m04611-authsrv.qt.epa-tim.de</v>
       </c>
       <c r="D152" t="str">
-        <v>bm-tim-epa-qt-m06657</v>
+        <v>bm-tim-epa-qt-m04611</v>
       </c>
       <c r="E152" t="str">
         <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F152" t="str">
         <v/>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B153" t="str">
-        <v>3156347025</v>
+        <v>580902355</v>
       </c>
       <c r="C153" t="str">
-        <v>https://m15931-authsrv.rt.epa-tim.de</v>
+        <v>https://m06657-authsrv.qt.epa-tim.de</v>
       </c>
       <c r="D153" t="str">
-        <v>bm-tim-epa-rt-m15931</v>
+        <v>bm-tim-epa-qt-m06657</v>
       </c>
       <c r="E153" t="str">
         <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F153" t="str">
         <v/>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B154" t="str">
-        <v>590257810</v>
+        <v>3156347025</v>
       </c>
       <c r="C154" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/acticore1</v>
+        <v>https://m15931-authsrv.rt.epa-tim.de</v>
       </c>
       <c r="D154" t="str">
-        <v>Acticore</v>
+        <v>bm-tim-epa-rt-m15931</v>
       </c>
       <c r="E154" t="str">
-        <v>ACTICORE AG</v>
+        <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F154" t="str">
         <v/>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B155" t="str">
-        <v>1025645752</v>
+        <v>590257810</v>
       </c>
       <c r="C155" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/alextherapeutics-eila</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/acticore1</v>
       </c>
       <c r="D155" t="str">
-        <v>Eila</v>
+        <v>Acticore</v>
       </c>
       <c r="E155" t="str">
-        <v>Alex Therapeutics AB</v>
+        <v>ACTICORE AG</v>
       </c>
       <c r="F155" t="str">
         <v/>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B156" t="str">
-        <v>3810621769</v>
+        <v>1025645752</v>
       </c>
       <c r="C156" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/azuma-demo-ru</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/alextherapeutics-eila</v>
       </c>
       <c r="D156" t="str">
-        <v>azuma Live Demo RU</v>
+        <v>Eila</v>
       </c>
       <c r="E156" t="str">
-        <v>azuma</v>
+        <v>Alex Therapeutics AB</v>
       </c>
       <c r="F156" t="str">
         <v/>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B157" t="str">
-        <v>3248410210</v>
+        <v>3810621769</v>
       </c>
       <c r="C157" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/caracare</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/azuma-demo-ru</v>
       </c>
       <c r="D157" t="str">
-        <v>Cara Care</v>
+        <v>azuma Live Demo RU</v>
       </c>
       <c r="E157" t="str">
-        <v>HiDoc Technologies GmbH</v>
+        <v>azuma</v>
       </c>
       <c r="F157" t="str">
         <v/>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B158" t="str">
-        <v>1412098902</v>
+        <v>3248410210</v>
       </c>
       <c r="C158" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/ecovery-unterer_ruecken</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/caracare</v>
       </c>
       <c r="D158" t="str">
-        <v>Unterer Ruecken</v>
+        <v>Cara Care</v>
       </c>
       <c r="E158" t="str">
-        <v>eCovery GmbH</v>
+        <v>HiDoc Technologies GmbH</v>
       </c>
       <c r="F158" t="str">
         <v/>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B159" t="str">
-        <v>3248817980</v>
+        <v>1412098902</v>
       </c>
       <c r="C159" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/fluidmobile</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/ecovery-unterer_ruecken</v>
       </c>
       <c r="D159" t="str">
-        <v>fluidmobile Test</v>
+        <v>Unterer Ruecken</v>
       </c>
       <c r="E159" t="str">
-        <v>fluidmobile GmbH</v>
+        <v>eCovery GmbH</v>
       </c>
       <c r="F159" t="str">
         <v/>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B160" t="str">
-        <v>1750338637</v>
+        <v>3248817980</v>
       </c>
       <c r="C160" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-attexis</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/fluidmobile</v>
       </c>
       <c r="D160" t="str">
-        <v>Attexis</v>
+        <v>fluidmobile Test</v>
       </c>
       <c r="E160" t="str">
-        <v>GAIA AG</v>
+        <v>fluidmobile GmbH</v>
       </c>
       <c r="F160" t="str">
         <v/>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B161" t="str">
-        <v>3702098542</v>
+        <v>1750338637</v>
       </c>
       <c r="C161" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-deprexis</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-attexis</v>
       </c>
       <c r="D161" t="str">
-        <v>Deprexis</v>
+        <v>Attexis</v>
       </c>
       <c r="E161" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F161" t="str">
         <v/>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B162" t="str">
-        <v>927017129</v>
+        <v>3702098542</v>
       </c>
       <c r="C162" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-elevida</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-deprexis</v>
       </c>
       <c r="D162" t="str">
-        <v>Elevida</v>
+        <v>Deprexis</v>
       </c>
       <c r="E162" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F162" t="str">
         <v/>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B163" t="str">
-        <v>1701319344</v>
+        <v>927017129</v>
       </c>
       <c r="C163" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-klariva</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-elevida</v>
       </c>
       <c r="D163" t="str">
-        <v>Klariva</v>
+        <v>Elevida</v>
       </c>
       <c r="E163" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F163" t="str">
         <v/>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B164" t="str">
-        <v>3745815803</v>
+        <v>1701319344</v>
       </c>
       <c r="C164" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-levidex</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-klariva</v>
       </c>
       <c r="D164" t="str">
-        <v>Levidex</v>
+        <v>Klariva</v>
       </c>
       <c r="E164" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F164" t="str">
         <v/>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B165" t="str">
-        <v>3579843970</v>
+        <v>3745815803</v>
       </c>
       <c r="C165" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-mylovia</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-levidex</v>
       </c>
       <c r="D165" t="str">
-        <v>Mylovia</v>
+        <v>Levidex</v>
       </c>
       <c r="E165" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F165" t="str">
         <v/>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B166" t="str">
-        <v>4034446851</v>
+        <v>3579843970</v>
       </c>
       <c r="C166" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-priovi</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-mylovia</v>
       </c>
       <c r="D166" t="str">
-        <v>Priovi</v>
+        <v>Mylovia</v>
       </c>
       <c r="E166" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F166" t="str">
         <v/>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B167" t="str">
-        <v>2187672306</v>
+        <v>4034446851</v>
       </c>
       <c r="C167" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-somnovia</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-priovi</v>
       </c>
       <c r="D167" t="str">
-        <v>Somnovia</v>
+        <v>Priovi</v>
       </c>
       <c r="E167" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F167" t="str">
         <v/>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B168" t="str">
-        <v>1407156412</v>
+        <v>2187672306</v>
       </c>
       <c r="C168" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-velibra</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-somnovia</v>
       </c>
       <c r="D168" t="str">
-        <v>Velibra</v>
+        <v>Somnovia</v>
       </c>
       <c r="E168" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F168" t="str">
         <v/>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B169" t="str">
-        <v>891525062</v>
+        <v>1407156412</v>
       </c>
       <c r="C169" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-vorvida</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-velibra</v>
       </c>
       <c r="D169" t="str">
-        <v>Vorvida</v>
+        <v>Velibra</v>
       </c>
       <c r="E169" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F169" t="str">
         <v/>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B170" t="str">
-        <v>3543443561</v>
+        <v>891525062</v>
       </c>
       <c r="C170" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/headacy_migraine_therapy</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-vorvida</v>
       </c>
       <c r="D170" t="str">
-        <v>Headacy</v>
+        <v>Vorvida</v>
       </c>
       <c r="E170" t="str">
-        <v>tame GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F170" t="str">
         <v/>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B171" t="str">
-        <v>684466441</v>
+        <v>3543443561</v>
       </c>
       <c r="C171" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/headacy_migraine_therapy</v>
       </c>
       <c r="D171" t="str">
-        <v>Chronic Pain</v>
+        <v>Headacy</v>
       </c>
       <c r="E171" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>tame GmbH</v>
       </c>
       <c r="F171" t="str">
         <v/>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B172" t="str">
-        <v>2812415870</v>
+        <v>684466441</v>
       </c>
       <c r="C172" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-depression</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
       </c>
       <c r="D172" t="str">
-        <v>Depression</v>
+        <v>Chronic Pain</v>
       </c>
       <c r="E172" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F172" t="str">
         <v/>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B173" t="str">
-        <v>2109218904</v>
+        <v>2812415870</v>
       </c>
       <c r="C173" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-diabetes</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-depression</v>
       </c>
       <c r="D173" t="str">
-        <v>Diabetes</v>
+        <v>Depression</v>
       </c>
       <c r="E173" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F173" t="str">
         <v/>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B174" t="str">
-        <v>3995224819</v>
+        <v>2109218904</v>
       </c>
       <c r="C174" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-panic</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-diabetes</v>
       </c>
       <c r="D174" t="str">
-        <v>Panic</v>
+        <v>Diabetes</v>
       </c>
       <c r="E174" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F174" t="str">
         <v/>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B175" t="str">
-        <v>2142636493</v>
+        <v>3995224819</v>
       </c>
       <c r="C175" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-sleep</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-panic</v>
       </c>
       <c r="D175" t="str">
-        <v>Sleep</v>
+        <v>Panic</v>
       </c>
       <c r="E175" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F175" t="str">
         <v/>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B176" t="str">
-        <v>1745009667</v>
+        <v>2142636493</v>
       </c>
       <c r="C176" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-sleep</v>
       </c>
       <c r="D176" t="str">
-        <v>Stress Burnout</v>
+        <v>Sleep</v>
       </c>
       <c r="E176" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F176" t="str">
         <v/>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B177" t="str">
-        <v>1577565855</v>
+        <v>1745009667</v>
       </c>
       <c r="C177" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
       </c>
       <c r="D177" t="str">
-        <v>Vaginismus</v>
+        <v>Stress Burnout</v>
       </c>
       <c r="E177" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F177" t="str">
         <v/>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B178" t="str">
-        <v>3846546667</v>
+        <v>1577565855</v>
       </c>
       <c r="C178" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/insiders_poc</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
       </c>
       <c r="D178" t="str">
-        <v>Insiders PKV PoC Simulation</v>
+        <v>Vaginismus</v>
       </c>
       <c r="E178" t="str">
-        <v>Insiders Technologies GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F178" t="str">
         <v/>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B179" t="str">
-        <v>1617560366</v>
+        <v>3846546667</v>
       </c>
       <c r="C179" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-edera</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/insiders_poc</v>
       </c>
       <c r="D179" t="str">
-        <v>Edera</v>
+        <v>Insiders PKV PoC Simulation</v>
       </c>
       <c r="E179" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>Insiders Technologies GmbH</v>
       </c>
       <c r="F179" t="str">
         <v/>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B180" t="str">
-        <v>3735941864</v>
+        <v>1617560366</v>
       </c>
       <c r="C180" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-lutera</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-edera</v>
       </c>
       <c r="D180" t="str">
-        <v>Lutera</v>
+        <v>Edera</v>
       </c>
       <c r="E180" t="str">
         <v>Kranus Health GmbH</v>
       </c>
       <c r="F180" t="str">
         <v/>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B181" t="str">
-        <v>3594010528</v>
+        <v>3735941864</v>
       </c>
       <c r="C181" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-mictera</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-lutera</v>
       </c>
       <c r="D181" t="str">
-        <v>Mictera</v>
+        <v>Lutera</v>
       </c>
       <c r="E181" t="str">
         <v>Kranus Health GmbH</v>
       </c>
       <c r="F181" t="str">
         <v/>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B182" t="str">
-        <v>1195340947</v>
+        <v>3594010528</v>
       </c>
       <c r="C182" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/mebix</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-mictera</v>
       </c>
       <c r="D182" t="str">
-        <v>mebix</v>
+        <v>Mictera</v>
       </c>
       <c r="E182" t="str">
-        <v>Vision2B</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F182" t="str">
         <v/>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B183" t="str">
-        <v>1684343562</v>
+        <v>1195340947</v>
       </c>
       <c r="C183" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/mebix</v>
       </c>
       <c r="D183" t="str">
-        <v>ADFD Parenttraining</v>
+        <v>mebix</v>
       </c>
       <c r="E183" t="str">
-        <v>medigital GmbH</v>
+        <v>Vision2B</v>
       </c>
       <c r="F183" t="str">
         <v/>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B184" t="str">
-        <v>2510621273</v>
+        <v>1684343562</v>
       </c>
       <c r="C184" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/mementor-somnio</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
       </c>
       <c r="D184" t="str">
-        <v>Somnio</v>
+        <v>ADFD Parenttraining</v>
       </c>
       <c r="E184" t="str">
-        <v>mementor DE GmbH</v>
+        <v>medigital GmbH</v>
       </c>
       <c r="F184" t="str">
         <v/>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B185" t="str">
-        <v>314155055</v>
+        <v>2510621273</v>
       </c>
       <c r="C185" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/memodio-app</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/mementor-somnio</v>
       </c>
       <c r="D185" t="str">
-        <v>memodio</v>
+        <v>Somnio</v>
       </c>
       <c r="E185" t="str">
-        <v>memodio GmbH</v>
+        <v>mementor DE GmbH</v>
       </c>
       <c r="F185" t="str">
         <v/>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B186" t="str">
-        <v>1444866228</v>
+        <v>314155055</v>
       </c>
       <c r="C186" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/neolexon-aphasie</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/memodio-app</v>
       </c>
       <c r="D186" t="str">
-        <v>Aphasie</v>
+        <v>memodio</v>
       </c>
       <c r="E186" t="str">
-        <v>Limedix GmbH</v>
+        <v>memodio GmbH</v>
       </c>
       <c r="F186" t="str">
         <v/>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B187" t="str">
-        <v>3069626314</v>
+        <v>1444866228</v>
       </c>
       <c r="C187" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/neuronation-med</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/neolexon-aphasie</v>
       </c>
       <c r="D187" t="str">
-        <v>NeuroNation MED</v>
+        <v>Aphasie</v>
       </c>
       <c r="E187" t="str">
-        <v>Synaptikon GmbH</v>
+        <v>Limedix GmbH</v>
       </c>
       <c r="F187" t="str">
         <v/>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B188" t="str">
-        <v>3375771528</v>
+        <v>3069626314</v>
       </c>
       <c r="C188" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-back</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/neuronation-med</v>
       </c>
       <c r="D188" t="str">
-        <v>Novio Back</v>
+        <v>NeuroNation MED</v>
       </c>
       <c r="E188" t="str">
-        <v>LIME medical GmbH</v>
+        <v>Synaptikon GmbH</v>
       </c>
       <c r="F188" t="str">
         <v/>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B189" t="str">
-        <v>2207951920</v>
+        <v>3375771528</v>
       </c>
       <c r="C189" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-hand</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-back</v>
       </c>
       <c r="D189" t="str">
-        <v>Novio Hand</v>
+        <v>Novio Back</v>
       </c>
       <c r="E189" t="str">
         <v>LIME medical GmbH</v>
       </c>
       <c r="F189" t="str">
         <v/>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B190" t="str">
-        <v>243314110</v>
+        <v>2207951920</v>
       </c>
       <c r="C190" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-knee</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-hand</v>
       </c>
       <c r="D190" t="str">
-        <v>Novio Knee</v>
+        <v>Novio Hand</v>
       </c>
       <c r="E190" t="str">
         <v>LIME medical GmbH</v>
       </c>
       <c r="F190" t="str">
         <v/>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B191" t="str">
-        <v>3720275228</v>
+        <v>243314110</v>
       </c>
       <c r="C191" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/pinkcoach</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-knee</v>
       </c>
       <c r="D191" t="str">
-        <v>PINK Coach</v>
+        <v>Novio Knee</v>
       </c>
       <c r="E191" t="str">
-        <v>PINK gegen Brustkrebs GmbH</v>
+        <v>LIME medical GmbH</v>
       </c>
       <c r="F191" t="str">
         <v/>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B192" t="str">
-        <v>2368482883</v>
+        <v>3720275228</v>
       </c>
       <c r="C192" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/pinkleben</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/pinkcoach</v>
       </c>
       <c r="D192" t="str">
-        <v>PINK Leben</v>
+        <v>PINK Coach</v>
       </c>
       <c r="E192" t="str">
         <v>PINK gegen Brustkrebs GmbH</v>
       </c>
       <c r="F192" t="str">
         <v/>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B193" t="str">
-        <v>826891090</v>
+        <v>2368482883</v>
       </c>
       <c r="C193" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/pinkleben</v>
       </c>
       <c r="D193" t="str">
-        <v>Nichtraucherhelden</v>
+        <v>PINK Leben</v>
       </c>
       <c r="E193" t="str">
-        <v>Sanero Medical GmbH</v>
+        <v>PINK gegen Brustkrebs GmbH</v>
       </c>
       <c r="F193" t="str">
         <v/>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B194" t="str">
-        <v>2935841804</v>
+        <v>3076981094</v>
       </c>
       <c r="C194" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sanero-tony</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/procarement-proherz</v>
       </c>
       <c r="D194" t="str">
-        <v>Tony</v>
+        <v>ProHerz</v>
       </c>
       <c r="E194" t="str">
-        <v>Sanero Medical GmbH</v>
+        <v>ProCarement GmbH</v>
       </c>
       <c r="F194" t="str">
         <v/>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B195" t="str">
-        <v>2306758665</v>
+        <v>3521884593</v>
       </c>
       <c r="C195" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/promano-erektile_dysfunktion</v>
       </c>
       <c r="D195" t="str">
-        <v>Selfapy</v>
+        <v>Promano - Erektile Dysfunktion</v>
       </c>
       <c r="E195" t="str">
-        <v>Selfapy Gmbh</v>
+        <v>Promano-Health GmbH</v>
       </c>
       <c r="F195" t="str">
         <v/>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B196" t="str">
-        <v>3528593546</v>
+        <v>826891090</v>
       </c>
       <c r="C196" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-binge_eating</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
       </c>
       <c r="D196" t="str">
-        <v>Binge Eating</v>
+        <v>Nichtraucherhelden</v>
       </c>
       <c r="E196" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Sanero Medical GmbH</v>
       </c>
       <c r="F196" t="str">
         <v/>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B197" t="str">
-        <v>374706287</v>
+        <v>2935841804</v>
       </c>
       <c r="C197" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-bulimia</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sanero-tony</v>
       </c>
       <c r="D197" t="str">
-        <v>Bulimia</v>
+        <v>Tony</v>
       </c>
       <c r="E197" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Sanero Medical GmbH</v>
       </c>
       <c r="F197" t="str">
         <v/>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B198" t="str">
-        <v>182713820</v>
+        <v>2306758665</v>
       </c>
       <c r="C198" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-depression</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy</v>
       </c>
       <c r="D198" t="str">
-        <v>Depression</v>
+        <v>Selfapy</v>
       </c>
       <c r="E198" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Selfapy Gmbh</v>
       </c>
       <c r="F198" t="str">
         <v/>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B199" t="str">
-        <v>3495945927</v>
+        <v>3528593546</v>
       </c>
       <c r="C199" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-binge_eating</v>
       </c>
       <c r="D199" t="str">
-        <v>Generalized Anxiety</v>
+        <v>Binge Eating</v>
       </c>
       <c r="E199" t="str">
         <v>Selfapy GmbH</v>
       </c>
       <c r="F199" t="str">
         <v/>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B200" t="str">
-        <v>3629310227</v>
+        <v>374706287</v>
       </c>
       <c r="C200" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sidekickhealth-meno</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-bulimia</v>
       </c>
       <c r="D200" t="str">
-        <v>Meno</v>
+        <v>Bulimia</v>
       </c>
       <c r="E200" t="str">
-        <v>Sidekick Health Germany GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F200" t="str">
         <v/>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B201" t="str">
-        <v>3707399720</v>
+        <v>182713820</v>
       </c>
       <c r="C201" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-depression</v>
       </c>
       <c r="D201" t="str">
-        <v>Zanadio</v>
+        <v>Depression</v>
       </c>
       <c r="E201" t="str">
-        <v>Sidekick Health Germany GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F201" t="str">
         <v/>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B202" t="str">
-        <v>2884506464</v>
+        <v>3495945927</v>
       </c>
       <c r="C202" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/tiredofcancer-untire</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
       </c>
       <c r="D202" t="str">
-        <v>Untire</v>
+        <v>Generalized Anxiety</v>
       </c>
       <c r="E202" t="str">
-        <v>Tired of Cancer B.V.</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F202" t="str">
         <v/>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B203" t="str">
-        <v>2415148635</v>
+        <v>3629310227</v>
       </c>
       <c r="C203" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/unahealth</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sidekickhealth-meno</v>
       </c>
       <c r="D203" t="str">
-        <v>Unahealth</v>
+        <v>Meno</v>
       </c>
       <c r="E203" t="str">
-        <v>Una Health GmbH</v>
+        <v>Sidekick Health Germany GmbH</v>
       </c>
       <c r="F203" t="str">
         <v/>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B204" t="str">
-        <v>3042807826</v>
+        <v>3707399720</v>
       </c>
       <c r="C204" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vantis-hibp</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
       </c>
       <c r="D204" t="str">
-        <v>HIBP</v>
+        <v>Zanadio</v>
       </c>
       <c r="E204" t="str">
-        <v>Vantis GmbH</v>
+        <v>Sidekick Health Germany GmbH</v>
       </c>
       <c r="F204" t="str">
         <v/>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B205" t="str">
-        <v>1938795944</v>
+        <v>2884506464</v>
       </c>
       <c r="C205" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vantis-ihd</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/tiredofcancer-untire</v>
       </c>
       <c r="D205" t="str">
-        <v>IHD</v>
+        <v>Untire</v>
       </c>
       <c r="E205" t="str">
-        <v>Vantis GmbH</v>
+        <v>Tired of Cancer B.V.</v>
       </c>
       <c r="F205" t="str">
         <v/>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B206" t="str">
-        <v>2935016041</v>
+        <v>2415148635</v>
       </c>
       <c r="C206" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vitadio-diabetes</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/unahealth</v>
       </c>
       <c r="D206" t="str">
-        <v>Vitadio Diabetes</v>
+        <v>Unahealth</v>
       </c>
       <c r="E206" t="str">
-        <v>Vitadio Health Technologies GmbH</v>
+        <v>Una Health GmbH</v>
       </c>
       <c r="F206" t="str">
         <v/>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B207" t="str">
-        <v>2229531398</v>
+        <v>3042807826</v>
       </c>
       <c r="C207" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vivira-app</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vantis-hibp</v>
       </c>
       <c r="D207" t="str">
-        <v>Vivira</v>
+        <v>HIBP</v>
       </c>
       <c r="E207" t="str">
-        <v>Vivira Health Lab GmbH</v>
+        <v>Vantis GmbH</v>
       </c>
       <c r="F207" t="str">
         <v/>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B208" t="str">
-        <v>1322264138</v>
+        <v>1938795944</v>
       </c>
       <c r="C208" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/wundfit</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vantis-ihd</v>
       </c>
       <c r="D208" t="str">
-        <v>WundFit</v>
+        <v>IHD</v>
       </c>
       <c r="E208" t="str">
-        <v>4L Health GmbH</v>
+        <v>Vantis GmbH</v>
       </c>
       <c r="F208" t="str">
         <v/>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B209" t="str">
-        <v>2952137122</v>
+        <v>2935016041</v>
       </c>
       <c r="C209" t="str">
-        <v>https://myminddistrict-ru.minddistrict.dev</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vitadio-diabetes</v>
       </c>
       <c r="D209" t="str">
-        <v>myminddistrict</v>
+        <v>Vitadio Diabetes</v>
       </c>
       <c r="E209" t="str">
-        <v>Minddistrict GmbH</v>
+        <v>Vitadio Health Technologies GmbH</v>
       </c>
       <c r="F209" t="str">
         <v/>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B210" t="str">
-        <v>2460789608</v>
+        <v>2229531398</v>
       </c>
       <c r="C210" t="str">
-        <v>https://oidc.stg.tiaas.tech/glucura</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vivira-app</v>
       </c>
       <c r="D210" t="str">
-        <v>glucura</v>
+        <v>Vivira</v>
       </c>
       <c r="E210" t="str">
-        <v>Perfood Laboratories GmbH</v>
+        <v>Vivira Health Lab GmbH</v>
       </c>
       <c r="F210" t="str">
         <v/>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B211" t="str">
-        <v>129310951</v>
+        <v>1322264138</v>
       </c>
       <c r="C211" t="str">
-        <v>https://oidc.stg.tiaas.tech/sincephalea</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/wundfit</v>
       </c>
       <c r="D211" t="str">
-        <v>sinCephalea</v>
+        <v>WundFit</v>
       </c>
       <c r="E211" t="str">
-        <v>Perfood Laboratories GmbH</v>
+        <v>4L Health GmbH</v>
       </c>
       <c r="F211" t="str">
         <v/>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B212" t="str">
-        <v>4289715300</v>
+        <v>2952137122</v>
       </c>
       <c r="C212" t="str">
-        <v>https://oidcf.develop.azuma-health.tech/oidcf/4b613c97-6de8-4b26-b1d7-b81a990f3b2a</v>
+        <v>https://myminddistrict-ru.minddistrict.dev</v>
       </c>
       <c r="D212" t="str">
-        <v>azuma Develop Live</v>
+        <v>myminddistrict</v>
       </c>
       <c r="E212" t="str">
-        <v>azuma</v>
+        <v>Minddistrict GmbH</v>
       </c>
       <c r="F212" t="str">
         <v/>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B213" t="str">
-        <v>2784125836</v>
+        <v>2460789608</v>
       </c>
       <c r="C213" t="str">
-        <v>https://paulastage.endometriose.app</v>
+        <v>https://oidc.stg.tiaas.tech/glucura</v>
       </c>
       <c r="D213" t="str">
-        <v>Paula-App Stage</v>
+        <v>glucura</v>
       </c>
       <c r="E213" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Perfood Laboratories GmbH</v>
       </c>
       <c r="F213" t="str">
         <v/>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B214" t="str">
-        <v>2209725804</v>
+        <v>129310951</v>
       </c>
       <c r="C214" t="str">
-        <v>https://piastage.endometriose.app</v>
+        <v>https://oidc.stg.tiaas.tech/sincephalea</v>
       </c>
       <c r="D214" t="str">
-        <v>Pia-App Stage</v>
+        <v>sinCephalea</v>
       </c>
       <c r="E214" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Perfood Laboratories GmbH</v>
       </c>
       <c r="F214" t="str">
         <v/>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B215" t="str">
-        <v>106395286</v>
+        <v>4289715300</v>
       </c>
       <c r="C215" t="str">
-        <v>https://pmsstage.endometriose.app</v>
+        <v>https://oidcf.develop.azuma-health.tech/oidcf/4b613c97-6de8-4b26-b1d7-b81a990f3b2a</v>
       </c>
       <c r="D215" t="str">
-        <v>isi-App Stage</v>
+        <v>azuma Develop Live</v>
       </c>
       <c r="E215" t="str">
-        <v>Endo Health GmbH</v>
+        <v>azuma</v>
       </c>
       <c r="F215" t="str">
         <v/>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B216" t="str">
-        <v>669069044</v>
+        <v>2784125836</v>
       </c>
       <c r="C216" t="str">
-        <v>https://pta-ehealthid.ovivadiga.com</v>
+        <v>https://paulastage.endometriose.app</v>
       </c>
       <c r="D216" t="str">
-        <v>Oviva Direkt</v>
+        <v>Paula-App Stage</v>
       </c>
       <c r="E216" t="str">
-        <v/>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F216" t="str">
         <v/>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B217" t="str">
-        <v>3446406649</v>
+        <v>2209725804</v>
       </c>
       <c r="C217" t="str">
-        <v>https://rp.eid.dev.app.adhs.mindnet.health/realms/mindnet-realm</v>
+        <v>https://piastage.endometriose.app</v>
       </c>
       <c r="D217" t="str">
-        <v>Mindnet Develop App</v>
+        <v>Pia-App Stage</v>
       </c>
       <c r="E217" t="str">
-        <v>MiNDNET E-Health Solutions GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F217" t="str">
         <v/>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B218" t="str">
-        <v>2866781762</v>
+        <v>106395286</v>
       </c>
       <c r="C218" t="str">
-        <v>https://rp.staging.vertidisan.digitineers.app/realms/hpzenner</v>
+        <v>https://pmsstage.endometriose.app</v>
       </c>
       <c r="D218" t="str">
-        <v>Vertidisan Staging App</v>
+        <v>isi-App Stage</v>
       </c>
       <c r="E218" t="str">
-        <v/>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F218" t="str">
         <v/>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B219" t="str">
-        <v>1060042045</v>
+        <v>669069044</v>
       </c>
       <c r="C219" t="str">
-        <v>https://ru.eid.services.api.cogthera.life</v>
+        <v>https://pta-ehealthid.ovivadiga.com</v>
       </c>
       <c r="D219" t="str">
-        <v>Cogthera App</v>
+        <v>Oviva Direkt</v>
       </c>
       <c r="E219" t="str">
-        <v>Cogthera GmbH</v>
+        <v/>
       </c>
       <c r="F219" t="str">
         <v/>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B220" t="str">
-        <v>991276213</v>
+        <v>1060042045</v>
       </c>
       <c r="C220" t="str">
-        <v>https://sehschule-ru.caterna.de</v>
+        <v>https://ru.eid.services.api.cogthera.life</v>
       </c>
       <c r="D220" t="str">
-        <v>Caterna Sehschulung</v>
+        <v>Cogthera App</v>
       </c>
       <c r="E220" t="str">
-        <v>Caterna Vision GmbH</v>
+        <v>Cogthera GmbH</v>
       </c>
       <c r="F220" t="str">
         <v/>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B221" t="str">
-        <v>3673416559</v>
+        <v>991276213</v>
       </c>
       <c r="C221" t="str">
-        <v>https://seid.onqo.app</v>
+        <v>https://sehschule-ru.caterna.de</v>
       </c>
       <c r="D221" t="str">
-        <v>Onqo NSCLC</v>
+        <v>Caterna Sehschulung</v>
       </c>
       <c r="E221" t="str">
-        <v>Onqo Health GmbH</v>
+        <v>Caterna Vision GmbH</v>
       </c>
       <c r="F221" t="str">
         <v/>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B222" t="str">
-        <v>1537500917</v>
+        <v>3673416559</v>
       </c>
       <c r="C222" t="str">
-        <v>https://sso.test.almaphil.de</v>
+        <v>https://seid.onqo.app</v>
       </c>
       <c r="D222" t="str">
-        <v>ALMA PHIL GmbH</v>
+        <v>Onqo NSCLC</v>
       </c>
       <c r="E222" t="str">
-        <v>ALMA PHIL GmbH</v>
+        <v>Onqo Health GmbH</v>
       </c>
       <c r="F222" t="str">
         <v/>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B223" t="str">
-        <v>417241259</v>
+        <v>1537500917</v>
       </c>
       <c r="C223" t="str">
-        <v>https://stage-account.kalmeda.de/api/v1/EntityStatement</v>
+        <v>https://sso.test.almaphil.de</v>
       </c>
       <c r="D223" t="str">
-        <v>Kalmeda</v>
+        <v>ALMA PHIL GmbH</v>
       </c>
       <c r="E223" t="str">
-        <v/>
+        <v>ALMA PHIL GmbH</v>
       </c>
       <c r="F223" t="str">
         <v/>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B224" t="str">
-        <v>2549101244</v>
+        <v>417241259</v>
       </c>
       <c r="C224" t="str">
-        <v>https://stageapi.endometriose.app</v>
+        <v>https://stage-account.kalmeda.de/api/v1/EntityStatement</v>
       </c>
       <c r="D224" t="str">
-        <v>Endo-App (Stage)</v>
+        <v>Kalmeda</v>
       </c>
       <c r="E224" t="str">
-        <v>Endo Health GmbH</v>
+        <v/>
       </c>
       <c r="F224" t="str">
         <v/>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B225" t="str">
-        <v>3611157359</v>
+        <v>2549101244</v>
       </c>
       <c r="C225" t="str">
-        <v>https://staging.api.uroletics.com/eid</v>
+        <v>https://stageapi.endometriose.app</v>
       </c>
       <c r="D225" t="str">
-        <v>Uroletics</v>
+        <v>Endo-App (Stage)</v>
       </c>
       <c r="E225" t="str">
-        <v>Rocketlane Medical Ventures GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F225" t="str">
         <v/>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B226" t="str">
-        <v>2938968869</v>
+        <v>3611157359</v>
       </c>
       <c r="C226" t="str">
-        <v>https://stellastage.endometriose.app</v>
+        <v>https://staging.api.uroletics.com/eid</v>
       </c>
       <c r="D226" t="str">
-        <v>Stella-App Stage</v>
+        <v>Uroletics</v>
       </c>
       <c r="E226" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Rocketlane Medical Ventures GmbH</v>
       </c>
       <c r="F226" t="str">
         <v/>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B227" t="str">
-        <v>1552089159</v>
+        <v>2938968869</v>
       </c>
       <c r="C227" t="str">
-        <v>https://tim-dev.tk-online.net</v>
+        <v>https://stellastage.endometriose.app</v>
       </c>
       <c r="D227" t="str">
-        <v>Famedly TI-M ePA - TK - dev</v>
+        <v>Stella-App Stage</v>
       </c>
       <c r="E227" t="str">
-        <v>Techniker Krankenkasse</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F227" t="str">
         <v/>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B228" t="str">
-        <v>3691785596</v>
+        <v>1552089159</v>
       </c>
       <c r="C228" t="str">
-        <v>https://tim-epa.rt.rise-tim.de</v>
+        <v>https://tim-dev.tk-online.net</v>
       </c>
       <c r="D228" t="str">
-        <v>RISE-TIM-ePA</v>
+        <v>Famedly TI-M ePA - TK - dev</v>
       </c>
       <c r="E228" t="str">
-        <v>RISE</v>
+        <v>Techniker Krankenkasse</v>
       </c>
       <c r="F228" t="str">
         <v/>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B229" t="str">
-        <v>2827268477</v>
+        <v>2691500199</v>
       </c>
       <c r="C229" t="str">
-        <v>https://tim-ref.tk-online.net</v>
+        <v>https://tim-epa.qt.rise-tim.de</v>
       </c>
       <c r="D229" t="str">
-        <v>Famedly TI-M ePA - TK - ref</v>
+        <v>RISE-TIM-ePA</v>
       </c>
       <c r="E229" t="str">
-        <v>Techniker Krankenkasse</v>
+        <v>RISE</v>
       </c>
       <c r="F229" t="str">
         <v/>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B230" t="str">
-        <v>2742277238</v>
+        <v>3691785596</v>
       </c>
       <c r="C230" t="str">
-        <v>https://tim-test-evt.tk-online.net</v>
+        <v>https://tim-epa.rt.rise-tim.de</v>
       </c>
       <c r="D230" t="str">
-        <v>Famedly TI-M ePA - TK - test-evt</v>
+        <v>RISE-TIM-ePA</v>
       </c>
       <c r="E230" t="str">
-        <v>Techniker Krankenkasse</v>
+        <v>RISE</v>
       </c>
       <c r="F230" t="str">
         <v/>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B231" t="str">
-        <v>315259651</v>
+        <v>26932473</v>
       </c>
       <c r="C231" t="str">
-        <v>https://tim-test-gematik.tk-online.net</v>
+        <v>https://tim-epa.ru.rise-tim.de</v>
       </c>
       <c r="D231" t="str">
-        <v>Famedly TI-M ePA - TK - test-gematik</v>
+        <v>RISE-TIM-ePA</v>
       </c>
       <c r="E231" t="str">
-        <v>Techniker Krankenkasse</v>
+        <v>RISE</v>
       </c>
       <c r="F231" t="str">
         <v/>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B232" t="str">
-        <v>404037806</v>
+        <v>2827268477</v>
       </c>
       <c r="C232" t="str">
-        <v>https://tim-test-treiber.tk-online.net</v>
+        <v>https://tim-ref.tk-online.net</v>
       </c>
       <c r="D232" t="str">
-        <v>Famedly TI-M ePA - TK - test-treiber</v>
+        <v>Famedly TI-M ePA - TK - ref</v>
       </c>
       <c r="E232" t="str">
         <v>Techniker Krankenkasse</v>
       </c>
       <c r="F232" t="str">
         <v/>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B233" t="str">
-        <v>50801827</v>
+        <v>2742277238</v>
       </c>
       <c r="C233" t="str">
-        <v>https://verastage.endometriose.app</v>
+        <v>https://tim-test-evt.tk-online.net</v>
       </c>
       <c r="D233" t="str">
-        <v>Vera-App Stage</v>
+        <v>Famedly TI-M ePA - TK - test-evt</v>
       </c>
       <c r="E233" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Techniker Krankenkasse</v>
       </c>
       <c r="F233" t="str">
         <v/>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B234" t="str">
-        <v>1357018677</v>
+        <v>315259651</v>
       </c>
       <c r="C234" t="str">
-        <v>https://viactiv.epa.ru.tim-x-tention.de</v>
+        <v>https://tim-test-gematik.tk-online.net</v>
       </c>
       <c r="D234" t="str">
-        <v>Messenger</v>
+        <v>Famedly TI-M ePA - TK - test-gematik</v>
       </c>
       <c r="E234" t="str">
-        <v>viactiv</v>
+        <v>Techniker Krankenkasse</v>
       </c>
       <c r="F234" t="str">
         <v/>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B235" t="str">
-        <v>547169269</v>
+        <v>404037806</v>
       </c>
       <c r="C235" t="str">
-        <v>https://www.asklepios.com</v>
+        <v>https://tim-test-treiber.tk-online.net</v>
       </c>
       <c r="D235" t="str">
-        <v/>
+        <v>Famedly TI-M ePA - TK - test-treiber</v>
       </c>
       <c r="E235" t="str">
-        <v/>
+        <v>Techniker Krankenkasse</v>
       </c>
       <c r="F235" t="str">
         <v/>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B236" t="str">
+        <v>50801827</v>
+      </c>
+      <c r="C236" t="str">
+        <v>https://verastage.endometriose.app</v>
+      </c>
+      <c r="D236" t="str">
+        <v>Vera-App Stage</v>
+      </c>
+      <c r="E236" t="str">
+        <v>Endo Health GmbH</v>
+      </c>
+      <c r="F236" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B237" t="str">
+        <v>1357018677</v>
+      </c>
+      <c r="C237" t="str">
+        <v>https://viactiv.epa.ru.tim-x-tention.de</v>
+      </c>
+      <c r="D237" t="str">
+        <v>Messenger</v>
+      </c>
+      <c r="E237" t="str">
+        <v>viactiv</v>
+      </c>
+      <c r="F237" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B238" t="str">
+        <v>547169269</v>
+      </c>
+      <c r="C238" t="str">
+        <v>https://www.asklepios.com</v>
+      </c>
+      <c r="D238" t="str">
+        <v/>
+      </c>
+      <c r="E238" t="str">
+        <v/>
+      </c>
+      <c r="F238" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B239" t="str">
         <v>618268571</v>
       </c>
-      <c r="C236" t="str">
+      <c r="C239" t="str">
         <v>https://zerobin.zt.dev.ccs.gematik.solutions</v>
       </c>
-      <c r="D236" t="str">
+      <c r="D239" t="str">
         <v>Zero Trust Lab</v>
       </c>
-      <c r="E236" t="str">
+      <c r="E239" t="str">
         <v>gematik GmbH</v>
       </c>
-      <c r="F236" t="str">
+      <c r="F239" t="str">
         <v/>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:F236"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:F239"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H89"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="16.83203125" customWidth="1"/>
     <col min="2" max="2" width="16.83203125" customWidth="1"/>
     <col min="3" max="3" width="50.83203125" customWidth="1"/>
     <col min="4" max="4" width="50.83203125" customWidth="1"/>
     <col min="5" max="5" width="50.83203125" customWidth="1"/>
     <col min="6" max="6" width="70.83203125" customWidth="1"/>
     <col min="7" max="7" width="70.83203125" customWidth="1"/>
     <col min="8" max="8" width="50.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>type</v>
       </c>
@@ -5266,756 +5326,756 @@
       </c>
       <c r="G3" t="str">
         <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H3" t="str">
         <v/>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B4" t="str">
         <v>2810684028</v>
       </c>
       <c r="C4" t="str">
         <v>https://idbroker.continentale.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D4" t="str">
         <v>SekIDP ru CONTINENTALE</v>
       </c>
       <c r="E4" t="str">
         <v>CONTINENTALE</v>
       </c>
       <c r="F4" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G4" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H4" t="str">
         <v/>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B5" t="str">
         <v>3730958245</v>
       </c>
       <c r="C5" t="str">
         <v>https://idbroker.continentale.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D5" t="str">
         <v>SekIDP RU2 CONTINENTALE</v>
       </c>
       <c r="E5" t="str">
         <v>CONTINENTALE RU2</v>
       </c>
       <c r="F5" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G5" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H5" t="str">
         <v/>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B6" t="str">
         <v>1774175078</v>
       </c>
       <c r="C6" t="str">
         <v>https://idbroker.debeka-sidp.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D6" t="str">
         <v>SekIDP RU2 DEBEKA-SIDP</v>
       </c>
       <c r="E6" t="str">
         <v>DEBEKA-SIDP RU2</v>
       </c>
       <c r="F6" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G6" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H6" t="str">
         <v/>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B7" t="str">
         <v>2147623824</v>
       </c>
       <c r="C7" t="str">
         <v>https://idbroker.debeka.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D7" t="str">
         <v>SekIDP RU DEBEKA</v>
       </c>
       <c r="E7" t="str">
         <v>DEBEKA</v>
       </c>
       <c r="F7" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G7" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H7" t="str">
         <v/>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B8" t="str">
         <v>1688628793</v>
       </c>
       <c r="C8" t="str">
         <v>https://idbroker.dkv.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D8" t="str">
         <v>SekIDP RU DKV</v>
       </c>
       <c r="E8" t="str">
         <v>DKV</v>
       </c>
       <c r="F8" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G8" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H8" t="str">
         <v/>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B9" t="str">
         <v>3625218934</v>
       </c>
       <c r="C9" t="str">
         <v>https://idbroker.dkv.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D9" t="str">
         <v>SekIDP RU2 DKV</v>
       </c>
       <c r="E9" t="str">
         <v>DKV RU2</v>
       </c>
       <c r="F9" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G9" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H9" t="str">
         <v/>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B10" t="str">
         <v>1385207112</v>
       </c>
       <c r="C10" t="str">
         <v>https://idbroker.hansemerkur.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D10" t="str">
         <v>SekIDP RU2 HANSEMERKUR</v>
       </c>
       <c r="E10" t="str">
         <v>HANSEMERKUR RU2</v>
       </c>
       <c r="F10" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G10" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H10" t="str">
         <v/>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B11" t="str">
         <v>603438949</v>
       </c>
       <c r="C11" t="str">
         <v>https://idbroker.hek.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D11" t="str">
         <v>SekIDP RU HEK</v>
       </c>
       <c r="E11" t="str">
         <v>HEK</v>
       </c>
       <c r="F11" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G11" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H11" t="str">
         <v/>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B12" t="str">
         <v>3129884536</v>
       </c>
       <c r="C12" t="str">
         <v>https://idbroker.hek.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D12" t="str">
         <v>SekIDP RU2 HEK</v>
       </c>
       <c r="E12" t="str">
         <v>Hanseatische Krankenkasse RU2</v>
       </c>
       <c r="F12" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G12" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H12" t="str">
         <v/>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B13" t="str">
         <v>3477723471</v>
       </c>
       <c r="C13" t="str">
         <v>https://idbroker.ibm.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D13" t="str">
         <v>SekIDP RU IBM</v>
       </c>
       <c r="E13" t="str">
         <v>IBM</v>
       </c>
       <c r="F13" t="str">
         <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G13" t="str">
         <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H13" t="str">
         <v/>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B14" t="str">
         <v>1641629896</v>
       </c>
       <c r="C14" t="str">
         <v>https://idbroker.ibm.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D14" t="str">
         <v>SekIDP RU2 IBM</v>
       </c>
       <c r="E14" t="str">
         <v>IBM RU2</v>
       </c>
       <c r="F14" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G14" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H14" t="str">
         <v/>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B15" t="str">
         <v>4020010795</v>
       </c>
       <c r="C15" t="str">
         <v>https://idbroker.ibmaslan.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D15" t="str">
         <v>SekIDP RU2 IBMASLAN</v>
       </c>
       <c r="E15" t="str">
         <v>IBMASLAN RU2</v>
       </c>
       <c r="F15" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G15" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H15" t="str">
         <v/>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B16" t="str">
         <v>2775839922</v>
       </c>
       <c r="C16" t="str">
         <v>https://idbroker.ibmepa.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D16" t="str">
         <v>SekIDP RU2 IBMEPA</v>
       </c>
       <c r="E16" t="str">
         <v>IBMEPA RU2</v>
       </c>
       <c r="F16" t="str">
         <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G16" t="str">
         <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H16" t="str">
         <v/>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B17" t="str">
         <v>22915240</v>
       </c>
       <c r="C17" t="str">
         <v>https://idbroker.ibmha.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D17" t="str">
         <v>SekIDP RU2 IBMHA</v>
       </c>
       <c r="E17" t="str">
         <v>IBMHA RU2</v>
       </c>
       <c r="F17" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G17" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H17" t="str">
         <v/>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B18" t="str">
         <v>2405241230</v>
       </c>
       <c r="C18" t="str">
         <v>https://idbroker.ibmpkv.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D18" t="str">
         <v>SekIDP RU2 IBMPKV</v>
       </c>
       <c r="E18" t="str">
         <v>IBMPKV RU2</v>
       </c>
       <c r="F18" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G18" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H18" t="str">
         <v/>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B19" t="str">
         <v>3102478063</v>
       </c>
       <c r="C19" t="str">
         <v>https://idbroker.ibmpkv2.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D19" t="str">
         <v>SekIDP RU2 IBMPKV2</v>
       </c>
       <c r="E19" t="str">
         <v>IBMPKV2 RU2</v>
       </c>
       <c r="F19" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G19" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H19" t="str">
         <v/>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B20" t="str">
         <v>210208768</v>
       </c>
       <c r="C20" t="str">
         <v>https://idbroker.kbs.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D20" t="str">
         <v>SekIDP RU KBS</v>
       </c>
       <c r="E20" t="str">
         <v>KNAPPSCHAFT</v>
       </c>
       <c r="F20" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G20" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H20" t="str">
         <v/>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B21" t="str">
         <v>2272909976</v>
       </c>
       <c r="C21" t="str">
         <v>https://idbroker.kbs.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D21" t="str">
         <v>SekIDP RU2 KBS</v>
       </c>
       <c r="E21" t="str">
         <v>KNAPPSCHAFT RU2</v>
       </c>
       <c r="F21" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G21" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H21" t="str">
         <v/>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B22" t="str">
         <v>4145942582</v>
       </c>
       <c r="C22" t="str">
         <v>https://idbroker.lvm.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D22" t="str">
         <v>SekIDP RU LVM</v>
       </c>
       <c r="E22" t="str">
         <v>LVM RU</v>
       </c>
       <c r="F22" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter vipUser</v>
       </c>
       <c r="G22" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession vipUser</v>
       </c>
       <c r="H22" t="str">
         <v/>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B23" t="str">
         <v>1211684505</v>
       </c>
       <c r="C23" t="str">
         <v>https://idbroker.lvm.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D23" t="str">
         <v>SekIDP RU2 LVM</v>
       </c>
       <c r="E23" t="str">
         <v>LVM RU2</v>
       </c>
       <c r="F23" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G23" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H23" t="str">
         <v/>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B24" t="str">
         <v>451878333</v>
       </c>
       <c r="C24" t="str">
         <v>https://idbroker.tk.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D24" t="str">
         <v>SekIDP RU TK</v>
       </c>
       <c r="E24" t="str">
         <v>Techniker Krankenkasse</v>
       </c>
       <c r="F24" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G24" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H24" t="str">
         <v/>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B25" t="str">
         <v>851410236</v>
       </c>
       <c r="C25" t="str">
         <v>https://idbroker.tk.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D25" t="str">
         <v>SekIDP RU2 TK</v>
       </c>
       <c r="E25" t="str">
         <v>Techniker Krankenkasse RU2</v>
       </c>
       <c r="F25" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G25" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H25" t="str">
         <v/>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B26" t="str">
         <v>2118927092</v>
       </c>
       <c r="C26" t="str">
         <v>https://idbroker.ukv.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D26" t="str">
         <v>SekIDP RU UKV</v>
       </c>
       <c r="E26" t="str">
         <v>UKV RU</v>
       </c>
       <c r="F26" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G26" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H26" t="str">
         <v/>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B27" t="str">
         <v>1037772631</v>
       </c>
       <c r="C27" t="str">
         <v>https://idbroker.ukv.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D27" t="str">
         <v>SekIDP RU2 UKV</v>
       </c>
       <c r="E27" t="str">
         <v>UKV RU2</v>
       </c>
       <c r="F27" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G27" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H27" t="str">
         <v/>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B28" t="str">
         <v>1446732274</v>
       </c>
       <c r="C28" t="str">
         <v>https://idbroker.viactiv.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D28" t="str">
         <v>SekIDP RU VIACTIV</v>
       </c>
       <c r="E28" t="str">
         <v>VIACTIV</v>
       </c>
       <c r="F28" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G28" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H28" t="str">
         <v/>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B29" t="str">
         <v>3566269761</v>
       </c>
       <c r="C29" t="str">
         <v>https://idbroker.viactiv.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D29" t="str">
         <v>SekIDP RU2 VIACTIV</v>
       </c>
       <c r="E29" t="str">
         <v>VIACTIV RU2</v>
       </c>
       <c r="F29" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G29" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H29" t="str">
         <v/>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B30" t="str">
         <v>4233398389</v>
       </c>
       <c r="C30" t="str">
         <v>https://idbroker.vkb.ru.nonprod-ehealth-id.de</v>
       </c>
       <c r="D30" t="str">
         <v>SekIDP RU VKB</v>
       </c>
       <c r="E30" t="str">
         <v>VKB RU</v>
       </c>
       <c r="F30" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G30" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H30" t="str">
         <v/>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B31" t="str">
         <v>2816904235</v>
       </c>
       <c r="C31" t="str">
         <v>https://idbroker.vkb.ru2.nonprod-ehealth-id.de</v>
       </c>
       <c r="D31" t="str">
         <v>SekIDP RU2 VKB</v>
       </c>
       <c r="E31" t="str">
         <v>VKB RU2</v>
       </c>
       <c r="F31" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G31" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H31" t="str">
         <v/>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B32" t="str">
         <v>949947266</v>
       </c>
       <c r="C32" t="str">
         <v>https://oidc.vau.acceptance.tiru.idp.rise-service.de/450701689</v>
       </c>
       <c r="D32" t="str">
         <v>RISE</v>
       </c>
       <c r="E32" t="str">
         <v>RISE</v>
       </c>
       <c r="F32" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G32" t="str">
@@ -7494,3379 +7554,3471 @@
       <c r="D89" t="str">
         <v>BKK B. Braun Aesculap</v>
       </c>
       <c r="E89" t="str">
         <v>BKK B. Braun Aesculap</v>
       </c>
       <c r="F89" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G89" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H89" t="str">
         <v/>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:H89"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G144"/>
+  <dimension ref="A1:G148"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="16.83203125" customWidth="1"/>
     <col min="2" max="2" width="16.83203125" customWidth="1"/>
     <col min="3" max="3" width="50.83203125" customWidth="1"/>
     <col min="4" max="4" width="50.83203125" customWidth="1"/>
     <col min="5" max="5" width="50.83203125" customWidth="1"/>
     <col min="6" max="6" width="70.83203125" customWidth="1"/>
     <col min="7" max="7" width="50.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>type</v>
       </c>
       <c r="B1" t="str">
         <v>cidi</v>
       </c>
       <c r="C1" t="str">
         <v>iss</v>
       </c>
       <c r="D1" t="str">
         <v>federation_entity_name</v>
       </c>
       <c r="E1" t="str">
         <v>organization_name</v>
       </c>
       <c r="F1" t="str">
         <v>scope</v>
       </c>
       <c r="G1" t="str">
         <v>error</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B2" t="str">
-        <v>98171246</v>
+        <v>2056185727</v>
       </c>
       <c r="C2" t="str">
-        <v>https://api.stg.elona-explore.app</v>
+        <v>https://api.stg.elona-therapy.app</v>
       </c>
       <c r="D2" t="str">
-        <v>elona explore</v>
+        <v>elona therapy</v>
       </c>
       <c r="E2" t="str">
         <v>Elona Health GmbH</v>
       </c>
       <c r="F2" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G2" t="str">
         <v/>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B3" t="str">
-        <v>2056185727</v>
+        <v>90825792</v>
       </c>
       <c r="C3" t="str">
-        <v>https://api.stg.elona-therapy.app</v>
+        <v>https://auth-appstg.edupression.com</v>
       </c>
       <c r="D3" t="str">
-        <v>elona therapy</v>
+        <v>Edupression</v>
       </c>
       <c r="E3" t="str">
-        <v>Elona Health GmbH</v>
+        <v>SOFY GmbH</v>
       </c>
       <c r="F3" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G3" t="str">
         <v/>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B4" t="str">
-        <v>90825792</v>
+        <v>1048629423</v>
       </c>
       <c r="C4" t="str">
-        <v>https://auth-appstg.edupression.com</v>
+        <v>https://auth-prod.novego.com/realms/novego/diga-depression</v>
       </c>
       <c r="D4" t="str">
-        <v>Edupression</v>
+        <v>Novego</v>
       </c>
       <c r="E4" t="str">
-        <v>SOFY GmbH</v>
+        <v>IVPNetworks GmbH</v>
       </c>
       <c r="F4" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G4" t="str">
         <v/>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B5" t="str">
-        <v>1048629423</v>
+        <v>2088823640</v>
       </c>
       <c r="C5" t="str">
-        <v>https://auth-prod.novego.com/realms/novego/diga-depression</v>
+        <v>https://auth.dev.mindable.app/oidcf/pda</v>
       </c>
       <c r="D5" t="str">
-        <v>Novego</v>
+        <v>Mindable: Panik &amp; Agoraphobie</v>
       </c>
       <c r="E5" t="str">
-        <v>IVPNetworks GmbH</v>
+        <v/>
       </c>
       <c r="F5" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter urn:telematik:geburtsdatum urn:telematik:alter urn:telematik:geschlecht</v>
       </c>
       <c r="G5" t="str">
         <v/>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B6" t="str">
-        <v>2088823640</v>
+        <v>1349026388</v>
       </c>
       <c r="C6" t="str">
-        <v>https://auth.dev.mindable.app/oidcf/pda</v>
+        <v>https://auth.dev.mindable.app/oidcf/spa</v>
       </c>
       <c r="D6" t="str">
-        <v>Mindable: Panik &amp; Agoraphobie</v>
+        <v>Mindable: Soziale Phobie</v>
       </c>
       <c r="E6" t="str">
         <v/>
       </c>
       <c r="F6" t="str">
         <v>openid urn:telematik:versicherter urn:telematik:geburtsdatum urn:telematik:alter urn:telematik:geschlecht</v>
       </c>
       <c r="G6" t="str">
         <v/>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B7" t="str">
-        <v>1349026388</v>
+        <v>1311941606</v>
       </c>
       <c r="C7" t="str">
-        <v>https://auth.dev.mindable.app/oidcf/spa</v>
+        <v>https://auth.preprod.ogr.bundesdruckerei.de</v>
       </c>
       <c r="D7" t="str">
-        <v>Mindable: Soziale Phobie</v>
+        <v/>
       </c>
       <c r="E7" t="str">
-        <v/>
+        <v>Bundesinstitut für Arzneimittel und Medizinprodukte BfArM</v>
       </c>
       <c r="F7" t="str">
-        <v>openid urn:telematik:versicherter urn:telematik:geburtsdatum urn:telematik:alter urn:telematik:geschlecht</v>
+        <v>urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:email openid</v>
       </c>
       <c r="G7" t="str">
         <v/>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B8" t="str">
-        <v>1311941606</v>
+        <v>2210081131</v>
       </c>
       <c r="C8" t="str">
-        <v>https://auth.preprod.ogr.bundesdruckerei.de</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-bw/sekidp</v>
       </c>
       <c r="D8" t="str">
-        <v/>
+        <v>AOK Baden-Württemberg TI-M ePA RU</v>
       </c>
       <c r="E8" t="str">
-        <v>Bundesinstitut für Arzneimittel und Medizinprodukte BfArM</v>
+        <v>AOK Baden-Württemberg</v>
       </c>
       <c r="F8" t="str">
-        <v>urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:email openid</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
       </c>
       <c r="G8" t="str">
         <v/>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B9" t="str">
-        <v>2210081131</v>
+        <v>2519808857</v>
       </c>
       <c r="C9" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-bw/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-by/sekidp</v>
       </c>
       <c r="D9" t="str">
-        <v>AOK Baden-Württemberg TI-M ePA RU</v>
+        <v>AOK Bayern TI-M ePA RU</v>
       </c>
       <c r="E9" t="str">
-        <v>AOK Baden-Württemberg</v>
+        <v>AOK Bayern</v>
       </c>
       <c r="F9" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
       </c>
       <c r="G9" t="str">
         <v/>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B10" t="str">
-        <v>2519808857</v>
+        <v>583965882</v>
       </c>
       <c r="C10" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-by/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-hb/sekidp</v>
       </c>
       <c r="D10" t="str">
-        <v>AOK Bayern TI-M ePA RU</v>
+        <v>AOK Bremen/Bremerhaven TI-M ePA RU</v>
       </c>
       <c r="E10" t="str">
-        <v>AOK Bayern</v>
+        <v>AOK Bremen/Bremerhaven</v>
       </c>
       <c r="F10" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
       </c>
       <c r="G10" t="str">
         <v/>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B11" t="str">
-        <v>583965882</v>
+        <v>671847843</v>
       </c>
       <c r="C11" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-hb/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-he/sekidp</v>
       </c>
       <c r="D11" t="str">
-        <v>AOK Bremen/Bremerhaven TI-M ePA RU</v>
+        <v>AOK Hessen TI-M ePA RU</v>
       </c>
       <c r="E11" t="str">
-        <v>AOK Bremen/Bremerhaven</v>
+        <v>AOK Hessen</v>
       </c>
       <c r="F11" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
       </c>
       <c r="G11" t="str">
         <v/>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B12" t="str">
-        <v>671847843</v>
+        <v>3618223442</v>
       </c>
       <c r="C12" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-he/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-nds/sekidp</v>
       </c>
       <c r="D12" t="str">
-        <v>AOK Hessen TI-M ePA RU</v>
+        <v>AOK Niedersachsen TI-M ePA RU</v>
       </c>
       <c r="E12" t="str">
-        <v>AOK Hessen</v>
+        <v>AOK Niedersachsen</v>
       </c>
       <c r="F12" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
       </c>
       <c r="G12" t="str">
         <v/>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B13" t="str">
-        <v>3618223442</v>
+        <v>3402756321</v>
       </c>
       <c r="C13" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-nds/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-no/sekidp</v>
       </c>
       <c r="D13" t="str">
-        <v>AOK Niedersachsen TI-M ePA RU</v>
+        <v>AOK Nordost TI-M ePA RU</v>
       </c>
       <c r="E13" t="str">
-        <v>AOK Niedersachsen</v>
+        <v>AOK Nordost</v>
       </c>
       <c r="F13" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
       </c>
       <c r="G13" t="str">
         <v/>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B14" t="str">
-        <v>3402756321</v>
+        <v>1703926399</v>
       </c>
       <c r="C14" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-no/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-nw/sekidp</v>
       </c>
       <c r="D14" t="str">
-        <v>AOK Nordost TI-M ePA RU</v>
+        <v>AOK NordWest TI-M ePA RU</v>
       </c>
       <c r="E14" t="str">
-        <v>AOK Nordost</v>
+        <v>AOK NordWest</v>
       </c>
       <c r="F14" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
       </c>
       <c r="G14" t="str">
         <v/>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B15" t="str">
-        <v>1703926399</v>
+        <v>542928609</v>
       </c>
       <c r="C15" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-nw/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-pl/sekidp</v>
       </c>
       <c r="D15" t="str">
-        <v>AOK NordWest TI-M ePA RU</v>
+        <v>AOK Plus TI-M ePA RU</v>
       </c>
       <c r="E15" t="str">
-        <v>AOK NordWest</v>
+        <v>AOK Plus</v>
       </c>
       <c r="F15" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
       </c>
       <c r="G15" t="str">
         <v/>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B16" t="str">
-        <v>542928609</v>
+        <v>2329954461</v>
       </c>
       <c r="C16" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-pl/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-rh/sekidp</v>
       </c>
       <c r="D16" t="str">
-        <v>AOK Plus TI-M ePA RU</v>
+        <v>AOK Rheinland/Hamburg TI-M ePA RU</v>
       </c>
       <c r="E16" t="str">
-        <v>AOK Plus</v>
+        <v>AOK Rheinland/Hamburg</v>
       </c>
       <c r="F16" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
       </c>
       <c r="G16" t="str">
         <v/>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B17" t="str">
-        <v>2329954461</v>
+        <v>454543177</v>
       </c>
       <c r="C17" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-rh/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-rps/sekidp</v>
       </c>
       <c r="D17" t="str">
-        <v>AOK Rheinland/Hamburg TI-M ePA RU</v>
+        <v>AOK Rheinland-Pfalz/Saarland TI-M ePA RU</v>
       </c>
       <c r="E17" t="str">
-        <v>AOK Rheinland/Hamburg</v>
+        <v>AOK Rheinland-Pfalz/Saarland</v>
       </c>
       <c r="F17" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
       </c>
       <c r="G17" t="str">
         <v/>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B18" t="str">
-        <v>454543177</v>
+        <v>2832260799</v>
       </c>
       <c r="C18" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-rps/sekidp</v>
+        <v>https://auth.ru.aoktim.de/realms/epa-san/sekidp</v>
       </c>
       <c r="D18" t="str">
-        <v>AOK Rheinland-Pfalz/Saarland TI-M ePA RU</v>
+        <v>AOK Sachsen-Anhalt TI-M ePA RU</v>
       </c>
       <c r="E18" t="str">
-        <v>AOK Rheinland-Pfalz/Saarland</v>
+        <v>AOK Sachsen-Anhalt</v>
       </c>
       <c r="F18" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
       </c>
       <c r="G18" t="str">
         <v/>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B19" t="str">
-        <v>2832260799</v>
+        <v>3629086409</v>
       </c>
       <c r="C19" t="str">
-        <v>https://auth.ru.aoktim.de/realms/epa-san/sekidp</v>
+        <v>https://auth.tiru.bayoomed-medical.one/authdemo</v>
       </c>
       <c r="D19" t="str">
-        <v>AOK Sachsen-Anhalt TI-M ePA RU</v>
+        <v>Demo App</v>
       </c>
       <c r="E19" t="str">
-        <v>AOK Sachsen-Anhalt</v>
+        <v/>
       </c>
       <c r="F19" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:given_name urn:telematik:family_name</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geschlecht urn:telematik:geburtsdatum urn:telematik:given_name urn:telematik:versicherter urn:telematik:family_name</v>
       </c>
       <c r="G19" t="str">
         <v/>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B20" t="str">
-        <v>3629086409</v>
+        <v>4163727654</v>
       </c>
       <c r="C20" t="str">
-        <v>https://auth.tiru.bayoomed-medical.one/authdemo</v>
+        <v>https://authorization-ru.int.nonprod-ehealth-epa.de</v>
       </c>
       <c r="D20" t="str">
-        <v>Demo App</v>
+        <v/>
       </c>
       <c r="E20" t="str">
-        <v/>
+        <v>IBM Deutschland GmbH</v>
       </c>
       <c r="F20" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geschlecht urn:telematik:geburtsdatum urn:telematik:given_name urn:telematik:versicherter urn:telematik:family_name</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
       </c>
       <c r="G20" t="str">
         <v/>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B21" t="str">
-        <v>4163727654</v>
+        <v>1253539020</v>
       </c>
       <c r="C21" t="str">
-        <v>https://authorization-ru.int.nonprod-ehealth-epa.de</v>
+        <v>https://authorization-ru.ref.nonprod-ehealth-epa.de</v>
       </c>
       <c r="D21" t="str">
         <v/>
       </c>
       <c r="E21" t="str">
-        <v>IBM Deutschland GmbH</v>
+        <v>IBM</v>
       </c>
       <c r="F21" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
       </c>
       <c r="G21" t="str">
         <v/>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B22" t="str">
-        <v>1253539020</v>
+        <v>215414771</v>
       </c>
       <c r="C22" t="str">
-        <v>https://authorization-ru.ref.nonprod-ehealth-epa.de</v>
+        <v>https://authorization-ru2.dev.nonprod-ehealth-epa.de</v>
       </c>
       <c r="D22" t="str">
         <v/>
       </c>
       <c r="E22" t="str">
         <v>IBM</v>
       </c>
       <c r="F22" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
       </c>
       <c r="G22" t="str">
         <v/>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B23" t="str">
-        <v>215414771</v>
+        <v>1770547437</v>
       </c>
       <c r="C23" t="str">
-        <v>https://authorization-ru2.dev.nonprod-ehealth-epa.de</v>
+        <v>https://backend-staging.orthopy.org</v>
       </c>
       <c r="D23" t="str">
-        <v/>
+        <v>Orthopy Knie</v>
       </c>
       <c r="E23" t="str">
-        <v>IBM</v>
+        <v/>
       </c>
       <c r="F23" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G23" t="str">
         <v/>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B24" t="str">
-        <v>1770547437</v>
+        <v>3120584602</v>
       </c>
       <c r="C24" t="str">
-        <v>https://backend-staging.orthopy.org</v>
+        <v>https://beta.prehapp.de/api/core/users/telematik</v>
       </c>
       <c r="D24" t="str">
-        <v>Orthopy Knie</v>
+        <v>companion-patella</v>
       </c>
       <c r="E24" t="str">
-        <v/>
+        <v>PrehApp GmbH</v>
       </c>
       <c r="F24" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>urn:telematik:email urn:telematik:versicherter openid</v>
       </c>
       <c r="G24" t="str">
         <v/>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B25" t="str">
-        <v>3120584602</v>
+        <v>977647514</v>
       </c>
       <c r="C25" t="str">
-        <v>https://beta.prehapp.de/api/core/users/telematik</v>
+        <v>https://companion-patella-lich.preh.app/api/core/users/telematik</v>
       </c>
       <c r="D25" t="str">
-        <v>companion-patella</v>
+        <v>companion-patella-tr</v>
       </c>
       <c r="E25" t="str">
         <v>PrehApp GmbH</v>
       </c>
       <c r="F25" t="str">
         <v>urn:telematik:email urn:telematik:versicherter openid</v>
       </c>
       <c r="G25" t="str">
         <v/>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B26" t="str">
-        <v>977647514</v>
+        <v>2263403455</v>
       </c>
       <c r="C26" t="str">
-        <v>https://companion-patella-lich.preh.app/api/core/users/telematik</v>
+        <v>https://companion-shoulder-yolt.preh.app/api/core/users/telematik</v>
       </c>
       <c r="D26" t="str">
-        <v>companion-patella-tr</v>
+        <v>companion-shoulder-tr</v>
       </c>
       <c r="E26" t="str">
         <v>PrehApp GmbH</v>
       </c>
       <c r="F26" t="str">
         <v>urn:telematik:email urn:telematik:versicherter openid</v>
       </c>
       <c r="G26" t="str">
         <v/>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B27" t="str">
-        <v>2263403455</v>
+        <v>1279424675</v>
       </c>
       <c r="C27" t="str">
-        <v>https://companion-shoulder-yolt.preh.app/api/core/users/telematik</v>
+        <v>https://directory-ref.ccs.gematik.solutions</v>
       </c>
       <c r="D27" t="str">
-        <v>companion-shoulder-tr</v>
+        <v>gematik Directory Developer Access</v>
       </c>
       <c r="E27" t="str">
-        <v>PrehApp GmbH</v>
+        <v>gematik GmbH</v>
       </c>
       <c r="F27" t="str">
-        <v>urn:telematik:email urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geschlecht urn:telematik:geburtsdatum urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G27" t="str">
         <v/>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B28" t="str">
-        <v>3649791685</v>
+        <v>306257077</v>
       </c>
       <c r="C28" t="str">
-        <v>https://diga.cankado.com</v>
+        <v>https://e4a-qt.deine-epa.de</v>
       </c>
       <c r="D28" t="str">
-        <v>PRO-React</v>
+        <v/>
       </c>
       <c r="E28" t="str">
         <v/>
       </c>
       <c r="F28" t="str">
-        <v>openid</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
       </c>
       <c r="G28" t="str">
         <v/>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B29" t="str">
-        <v>1279424675</v>
+        <v>2404318659</v>
       </c>
       <c r="C29" t="str">
-        <v>https://directory-ref.ccs.gematik.solutions</v>
+        <v>https://e4a-qu.deine-epa.de</v>
       </c>
       <c r="D29" t="str">
-        <v>gematik Directory Developer Access</v>
+        <v/>
       </c>
       <c r="E29" t="str">
-        <v>gematik GmbH</v>
+        <v/>
       </c>
       <c r="F29" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geschlecht urn:telematik:geburtsdatum urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
       </c>
       <c r="G29" t="str">
         <v/>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B30" t="str">
-        <v>306257077</v>
+        <v>54294220</v>
       </c>
       <c r="C30" t="str">
-        <v>https://e4a-qt.deine-epa.de</v>
+        <v>https://e4a-rt.deine-epa.de</v>
       </c>
       <c r="D30" t="str">
         <v/>
       </c>
       <c r="E30" t="str">
         <v/>
       </c>
       <c r="F30" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
       </c>
       <c r="G30" t="str">
         <v/>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B31" t="str">
-        <v>2404318659</v>
+        <v>2654181306</v>
       </c>
       <c r="C31" t="str">
-        <v>https://e4a-qu.deine-epa.de</v>
+        <v>https://e4a-ru.deine-epa.de</v>
       </c>
       <c r="D31" t="str">
         <v/>
       </c>
       <c r="E31" t="str">
         <v/>
       </c>
       <c r="F31" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
       </c>
       <c r="G31" t="str">
         <v/>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B32" t="str">
-        <v>54294220</v>
+        <v>2374015487</v>
       </c>
       <c r="C32" t="str">
-        <v>https://e4a-rt.deine-epa.de</v>
+        <v>https://ehealth-id.staging.smokefreeapp.com</v>
       </c>
       <c r="D32" t="str">
-        <v/>
+        <v>Smoke Free 23 GmbH</v>
       </c>
       <c r="E32" t="str">
         <v/>
       </c>
       <c r="F32" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G32" t="str">
         <v/>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B33" t="str">
-        <v>2654181306</v>
+        <v>253866155</v>
       </c>
       <c r="C33" t="str">
-        <v>https://e4a-ru.deine-epa.de</v>
+        <v>https://eid-service.azurewebsites.net</v>
       </c>
       <c r="D33" t="str">
-        <v/>
+        <v>eIDService</v>
       </c>
       <c r="E33" t="str">
-        <v/>
+        <v>fbeta GmbH T&amp;A</v>
       </c>
       <c r="F33" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:email urn:telematik:alter urn:telematik:geburtsdatum urn:telematik:given_name urn:telematik:family_name urn:telematik:geschlecht</v>
       </c>
       <c r="G33" t="str">
         <v/>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B34" t="str">
-        <v>2374015487</v>
+        <v>625284120</v>
       </c>
       <c r="C34" t="str">
-        <v>https://ehealth-id.staging.smokefreeapp.com</v>
+        <v>https://eid.test.frieda.health</v>
       </c>
       <c r="D34" t="str">
-        <v>Smoke Free 23 GmbH</v>
+        <v>Frieda Menova</v>
       </c>
       <c r="E34" t="str">
-        <v/>
+        <v>Frieda Health GmbH</v>
       </c>
       <c r="F34" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G34" t="str">
         <v/>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B35" t="str">
-        <v>253866155</v>
+        <v>2690736911</v>
       </c>
       <c r="C35" t="str">
-        <v>https://eid-service.azurewebsites.net</v>
+        <v>https://epa-proxy.bar-01-ma1.tim-ru.mg2.mdb.osc.live</v>
       </c>
       <c r="D35" t="str">
-        <v>eIDService</v>
+        <v>Chats mit BARMER und Co</v>
       </c>
       <c r="E35" t="str">
-        <v>fbeta GmbH T&amp;A</v>
+        <v>T-Systems</v>
       </c>
       <c r="F35" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:email urn:telematik:alter urn:telematik:geburtsdatum urn:telematik:given_name urn:telematik:family_name urn:telematik:geschlecht</v>
+        <v>openid urn:telematik:versicherter urn:telematik:display_name</v>
       </c>
       <c r="G35" t="str">
         <v/>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B36" t="str">
-        <v>625284120</v>
+        <v>2509034844</v>
       </c>
       <c r="C36" t="str">
-        <v>https://eid.test.frieda.health</v>
+        <v>https://epa-proxy.bar-01-ma2.tim-ru.mg2.mdb.osc.live</v>
       </c>
       <c r="D36" t="str">
-        <v>Frieda Menova</v>
+        <v>Chats mit BARMER und Co</v>
       </c>
       <c r="E36" t="str">
-        <v>Frieda Health GmbH</v>
+        <v>T-Systems</v>
       </c>
       <c r="F36" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter urn:telematik:display_name</v>
       </c>
       <c r="G36" t="str">
         <v/>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B37" t="str">
-        <v>2690736911</v>
+        <v>90769507</v>
       </c>
       <c r="C37" t="str">
-        <v>https://epa-proxy.bar-01-ma1.tim-ru.mg2.mdb.osc.live</v>
+        <v>https://epa-proxy.bar-02-ma1.tim-ru.mg2.mdb.osc.live</v>
       </c>
       <c r="D37" t="str">
         <v>Chats mit BARMER und Co</v>
       </c>
       <c r="E37" t="str">
         <v>T-Systems</v>
       </c>
       <c r="F37" t="str">
         <v>openid urn:telematik:versicherter urn:telematik:display_name</v>
       </c>
       <c r="G37" t="str">
         <v/>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B38" t="str">
-        <v>2509034844</v>
+        <v>814005808</v>
       </c>
       <c r="C38" t="str">
-        <v>https://epa-proxy.bar-01-ma2.tim-ru.mg2.mdb.osc.live</v>
+        <v>https://epa-proxy.bar-02-ma2.tim-ru.mg2.mdb.osc.live</v>
       </c>
       <c r="D38" t="str">
         <v>Chats mit BARMER und Co</v>
       </c>
       <c r="E38" t="str">
         <v>T-Systems</v>
       </c>
       <c r="F38" t="str">
         <v>openid urn:telematik:versicherter urn:telematik:display_name</v>
       </c>
       <c r="G38" t="str">
         <v/>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B39" t="str">
-        <v>90769507</v>
+        <v>1908477790</v>
       </c>
       <c r="C39" t="str">
-        <v>https://epa-proxy.bar-02-ma1.tim-ru.mg2.mdb.osc.live</v>
+        <v>https://femanea-tova.preh.app/api/core/users/telematik</v>
       </c>
       <c r="D39" t="str">
-        <v>Chats mit BARMER und Co</v>
+        <v>femanea-tr</v>
       </c>
       <c r="E39" t="str">
-        <v>T-Systems</v>
+        <v>PrehApp GmbH</v>
       </c>
       <c r="F39" t="str">
-        <v>openid urn:telematik:versicherter urn:telematik:display_name</v>
+        <v>urn:telematik:email urn:telematik:versicherter openid</v>
       </c>
       <c r="G39" t="str">
         <v/>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B40" t="str">
-        <v>814005808</v>
+        <v>20025996</v>
       </c>
       <c r="C40" t="str">
-        <v>https://epa-proxy.bar-02-ma2.tim-ru.mg2.mdb.osc.live</v>
+        <v>https://fibistage.endometriose.app</v>
       </c>
       <c r="D40" t="str">
-        <v>Chats mit BARMER und Co</v>
+        <v>Fibi-App Stage</v>
       </c>
       <c r="E40" t="str">
-        <v>T-Systems</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F40" t="str">
-        <v>openid urn:telematik:versicherter urn:telematik:display_name</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G40" t="str">
         <v/>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B41" t="str">
-        <v>1908477790</v>
+        <v>800581161</v>
       </c>
       <c r="C41" t="str">
-        <v>https://femanea-tova.preh.app/api/core/users/telematik</v>
+        <v>https://fionastage.endometriose.app</v>
       </c>
       <c r="D41" t="str">
-        <v>femanea-tr</v>
+        <v>Fiona-App Stage</v>
       </c>
       <c r="E41" t="str">
-        <v>PrehApp GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F41" t="str">
-        <v>urn:telematik:email urn:telematik:versicherter openid</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G41" t="str">
         <v/>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B42" t="str">
-        <v>20025996</v>
+        <v>2511705300</v>
       </c>
       <c r="C42" t="str">
-        <v>https://fibistage.endometriose.app</v>
+        <v>https://gid-auth.staging.procarement.com</v>
       </c>
       <c r="D42" t="str">
-        <v>Fibi-App Stage</v>
+        <v>ProCarement GmbH</v>
       </c>
       <c r="E42" t="str">
-        <v>Endo Health GmbH</v>
+        <v>ProCarement GmbH</v>
       </c>
       <c r="F42" t="str">
         <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G42" t="str">
         <v/>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B43" t="str">
-        <v>800581161</v>
+        <v>3600334888</v>
       </c>
       <c r="C43" t="str">
-        <v>https://fionastage.endometriose.app</v>
+        <v>https://gid-reference.vila-health.com</v>
       </c>
       <c r="D43" t="str">
-        <v>Fiona-App Stage</v>
+        <v>Vila RaVie</v>
       </c>
       <c r="E43" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Vila RaVie</v>
       </c>
       <c r="F43" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G43" t="str">
         <v/>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B44" t="str">
-        <v>2511705300</v>
+        <v>589609435</v>
       </c>
       <c r="C44" t="str">
-        <v>https://gid-auth.staging.procarement.com</v>
+        <v>https://gid.dev.alvie.app/realms/alvie-realm</v>
       </c>
       <c r="D44" t="str">
-        <v>ProCarement GmbH</v>
+        <v>Alvie Dev App</v>
       </c>
       <c r="E44" t="str">
-        <v>ProCarement GmbH</v>
+        <v>Anker Health GmbH</v>
       </c>
       <c r="F44" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G44" t="str">
         <v/>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B45" t="str">
-        <v>3600334888</v>
+        <v>2320921195</v>
       </c>
       <c r="C45" t="str">
-        <v>https://gid-reference.vila-health.com</v>
+        <v>https://gid.dev.dermafy.quickbirdmedical.com/realms/dermafy-realm</v>
       </c>
       <c r="D45" t="str">
-        <v>Vila RaVie</v>
+        <v>Skinapy Dev App</v>
       </c>
       <c r="E45" t="str">
-        <v>Vila RaVie</v>
+        <v>DermaHealth GmbH</v>
       </c>
       <c r="F45" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G45" t="str">
         <v/>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B46" t="str">
-        <v>4064782985</v>
+        <v>4090199699</v>
       </c>
       <c r="C46" t="str">
-        <v>https://hek.epa.ru.tim-x-tention.de</v>
+        <v>https://gid.staging.acne.dermafy.de/realms/dermafy-realm</v>
       </c>
       <c r="D46" t="str">
-        <v>HEK - Gesundheitsmessenger</v>
+        <v>Skinapy Staging App</v>
       </c>
       <c r="E46" t="str">
-        <v>hek</v>
+        <v>DermaHealth GmbH</v>
       </c>
       <c r="F46" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G46" t="str">
         <v/>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B47" t="str">
-        <v>960980907</v>
+        <v>2609397996</v>
       </c>
       <c r="C47" t="str">
-        <v>https://ibm.epa.dev.tim-x-tention.de</v>
+        <v>https://gid.staging.alvie.app/realms/alvie-realm</v>
       </c>
       <c r="D47" t="str">
-        <v>TI-M ePA Fachdienst</v>
+        <v>Alvie Staging App</v>
       </c>
       <c r="E47" t="str">
-        <v>ibm</v>
+        <v>Anker Health GmbH</v>
       </c>
       <c r="F47" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G47" t="str">
         <v/>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B48" t="str">
-        <v>3256187078</v>
+        <v>4064782985</v>
       </c>
       <c r="C48" t="str">
-        <v>https://id.bfarm.meine-inka.de</v>
+        <v>https://hek.epa.ru.tim-x-tention.de</v>
       </c>
       <c r="D48" t="str">
-        <v>INKA BFARM</v>
+        <v>HEK - Gesundheitsmessenger</v>
       </c>
       <c r="E48" t="str">
-        <v>Dr. Pfleger Arzneimittel GmbH</v>
+        <v>hek</v>
       </c>
       <c r="F48" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G48" t="str">
         <v/>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B49" t="str">
-        <v>3858602853</v>
+        <v>960980907</v>
       </c>
       <c r="C49" t="str">
-        <v>https://id.qa.meine-inka.de</v>
+        <v>https://ibm.epa.dev.tim-x-tention.de</v>
       </c>
       <c r="D49" t="str">
-        <v>INKA</v>
+        <v>TI-M ePA Fachdienst</v>
       </c>
       <c r="E49" t="str">
-        <v>Dr. Pfleger Arzneimittel GmbH</v>
+        <v>ibm</v>
       </c>
       <c r="F49" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G49" t="str">
         <v/>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B50" t="str">
-        <v>2868678855</v>
+        <v>3256187078</v>
       </c>
       <c r="C50" t="str">
-        <v>https://id.silentcloud.com</v>
+        <v>https://id.bfarm.meine-inka.de</v>
       </c>
       <c r="D50" t="str">
-        <v>SilentCloud</v>
+        <v>INKA BFARM</v>
       </c>
       <c r="E50" t="str">
-        <v/>
+        <v>Dr. Pfleger Arzneimittel GmbH</v>
       </c>
       <c r="F50" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G50" t="str">
         <v/>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B51" t="str">
-        <v>2731234445</v>
+        <v>3858602853</v>
       </c>
       <c r="C51" t="str">
-        <v>https://idp-ref.app.ti-dienste.de</v>
+        <v>https://id.qa.meine-inka.de</v>
       </c>
       <c r="D51" t="str">
-        <v>E-Rezept App</v>
+        <v>INKA</v>
       </c>
       <c r="E51" t="str">
-        <v>RISE GmbH</v>
+        <v>Dr. Pfleger Arzneimittel GmbH</v>
       </c>
       <c r="F51" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G51" t="str">
         <v/>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B52" t="str">
-        <v>883074043</v>
+        <v>2868678855</v>
       </c>
       <c r="C52" t="str">
-        <v>https://it-ehealthid.ovivacoach.com</v>
+        <v>https://id.silentcloud.com</v>
       </c>
       <c r="D52" t="str">
-        <v>Oviva Direkt</v>
+        <v>SilentCloud</v>
       </c>
       <c r="E52" t="str">
         <v/>
       </c>
       <c r="F52" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G52" t="str">
         <v/>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B53" t="str">
-        <v>3977005237</v>
+        <v>2731234445</v>
       </c>
       <c r="C53" t="str">
-        <v>https://kbs.epa.ru.tim-x-tention.de</v>
+        <v>https://idp-ref.app.ti-dienste.de</v>
       </c>
       <c r="D53" t="str">
-        <v>Messenger Fachdienst</v>
+        <v>E-Rezept App</v>
       </c>
       <c r="E53" t="str">
-        <v>kbs</v>
+        <v>RISE GmbH</v>
       </c>
       <c r="F53" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G53" t="str">
         <v/>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B54" t="str">
-        <v>3863196514</v>
+        <v>883074043</v>
       </c>
       <c r="C54" t="str">
-        <v>https://kirastage.endometriose.app</v>
+        <v>https://it-ehealthid.ovivacoach.com</v>
       </c>
       <c r="D54" t="str">
-        <v>Kira-App Stage</v>
+        <v>Oviva Direkt</v>
       </c>
       <c r="E54" t="str">
-        <v>Endo Health GmbH</v>
+        <v/>
       </c>
       <c r="F54" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G54" t="str">
         <v/>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B55" t="str">
-        <v>4208989592</v>
+        <v>3977005237</v>
       </c>
       <c r="C55" t="str">
-        <v>https://linastage.endometriose.app</v>
+        <v>https://kbs.epa.ru.tim-x-tention.de</v>
       </c>
       <c r="D55" t="str">
-        <v>Lina-App Stage</v>
+        <v>Messenger Fachdienst</v>
       </c>
       <c r="E55" t="str">
-        <v>Endo Health GmbH</v>
+        <v>kbs</v>
       </c>
       <c r="F55" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G55" t="str">
         <v/>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B56" t="str">
-        <v>3109300635</v>
+        <v>3863196514</v>
       </c>
       <c r="C56" t="str">
-        <v>https://m01554-authsrv.qt.epa-tim.de</v>
+        <v>https://kirastage.endometriose.app</v>
       </c>
       <c r="D56" t="str">
-        <v>bm-tim-epa-qt-m01554</v>
+        <v>Kira-App Stage</v>
       </c>
       <c r="E56" t="str">
-        <v>BITMARCK Technik GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F56" t="str">
-        <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G56" t="str">
         <v/>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B57" t="str">
-        <v>3258455768</v>
+        <v>4208989592</v>
       </c>
       <c r="C57" t="str">
-        <v>https://m02572-authsrv.rt.epa-tim.de</v>
+        <v>https://linastage.endometriose.app</v>
       </c>
       <c r="D57" t="str">
-        <v>bm-tim-epa-rt-m02572</v>
+        <v>Lina-App Stage</v>
       </c>
       <c r="E57" t="str">
-        <v>BITMARCK Technik GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F57" t="str">
-        <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G57" t="str">
         <v/>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B58" t="str">
-        <v>678072397</v>
+        <v>3109300635</v>
       </c>
       <c r="C58" t="str">
-        <v>https://m04610-authsrv.qt.epa-tim.de</v>
+        <v>https://m01554-authsrv.qt.epa-tim.de</v>
       </c>
       <c r="D58" t="str">
-        <v>bm-tim-epa-qt-m04610</v>
+        <v>bm-tim-epa-qt-m01554</v>
       </c>
       <c r="E58" t="str">
         <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F58" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G58" t="str">
         <v/>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B59" t="str">
-        <v>3004791449</v>
+        <v>3258455768</v>
       </c>
       <c r="C59" t="str">
-        <v>https://m04611-authsrv.qt.epa-tim.de</v>
+        <v>https://m02572-authsrv.rt.epa-tim.de</v>
       </c>
       <c r="D59" t="str">
-        <v>bm-tim-epa-qt-m04611</v>
+        <v>bm-tim-epa-rt-m02572</v>
       </c>
       <c r="E59" t="str">
         <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F59" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G59" t="str">
         <v/>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B60" t="str">
-        <v>580902355</v>
+        <v>678072397</v>
       </c>
       <c r="C60" t="str">
-        <v>https://m06657-authsrv.qt.epa-tim.de</v>
+        <v>https://m04610-authsrv.qt.epa-tim.de</v>
       </c>
       <c r="D60" t="str">
-        <v>bm-tim-epa-qt-m06657</v>
+        <v>bm-tim-epa-qt-m04610</v>
       </c>
       <c r="E60" t="str">
         <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F60" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G60" t="str">
         <v/>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B61" t="str">
-        <v>3156347025</v>
+        <v>3004791449</v>
       </c>
       <c r="C61" t="str">
-        <v>https://m15931-authsrv.rt.epa-tim.de</v>
+        <v>https://m04611-authsrv.qt.epa-tim.de</v>
       </c>
       <c r="D61" t="str">
-        <v>bm-tim-epa-rt-m15931</v>
+        <v>bm-tim-epa-qt-m04611</v>
       </c>
       <c r="E61" t="str">
         <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F61" t="str">
         <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G61" t="str">
         <v/>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B62" t="str">
-        <v>590257810</v>
+        <v>580902355</v>
       </c>
       <c r="C62" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/acticore1</v>
+        <v>https://m06657-authsrv.qt.epa-tim.de</v>
       </c>
       <c r="D62" t="str">
-        <v>Acticore</v>
+        <v>bm-tim-epa-qt-m06657</v>
       </c>
       <c r="E62" t="str">
-        <v>ACTICORE AG</v>
+        <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F62" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G62" t="str">
         <v/>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B63" t="str">
-        <v>1025645752</v>
+        <v>3156347025</v>
       </c>
       <c r="C63" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/alextherapeutics-eila</v>
+        <v>https://m15931-authsrv.rt.epa-tim.de</v>
       </c>
       <c r="D63" t="str">
-        <v>Eila</v>
+        <v>bm-tim-epa-rt-m15931</v>
       </c>
       <c r="E63" t="str">
-        <v>Alex Therapeutics AB</v>
+        <v>BITMARCK Technik GmbH</v>
       </c>
       <c r="F63" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G63" t="str">
         <v/>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B64" t="str">
-        <v>3810621769</v>
+        <v>590257810</v>
       </c>
       <c r="C64" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/azuma-demo-ru</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/acticore1</v>
       </c>
       <c r="D64" t="str">
-        <v>azuma Live Demo RU</v>
+        <v>Acticore</v>
       </c>
       <c r="E64" t="str">
-        <v>azuma</v>
+        <v>ACTICORE AG</v>
       </c>
       <c r="F64" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G64" t="str">
         <v/>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B65" t="str">
-        <v>3248410210</v>
+        <v>1025645752</v>
       </c>
       <c r="C65" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/caracare</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/alextherapeutics-eila</v>
       </c>
       <c r="D65" t="str">
-        <v>Cara Care</v>
+        <v>Eila</v>
       </c>
       <c r="E65" t="str">
-        <v>HiDoc Technologies GmbH</v>
+        <v>Alex Therapeutics AB</v>
       </c>
       <c r="F65" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G65" t="str">
         <v/>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B66" t="str">
-        <v>1412098902</v>
+        <v>3810621769</v>
       </c>
       <c r="C66" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/ecovery-unterer_ruecken</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/azuma-demo-ru</v>
       </c>
       <c r="D66" t="str">
-        <v>Unterer Ruecken</v>
+        <v>azuma Live Demo RU</v>
       </c>
       <c r="E66" t="str">
-        <v>eCovery GmbH</v>
+        <v>azuma</v>
       </c>
       <c r="F66" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G66" t="str">
         <v/>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B67" t="str">
-        <v>3248817980</v>
+        <v>3248410210</v>
       </c>
       <c r="C67" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/fluidmobile</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/caracare</v>
       </c>
       <c r="D67" t="str">
-        <v>fluidmobile Test</v>
+        <v>Cara Care</v>
       </c>
       <c r="E67" t="str">
-        <v>fluidmobile GmbH</v>
+        <v>HiDoc Technologies GmbH</v>
       </c>
       <c r="F67" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G67" t="str">
         <v/>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B68" t="str">
-        <v>1750338637</v>
+        <v>1412098902</v>
       </c>
       <c r="C68" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-attexis</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/ecovery-unterer_ruecken</v>
       </c>
       <c r="D68" t="str">
-        <v>Attexis</v>
+        <v>Unterer Ruecken</v>
       </c>
       <c r="E68" t="str">
-        <v>GAIA AG</v>
+        <v>eCovery GmbH</v>
       </c>
       <c r="F68" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G68" t="str">
         <v/>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B69" t="str">
-        <v>3702098542</v>
+        <v>3248817980</v>
       </c>
       <c r="C69" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-deprexis</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/fluidmobile</v>
       </c>
       <c r="D69" t="str">
-        <v>Deprexis</v>
+        <v>fluidmobile Test</v>
       </c>
       <c r="E69" t="str">
-        <v>GAIA AG</v>
+        <v>fluidmobile GmbH</v>
       </c>
       <c r="F69" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G69" t="str">
         <v/>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B70" t="str">
-        <v>927017129</v>
+        <v>1750338637</v>
       </c>
       <c r="C70" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-elevida</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-attexis</v>
       </c>
       <c r="D70" t="str">
-        <v>Elevida</v>
+        <v>Attexis</v>
       </c>
       <c r="E70" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F70" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G70" t="str">
         <v/>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B71" t="str">
-        <v>1701319344</v>
+        <v>3702098542</v>
       </c>
       <c r="C71" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-klariva</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-deprexis</v>
       </c>
       <c r="D71" t="str">
-        <v>Klariva</v>
+        <v>Deprexis</v>
       </c>
       <c r="E71" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F71" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G71" t="str">
         <v/>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B72" t="str">
-        <v>3745815803</v>
+        <v>927017129</v>
       </c>
       <c r="C72" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-levidex</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-elevida</v>
       </c>
       <c r="D72" t="str">
-        <v>Levidex</v>
+        <v>Elevida</v>
       </c>
       <c r="E72" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F72" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G72" t="str">
         <v/>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B73" t="str">
-        <v>3579843970</v>
+        <v>1701319344</v>
       </c>
       <c r="C73" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-mylovia</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-klariva</v>
       </c>
       <c r="D73" t="str">
-        <v>Mylovia</v>
+        <v>Klariva</v>
       </c>
       <c r="E73" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F73" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G73" t="str">
         <v/>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B74" t="str">
-        <v>4034446851</v>
+        <v>3745815803</v>
       </c>
       <c r="C74" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-priovi</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-levidex</v>
       </c>
       <c r="D74" t="str">
-        <v>Priovi</v>
+        <v>Levidex</v>
       </c>
       <c r="E74" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F74" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G74" t="str">
         <v/>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B75" t="str">
-        <v>2187672306</v>
+        <v>3579843970</v>
       </c>
       <c r="C75" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-somnovia</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-mylovia</v>
       </c>
       <c r="D75" t="str">
-        <v>Somnovia</v>
+        <v>Mylovia</v>
       </c>
       <c r="E75" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F75" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G75" t="str">
         <v/>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B76" t="str">
-        <v>1407156412</v>
+        <v>4034446851</v>
       </c>
       <c r="C76" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-velibra</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-priovi</v>
       </c>
       <c r="D76" t="str">
-        <v>Velibra</v>
+        <v>Priovi</v>
       </c>
       <c r="E76" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F76" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G76" t="str">
         <v/>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B77" t="str">
-        <v>891525062</v>
+        <v>2187672306</v>
       </c>
       <c r="C77" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-vorvida</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-somnovia</v>
       </c>
       <c r="D77" t="str">
-        <v>Vorvida</v>
+        <v>Somnovia</v>
       </c>
       <c r="E77" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F77" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G77" t="str">
         <v/>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B78" t="str">
-        <v>3543443561</v>
+        <v>1407156412</v>
       </c>
       <c r="C78" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/headacy_migraine_therapy</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-velibra</v>
       </c>
       <c r="D78" t="str">
-        <v>Headacy</v>
+        <v>Velibra</v>
       </c>
       <c r="E78" t="str">
-        <v>tame GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F78" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G78" t="str">
         <v/>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B79" t="str">
-        <v>684466441</v>
+        <v>891525062</v>
       </c>
       <c r="C79" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/gaia-vorvida</v>
       </c>
       <c r="D79" t="str">
-        <v>Chronic Pain</v>
+        <v>Vorvida</v>
       </c>
       <c r="E79" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F79" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G79" t="str">
         <v/>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B80" t="str">
-        <v>2812415870</v>
+        <v>3543443561</v>
       </c>
       <c r="C80" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-depression</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/headacy_migraine_therapy</v>
       </c>
       <c r="D80" t="str">
-        <v>Depression</v>
+        <v>Headacy</v>
       </c>
       <c r="E80" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>tame GmbH</v>
       </c>
       <c r="F80" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G80" t="str">
         <v/>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B81" t="str">
-        <v>2109218904</v>
+        <v>684466441</v>
       </c>
       <c r="C81" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-diabetes</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
       </c>
       <c r="D81" t="str">
-        <v>Diabetes</v>
+        <v>Chronic Pain</v>
       </c>
       <c r="E81" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F81" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G81" t="str">
         <v/>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B82" t="str">
-        <v>3995224819</v>
+        <v>2812415870</v>
       </c>
       <c r="C82" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-panic</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-depression</v>
       </c>
       <c r="D82" t="str">
-        <v>Panic</v>
+        <v>Depression</v>
       </c>
       <c r="E82" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F82" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G82" t="str">
         <v/>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B83" t="str">
-        <v>2142636493</v>
+        <v>2109218904</v>
       </c>
       <c r="C83" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-sleep</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-diabetes</v>
       </c>
       <c r="D83" t="str">
-        <v>Sleep</v>
+        <v>Diabetes</v>
       </c>
       <c r="E83" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F83" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G83" t="str">
         <v/>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B84" t="str">
-        <v>1745009667</v>
+        <v>3995224819</v>
       </c>
       <c r="C84" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-panic</v>
       </c>
       <c r="D84" t="str">
-        <v>Stress Burnout</v>
+        <v>Panic</v>
       </c>
       <c r="E84" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F84" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G84" t="str">
         <v/>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B85" t="str">
-        <v>1577565855</v>
+        <v>2142636493</v>
       </c>
       <c r="C85" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-sleep</v>
       </c>
       <c r="D85" t="str">
-        <v>Vaginismus</v>
+        <v>Sleep</v>
       </c>
       <c r="E85" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F85" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G85" t="str">
         <v/>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B86" t="str">
-        <v>3846546667</v>
+        <v>1745009667</v>
       </c>
       <c r="C86" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/insiders_poc</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
       </c>
       <c r="D86" t="str">
-        <v>Insiders PKV PoC Simulation</v>
+        <v>Stress Burnout</v>
       </c>
       <c r="E86" t="str">
-        <v>Insiders Technologies GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F86" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G86" t="str">
         <v/>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B87" t="str">
-        <v>1617560366</v>
+        <v>1577565855</v>
       </c>
       <c r="C87" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-edera</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
       </c>
       <c r="D87" t="str">
-        <v>Edera</v>
+        <v>Vaginismus</v>
       </c>
       <c r="E87" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F87" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G87" t="str">
         <v/>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B88" t="str">
-        <v>3735941864</v>
+        <v>3846546667</v>
       </c>
       <c r="C88" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-lutera</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/insiders_poc</v>
       </c>
       <c r="D88" t="str">
-        <v>Lutera</v>
+        <v>Insiders PKV PoC Simulation</v>
       </c>
       <c r="E88" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>Insiders Technologies GmbH</v>
       </c>
       <c r="F88" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G88" t="str">
         <v/>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B89" t="str">
-        <v>3594010528</v>
+        <v>1617560366</v>
       </c>
       <c r="C89" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-mictera</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-edera</v>
       </c>
       <c r="D89" t="str">
-        <v>Mictera</v>
+        <v>Edera</v>
       </c>
       <c r="E89" t="str">
         <v>Kranus Health GmbH</v>
       </c>
       <c r="F89" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G89" t="str">
         <v/>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B90" t="str">
-        <v>1195340947</v>
+        <v>3735941864</v>
       </c>
       <c r="C90" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/mebix</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-lutera</v>
       </c>
       <c r="D90" t="str">
-        <v>mebix</v>
+        <v>Lutera</v>
       </c>
       <c r="E90" t="str">
-        <v>Vision2B</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F90" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G90" t="str">
         <v/>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B91" t="str">
-        <v>1684343562</v>
+        <v>3594010528</v>
       </c>
       <c r="C91" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/kranus-mictera</v>
       </c>
       <c r="D91" t="str">
-        <v>ADFD Parenttraining</v>
+        <v>Mictera</v>
       </c>
       <c r="E91" t="str">
-        <v>medigital GmbH</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F91" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G91" t="str">
         <v/>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B92" t="str">
-        <v>2510621273</v>
+        <v>1195340947</v>
       </c>
       <c r="C92" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/mementor-somnio</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/mebix</v>
       </c>
       <c r="D92" t="str">
-        <v>Somnio</v>
+        <v>mebix</v>
       </c>
       <c r="E92" t="str">
-        <v>mementor DE GmbH</v>
+        <v>Vision2B</v>
       </c>
       <c r="F92" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G92" t="str">
         <v/>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B93" t="str">
-        <v>314155055</v>
+        <v>1684343562</v>
       </c>
       <c r="C93" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/memodio-app</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
       </c>
       <c r="D93" t="str">
-        <v>memodio</v>
+        <v>ADFD Parenttraining</v>
       </c>
       <c r="E93" t="str">
-        <v>memodio GmbH</v>
+        <v>medigital GmbH</v>
       </c>
       <c r="F93" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G93" t="str">
         <v/>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B94" t="str">
-        <v>1444866228</v>
+        <v>2510621273</v>
       </c>
       <c r="C94" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/neolexon-aphasie</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/mementor-somnio</v>
       </c>
       <c r="D94" t="str">
-        <v>Aphasie</v>
+        <v>Somnio</v>
       </c>
       <c r="E94" t="str">
-        <v>Limedix GmbH</v>
+        <v>mementor DE GmbH</v>
       </c>
       <c r="F94" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G94" t="str">
         <v/>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B95" t="str">
-        <v>3069626314</v>
+        <v>314155055</v>
       </c>
       <c r="C95" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/neuronation-med</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/memodio-app</v>
       </c>
       <c r="D95" t="str">
-        <v>NeuroNation MED</v>
+        <v>memodio</v>
       </c>
       <c r="E95" t="str">
-        <v>Synaptikon GmbH</v>
+        <v>memodio GmbH</v>
       </c>
       <c r="F95" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G95" t="str">
         <v/>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B96" t="str">
-        <v>3375771528</v>
+        <v>1444866228</v>
       </c>
       <c r="C96" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-back</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/neolexon-aphasie</v>
       </c>
       <c r="D96" t="str">
-        <v>Novio Back</v>
+        <v>Aphasie</v>
       </c>
       <c r="E96" t="str">
-        <v>LIME medical GmbH</v>
+        <v>Limedix GmbH</v>
       </c>
       <c r="F96" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G96" t="str">
         <v/>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B97" t="str">
-        <v>2207951920</v>
+        <v>3069626314</v>
       </c>
       <c r="C97" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-hand</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/neuronation-med</v>
       </c>
       <c r="D97" t="str">
-        <v>Novio Hand</v>
+        <v>NeuroNation MED</v>
       </c>
       <c r="E97" t="str">
-        <v>LIME medical GmbH</v>
+        <v>Synaptikon GmbH</v>
       </c>
       <c r="F97" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G97" t="str">
         <v/>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B98" t="str">
-        <v>243314110</v>
+        <v>3375771528</v>
       </c>
       <c r="C98" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-knee</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-back</v>
       </c>
       <c r="D98" t="str">
-        <v>Novio Knee</v>
+        <v>Novio Back</v>
       </c>
       <c r="E98" t="str">
         <v>LIME medical GmbH</v>
       </c>
       <c r="F98" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G98" t="str">
         <v/>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B99" t="str">
-        <v>3720275228</v>
+        <v>2207951920</v>
       </c>
       <c r="C99" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/pinkcoach</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-hand</v>
       </c>
       <c r="D99" t="str">
-        <v>PINK Coach</v>
+        <v>Novio Hand</v>
       </c>
       <c r="E99" t="str">
-        <v>PINK gegen Brustkrebs GmbH</v>
+        <v>LIME medical GmbH</v>
       </c>
       <c r="F99" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G99" t="str">
         <v/>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B100" t="str">
-        <v>2368482883</v>
+        <v>243314110</v>
       </c>
       <c r="C100" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/pinkleben</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/novio-knee</v>
       </c>
       <c r="D100" t="str">
-        <v>PINK Leben</v>
+        <v>Novio Knee</v>
       </c>
       <c r="E100" t="str">
-        <v>PINK gegen Brustkrebs GmbH</v>
+        <v>LIME medical GmbH</v>
       </c>
       <c r="F100" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G100" t="str">
         <v/>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B101" t="str">
-        <v>826891090</v>
+        <v>3720275228</v>
       </c>
       <c r="C101" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/pinkcoach</v>
       </c>
       <c r="D101" t="str">
-        <v>Nichtraucherhelden</v>
+        <v>PINK Coach</v>
       </c>
       <c r="E101" t="str">
-        <v>Sanero Medical GmbH</v>
+        <v>PINK gegen Brustkrebs GmbH</v>
       </c>
       <c r="F101" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G101" t="str">
         <v/>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B102" t="str">
-        <v>2935841804</v>
+        <v>2368482883</v>
       </c>
       <c r="C102" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sanero-tony</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/pinkleben</v>
       </c>
       <c r="D102" t="str">
-        <v>Tony</v>
+        <v>PINK Leben</v>
       </c>
       <c r="E102" t="str">
-        <v>Sanero Medical GmbH</v>
+        <v>PINK gegen Brustkrebs GmbH</v>
       </c>
       <c r="F102" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G102" t="str">
         <v/>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B103" t="str">
-        <v>2306758665</v>
+        <v>3076981094</v>
       </c>
       <c r="C103" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/procarement-proherz</v>
       </c>
       <c r="D103" t="str">
-        <v>Selfapy</v>
+        <v>ProHerz</v>
       </c>
       <c r="E103" t="str">
-        <v>Selfapy Gmbh</v>
+        <v>ProCarement GmbH</v>
       </c>
       <c r="F103" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G103" t="str">
         <v/>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B104" t="str">
-        <v>3528593546</v>
+        <v>3521884593</v>
       </c>
       <c r="C104" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-binge_eating</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/promano-erektile_dysfunktion</v>
       </c>
       <c r="D104" t="str">
-        <v>Binge Eating</v>
+        <v>Promano - Erektile Dysfunktion</v>
       </c>
       <c r="E104" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Promano-Health GmbH</v>
       </c>
       <c r="F104" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G104" t="str">
         <v/>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B105" t="str">
-        <v>374706287</v>
+        <v>826891090</v>
       </c>
       <c r="C105" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-bulimia</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
       </c>
       <c r="D105" t="str">
-        <v>Bulimia</v>
+        <v>Nichtraucherhelden</v>
       </c>
       <c r="E105" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Sanero Medical GmbH</v>
       </c>
       <c r="F105" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G105" t="str">
         <v/>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B106" t="str">
-        <v>182713820</v>
+        <v>2935841804</v>
       </c>
       <c r="C106" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-depression</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sanero-tony</v>
       </c>
       <c r="D106" t="str">
-        <v>Depression</v>
+        <v>Tony</v>
       </c>
       <c r="E106" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Sanero Medical GmbH</v>
       </c>
       <c r="F106" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G106" t="str">
         <v/>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B107" t="str">
-        <v>3495945927</v>
+        <v>2306758665</v>
       </c>
       <c r="C107" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy</v>
       </c>
       <c r="D107" t="str">
-        <v>Generalized Anxiety</v>
+        <v>Selfapy</v>
       </c>
       <c r="E107" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Selfapy Gmbh</v>
       </c>
       <c r="F107" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G107" t="str">
         <v/>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B108" t="str">
-        <v>3629310227</v>
+        <v>3528593546</v>
       </c>
       <c r="C108" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sidekickhealth-meno</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-binge_eating</v>
       </c>
       <c r="D108" t="str">
-        <v>Meno</v>
+        <v>Binge Eating</v>
       </c>
       <c r="E108" t="str">
-        <v>Sidekick Health Germany GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F108" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G108" t="str">
         <v/>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B109" t="str">
-        <v>3707399720</v>
+        <v>374706287</v>
       </c>
       <c r="C109" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-bulimia</v>
       </c>
       <c r="D109" t="str">
-        <v>Zanadio</v>
+        <v>Bulimia</v>
       </c>
       <c r="E109" t="str">
-        <v>Sidekick Health Germany GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F109" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G109" t="str">
         <v/>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B110" t="str">
-        <v>2884506464</v>
+        <v>182713820</v>
       </c>
       <c r="C110" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/tiredofcancer-untire</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-depression</v>
       </c>
       <c r="D110" t="str">
-        <v>Untire</v>
+        <v>Depression</v>
       </c>
       <c r="E110" t="str">
-        <v>Tired of Cancer B.V.</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F110" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G110" t="str">
         <v/>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B111" t="str">
-        <v>2415148635</v>
+        <v>3495945927</v>
       </c>
       <c r="C111" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/unahealth</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
       </c>
       <c r="D111" t="str">
-        <v>Unahealth</v>
+        <v>Generalized Anxiety</v>
       </c>
       <c r="E111" t="str">
-        <v>Una Health GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F111" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G111" t="str">
         <v/>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B112" t="str">
-        <v>3042807826</v>
+        <v>3629310227</v>
       </c>
       <c r="C112" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vantis-hibp</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sidekickhealth-meno</v>
       </c>
       <c r="D112" t="str">
-        <v>HIBP</v>
+        <v>Meno</v>
       </c>
       <c r="E112" t="str">
-        <v>Vantis GmbH</v>
+        <v>Sidekick Health Germany GmbH</v>
       </c>
       <c r="F112" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G112" t="str">
         <v/>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B113" t="str">
-        <v>1938795944</v>
+        <v>3707399720</v>
       </c>
       <c r="C113" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vantis-ihd</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
       </c>
       <c r="D113" t="str">
-        <v>IHD</v>
+        <v>Zanadio</v>
       </c>
       <c r="E113" t="str">
-        <v>Vantis GmbH</v>
+        <v>Sidekick Health Germany GmbH</v>
       </c>
       <c r="F113" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G113" t="str">
         <v/>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B114" t="str">
-        <v>2935016041</v>
+        <v>2884506464</v>
       </c>
       <c r="C114" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vitadio-diabetes</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/tiredofcancer-untire</v>
       </c>
       <c r="D114" t="str">
-        <v>Vitadio Diabetes</v>
+        <v>Untire</v>
       </c>
       <c r="E114" t="str">
-        <v>Vitadio Health Technologies GmbH</v>
+        <v>Tired of Cancer B.V.</v>
       </c>
       <c r="F114" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G114" t="str">
         <v/>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B115" t="str">
-        <v>2229531398</v>
+        <v>2415148635</v>
       </c>
       <c r="C115" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vivira-app</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/unahealth</v>
       </c>
       <c r="D115" t="str">
-        <v>Vivira</v>
+        <v>Unahealth</v>
       </c>
       <c r="E115" t="str">
-        <v>Vivira Health Lab GmbH</v>
+        <v>Una Health GmbH</v>
       </c>
       <c r="F115" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G115" t="str">
         <v/>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B116" t="str">
-        <v>1322264138</v>
+        <v>3042807826</v>
       </c>
       <c r="C116" t="str">
-        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/wundfit</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vantis-hibp</v>
       </c>
       <c r="D116" t="str">
-        <v>WundFit</v>
+        <v>HIBP</v>
       </c>
       <c r="E116" t="str">
-        <v>4L Health GmbH</v>
+        <v>Vantis GmbH</v>
       </c>
       <c r="F116" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G116" t="str">
         <v/>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B117" t="str">
-        <v>2952137122</v>
+        <v>1938795944</v>
       </c>
       <c r="C117" t="str">
-        <v>https://myminddistrict-ru.minddistrict.dev</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vantis-ihd</v>
       </c>
       <c r="D117" t="str">
-        <v>myminddistrict</v>
+        <v>IHD</v>
       </c>
       <c r="E117" t="str">
-        <v>Minddistrict GmbH</v>
+        <v>Vantis GmbH</v>
       </c>
       <c r="F117" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G117" t="str">
         <v/>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B118" t="str">
-        <v>2460789608</v>
+        <v>2935016041</v>
       </c>
       <c r="C118" t="str">
-        <v>https://oidc.stg.tiaas.tech/glucura</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vitadio-diabetes</v>
       </c>
       <c r="D118" t="str">
-        <v>glucura</v>
+        <v>Vitadio Diabetes</v>
       </c>
       <c r="E118" t="str">
-        <v>Perfood Laboratories GmbH</v>
+        <v>Vitadio Health Technologies GmbH</v>
       </c>
       <c r="F118" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G118" t="str">
         <v/>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B119" t="str">
-        <v>129310951</v>
+        <v>2229531398</v>
       </c>
       <c r="C119" t="str">
-        <v>https://oidc.stg.tiaas.tech/sincephalea</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/vivira-app</v>
       </c>
       <c r="D119" t="str">
-        <v>sinCephalea</v>
+        <v>Vivira</v>
       </c>
       <c r="E119" t="str">
-        <v>Perfood Laboratories GmbH</v>
+        <v>Vivira Health Lab GmbH</v>
       </c>
       <c r="F119" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G119" t="str">
         <v/>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B120" t="str">
-        <v>4289715300</v>
+        <v>1322264138</v>
       </c>
       <c r="C120" t="str">
-        <v>https://oidcf.develop.azuma-health.tech/oidcf/4b613c97-6de8-4b26-b1d7-b81a990f3b2a</v>
+        <v>https://mimoto-ref.pie.azuma-health.tech/oidcf/wundfit</v>
       </c>
       <c r="D120" t="str">
-        <v>azuma Develop Live</v>
+        <v>WundFit</v>
       </c>
       <c r="E120" t="str">
-        <v>azuma</v>
+        <v>4L Health GmbH</v>
       </c>
       <c r="F120" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G120" t="str">
         <v/>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B121" t="str">
-        <v>2784125836</v>
+        <v>2952137122</v>
       </c>
       <c r="C121" t="str">
-        <v>https://paulastage.endometriose.app</v>
+        <v>https://myminddistrict-ru.minddistrict.dev</v>
       </c>
       <c r="D121" t="str">
-        <v>Paula-App Stage</v>
+        <v>myminddistrict</v>
       </c>
       <c r="E121" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Minddistrict GmbH</v>
       </c>
       <c r="F121" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G121" t="str">
         <v/>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B122" t="str">
-        <v>2209725804</v>
+        <v>2460789608</v>
       </c>
       <c r="C122" t="str">
-        <v>https://piastage.endometriose.app</v>
+        <v>https://oidc.stg.tiaas.tech/glucura</v>
       </c>
       <c r="D122" t="str">
-        <v>Pia-App Stage</v>
+        <v>glucura</v>
       </c>
       <c r="E122" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Perfood Laboratories GmbH</v>
       </c>
       <c r="F122" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G122" t="str">
         <v/>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B123" t="str">
-        <v>106395286</v>
+        <v>129310951</v>
       </c>
       <c r="C123" t="str">
-        <v>https://pmsstage.endometriose.app</v>
+        <v>https://oidc.stg.tiaas.tech/sincephalea</v>
       </c>
       <c r="D123" t="str">
-        <v>isi-App Stage</v>
+        <v>sinCephalea</v>
       </c>
       <c r="E123" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Perfood Laboratories GmbH</v>
       </c>
       <c r="F123" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G123" t="str">
         <v/>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B124" t="str">
-        <v>669069044</v>
+        <v>4289715300</v>
       </c>
       <c r="C124" t="str">
-        <v>https://pta-ehealthid.ovivadiga.com</v>
+        <v>https://oidcf.develop.azuma-health.tech/oidcf/4b613c97-6de8-4b26-b1d7-b81a990f3b2a</v>
       </c>
       <c r="D124" t="str">
-        <v>Oviva Direkt</v>
+        <v>azuma Develop Live</v>
       </c>
       <c r="E124" t="str">
-        <v/>
+        <v>azuma</v>
       </c>
       <c r="F124" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G124" t="str">
         <v/>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B125" t="str">
-        <v>3446406649</v>
+        <v>2784125836</v>
       </c>
       <c r="C125" t="str">
-        <v>https://rp.eid.dev.app.adhs.mindnet.health/realms/mindnet-realm</v>
+        <v>https://paulastage.endometriose.app</v>
       </c>
       <c r="D125" t="str">
-        <v>Mindnet Develop App</v>
+        <v>Paula-App Stage</v>
       </c>
       <c r="E125" t="str">
-        <v>MiNDNET E-Health Solutions GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F125" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G125" t="str">
         <v/>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B126" t="str">
-        <v>2866781762</v>
+        <v>2209725804</v>
       </c>
       <c r="C126" t="str">
-        <v>https://rp.staging.vertidisan.digitineers.app/realms/hpzenner</v>
+        <v>https://piastage.endometriose.app</v>
       </c>
       <c r="D126" t="str">
-        <v>Vertidisan Staging App</v>
+        <v>Pia-App Stage</v>
       </c>
       <c r="E126" t="str">
-        <v/>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F126" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G126" t="str">
         <v/>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B127" t="str">
-        <v>1060042045</v>
+        <v>106395286</v>
       </c>
       <c r="C127" t="str">
-        <v>https://ru.eid.services.api.cogthera.life</v>
+        <v>https://pmsstage.endometriose.app</v>
       </c>
       <c r="D127" t="str">
-        <v>Cogthera App</v>
+        <v>isi-App Stage</v>
       </c>
       <c r="E127" t="str">
-        <v>Cogthera GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F127" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G127" t="str">
         <v/>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B128" t="str">
-        <v>991276213</v>
+        <v>669069044</v>
       </c>
       <c r="C128" t="str">
-        <v>https://sehschule-ru.caterna.de</v>
+        <v>https://pta-ehealthid.ovivadiga.com</v>
       </c>
       <c r="D128" t="str">
-        <v>Caterna Sehschulung</v>
+        <v>Oviva Direkt</v>
       </c>
       <c r="E128" t="str">
-        <v>Caterna Vision GmbH</v>
+        <v/>
       </c>
       <c r="F128" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G128" t="str">
         <v/>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B129" t="str">
-        <v>3673416559</v>
+        <v>1060042045</v>
       </c>
       <c r="C129" t="str">
-        <v>https://seid.onqo.app</v>
+        <v>https://ru.eid.services.api.cogthera.life</v>
       </c>
       <c r="D129" t="str">
-        <v>Onqo NSCLC</v>
+        <v>Cogthera App</v>
       </c>
       <c r="E129" t="str">
-        <v>Onqo Health GmbH</v>
+        <v>Cogthera GmbH</v>
       </c>
       <c r="F129" t="str">
-        <v>openid urn:telematik:versicherter urn:telematik:email</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G129" t="str">
         <v/>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B130" t="str">
-        <v>1537500917</v>
+        <v>991276213</v>
       </c>
       <c r="C130" t="str">
-        <v>https://sso.test.almaphil.de</v>
+        <v>https://sehschule-ru.caterna.de</v>
       </c>
       <c r="D130" t="str">
-        <v>ALMA PHIL GmbH</v>
+        <v>Caterna Sehschulung</v>
       </c>
       <c r="E130" t="str">
-        <v>ALMA PHIL GmbH</v>
+        <v>Caterna Vision GmbH</v>
       </c>
       <c r="F130" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geschlecht urn:telematik:geburtsdatum urn:telematik:given_name urn:telematik:family_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G130" t="str">
         <v/>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B131" t="str">
-        <v>417241259</v>
+        <v>3673416559</v>
       </c>
       <c r="C131" t="str">
-        <v>https://stage-account.kalmeda.de/api/v1/EntityStatement</v>
+        <v>https://seid.onqo.app</v>
       </c>
       <c r="D131" t="str">
-        <v>Kalmeda</v>
+        <v>Onqo NSCLC</v>
       </c>
       <c r="E131" t="str">
-        <v/>
+        <v>Onqo Health GmbH</v>
       </c>
       <c r="F131" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter urn:telematik:email</v>
       </c>
       <c r="G131" t="str">
         <v/>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B132" t="str">
-        <v>2549101244</v>
+        <v>1537500917</v>
       </c>
       <c r="C132" t="str">
-        <v>https://stageapi.endometriose.app</v>
+        <v>https://sso.test.almaphil.de</v>
       </c>
       <c r="D132" t="str">
-        <v>Endo-App (Stage)</v>
+        <v>ALMA PHIL GmbH</v>
       </c>
       <c r="E132" t="str">
-        <v>Endo Health GmbH</v>
+        <v>ALMA PHIL GmbH</v>
       </c>
       <c r="F132" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geschlecht urn:telematik:geburtsdatum urn:telematik:given_name urn:telematik:family_name urn:telematik:versicherter</v>
       </c>
       <c r="G132" t="str">
         <v/>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B133" t="str">
-        <v>3611157359</v>
+        <v>417241259</v>
       </c>
       <c r="C133" t="str">
-        <v>https://staging.api.uroletics.com/eid</v>
+        <v>https://stage-account.kalmeda.de/api/v1/EntityStatement</v>
       </c>
       <c r="D133" t="str">
-        <v>Uroletics</v>
+        <v>Kalmeda</v>
       </c>
       <c r="E133" t="str">
-        <v>Rocketlane Medical Ventures GmbH</v>
+        <v/>
       </c>
       <c r="F133" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G133" t="str">
         <v/>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B134" t="str">
-        <v>2938968869</v>
+        <v>2549101244</v>
       </c>
       <c r="C134" t="str">
-        <v>https://stellastage.endometriose.app</v>
+        <v>https://stageapi.endometriose.app</v>
       </c>
       <c r="D134" t="str">
-        <v>Stella-App Stage</v>
+        <v>Endo-App (Stage)</v>
       </c>
       <c r="E134" t="str">
         <v>Endo Health GmbH</v>
       </c>
       <c r="F134" t="str">
         <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G134" t="str">
         <v/>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B135" t="str">
-        <v>1552089159</v>
+        <v>3611157359</v>
       </c>
       <c r="C135" t="str">
-        <v>https://tim-dev.tk-online.net</v>
+        <v>https://staging.api.uroletics.com/eid</v>
       </c>
       <c r="D135" t="str">
-        <v>Famedly TI-M ePA - TK - dev</v>
+        <v>Uroletics</v>
       </c>
       <c r="E135" t="str">
-        <v>Techniker Krankenkasse</v>
+        <v>Rocketlane Medical Ventures GmbH</v>
       </c>
       <c r="F135" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G135" t="str">
         <v/>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B136" t="str">
-        <v>3691785596</v>
+        <v>2938968869</v>
       </c>
       <c r="C136" t="str">
-        <v>https://tim-epa.rt.rise-tim.de</v>
+        <v>https://stellastage.endometriose.app</v>
       </c>
       <c r="D136" t="str">
-        <v>RISE-TIM-ePA</v>
+        <v>Stella-App Stage</v>
       </c>
       <c r="E136" t="str">
-        <v>RISE</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F136" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G136" t="str">
         <v/>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B137" t="str">
-        <v>2827268477</v>
+        <v>1552089159</v>
       </c>
       <c r="C137" t="str">
-        <v>https://tim-ref.tk-online.net</v>
+        <v>https://tim-dev.tk-online.net</v>
       </c>
       <c r="D137" t="str">
-        <v>Famedly TI-M ePA - TK - ref</v>
+        <v>Famedly TI-M ePA - TK - dev</v>
       </c>
       <c r="E137" t="str">
         <v>Techniker Krankenkasse</v>
       </c>
       <c r="F137" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G137" t="str">
         <v/>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B138" t="str">
-        <v>2742277238</v>
+        <v>2691500199</v>
       </c>
       <c r="C138" t="str">
-        <v>https://tim-test-evt.tk-online.net</v>
+        <v>https://tim-epa.qt.rise-tim.de</v>
       </c>
       <c r="D138" t="str">
-        <v>Famedly TI-M ePA - TK - test-evt</v>
+        <v>RISE-TIM-ePA</v>
       </c>
       <c r="E138" t="str">
-        <v>Techniker Krankenkasse</v>
+        <v>RISE</v>
       </c>
       <c r="F138" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
       </c>
       <c r="G138" t="str">
         <v/>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B139" t="str">
-        <v>315259651</v>
+        <v>3691785596</v>
       </c>
       <c r="C139" t="str">
-        <v>https://tim-test-gematik.tk-online.net</v>
+        <v>https://tim-epa.rt.rise-tim.de</v>
       </c>
       <c r="D139" t="str">
-        <v>Famedly TI-M ePA - TK - test-gematik</v>
+        <v>RISE-TIM-ePA</v>
       </c>
       <c r="E139" t="str">
-        <v>Techniker Krankenkasse</v>
+        <v>RISE</v>
       </c>
       <c r="F139" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
       </c>
       <c r="G139" t="str">
         <v/>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B140" t="str">
-        <v>404037806</v>
+        <v>26932473</v>
       </c>
       <c r="C140" t="str">
-        <v>https://tim-test-treiber.tk-online.net</v>
+        <v>https://tim-epa.ru.rise-tim.de</v>
       </c>
       <c r="D140" t="str">
-        <v>Famedly TI-M ePA - TK - test-treiber</v>
+        <v>RISE-TIM-ePA</v>
       </c>
       <c r="E140" t="str">
-        <v>Techniker Krankenkasse</v>
+        <v>RISE</v>
       </c>
       <c r="F140" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:family_name urn:telematik:given_name</v>
       </c>
       <c r="G140" t="str">
         <v/>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B141" t="str">
-        <v>50801827</v>
+        <v>2827268477</v>
       </c>
       <c r="C141" t="str">
-        <v>https://verastage.endometriose.app</v>
+        <v>https://tim-ref.tk-online.net</v>
       </c>
       <c r="D141" t="str">
-        <v>Vera-App Stage</v>
+        <v>Famedly TI-M ePA - TK - ref</v>
       </c>
       <c r="E141" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Techniker Krankenkasse</v>
       </c>
       <c r="F141" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G141" t="str">
         <v/>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B142" t="str">
-        <v>1357018677</v>
+        <v>2742277238</v>
       </c>
       <c r="C142" t="str">
-        <v>https://viactiv.epa.ru.tim-x-tention.de</v>
+        <v>https://tim-test-evt.tk-online.net</v>
       </c>
       <c r="D142" t="str">
-        <v>Messenger</v>
+        <v>Famedly TI-M ePA - TK - test-evt</v>
       </c>
       <c r="E142" t="str">
-        <v>viactiv</v>
+        <v>Techniker Krankenkasse</v>
       </c>
       <c r="F142" t="str">
         <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G142" t="str">
         <v/>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B143" t="str">
-        <v>547169269</v>
+        <v>315259651</v>
       </c>
       <c r="C143" t="str">
-        <v>https://www.asklepios.com</v>
+        <v>https://tim-test-gematik.tk-online.net</v>
       </c>
       <c r="D143" t="str">
-        <v/>
+        <v>Famedly TI-M ePA - TK - test-gematik</v>
       </c>
       <c r="E143" t="str">
-        <v/>
+        <v>Techniker Krankenkasse</v>
       </c>
       <c r="F143" t="str">
-        <v>openid urn:telematik:versicherter urn:telematik:geburtsdatum urn:telematik:family_name urn:telematik:given_name urn:telematik:geschlecht urn:telematik:email</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G143" t="str">
         <v/>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B144" t="str">
+        <v>404037806</v>
+      </c>
+      <c r="C144" t="str">
+        <v>https://tim-test-treiber.tk-online.net</v>
+      </c>
+      <c r="D144" t="str">
+        <v>Famedly TI-M ePA - TK - test-treiber</v>
+      </c>
+      <c r="E144" t="str">
+        <v>Techniker Krankenkasse</v>
+      </c>
+      <c r="F144" t="str">
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+      </c>
+      <c r="G144" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B145" t="str">
+        <v>50801827</v>
+      </c>
+      <c r="C145" t="str">
+        <v>https://verastage.endometriose.app</v>
+      </c>
+      <c r="D145" t="str">
+        <v>Vera-App Stage</v>
+      </c>
+      <c r="E145" t="str">
+        <v>Endo Health GmbH</v>
+      </c>
+      <c r="F145" t="str">
+        <v>urn:telematik:versicherter openid</v>
+      </c>
+      <c r="G145" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B146" t="str">
+        <v>1357018677</v>
+      </c>
+      <c r="C146" t="str">
+        <v>https://viactiv.epa.ru.tim-x-tention.de</v>
+      </c>
+      <c r="D146" t="str">
+        <v>Messenger</v>
+      </c>
+      <c r="E146" t="str">
+        <v>viactiv</v>
+      </c>
+      <c r="F146" t="str">
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+      </c>
+      <c r="G146" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B147" t="str">
+        <v>547169269</v>
+      </c>
+      <c r="C147" t="str">
+        <v>https://www.asklepios.com</v>
+      </c>
+      <c r="D147" t="str">
+        <v/>
+      </c>
+      <c r="E147" t="str">
+        <v/>
+      </c>
+      <c r="F147" t="str">
+        <v>openid urn:telematik:versicherter urn:telematik:geburtsdatum urn:telematik:family_name urn:telematik:given_name urn:telematik:geschlecht urn:telematik:email</v>
+      </c>
+      <c r="G147" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="str">
+        <v>openid_relying_party</v>
+      </c>
+      <c r="B148" t="str">
         <v>618268571</v>
       </c>
-      <c r="C144" t="str">
+      <c r="C148" t="str">
         <v>https://zerobin.zt.dev.ccs.gematik.solutions</v>
       </c>
-      <c r="D144" t="str">
+      <c r="D148" t="str">
         <v>Zero Trust Lab</v>
       </c>
-      <c r="E144" t="str">
+      <c r="E148" t="str">
         <v>gematik GmbH</v>
       </c>
-      <c r="F144" t="str">
+      <c r="F148" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geschlecht urn:telematik:geburtsdatum urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
-      <c r="G144" t="str">
+      <c r="G148" t="str">
         <v/>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:G144"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:G148"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Entities</vt:lpstr>
       <vt:lpstr>OpenIDProviders</vt:lpstr>
       <vt:lpstr>RelyingParties</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>