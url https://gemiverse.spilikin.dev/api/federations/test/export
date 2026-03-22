--- v0 (2025-12-10)
+++ v1 (2026-03-22)
@@ -414,2026 +414,1906 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F98"/>
+  <dimension ref="A1:F92"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="16.83203125" customWidth="1"/>
     <col min="2" max="2" width="16.83203125" customWidth="1"/>
     <col min="3" max="3" width="50.83203125" customWidth="1"/>
     <col min="4" max="4" width="50.83203125" customWidth="1"/>
     <col min="5" max="5" width="50.83203125" customWidth="1"/>
     <col min="6" max="6" width="50.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>type</v>
       </c>
       <c r="B1" t="str">
         <v>cidi</v>
       </c>
       <c r="C1" t="str">
         <v>iss</v>
       </c>
       <c r="D1" t="str">
         <v>federation_entity_name</v>
       </c>
       <c r="E1" t="str">
         <v>organization_name</v>
       </c>
       <c r="F1" t="str">
         <v>error</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v/>
       </c>
       <c r="B2" t="str">
         <v/>
       </c>
       <c r="C2" t="str">
-        <v>https://gematik.staging.procarement.com</v>
+        <v>https://id-tu.esysta.com</v>
       </c>
       <c r="D2" t="str">
         <v/>
       </c>
       <c r="E2" t="str">
         <v/>
       </c>
       <c r="F2" t="str">
-        <v>Hostname/IP does not match certificate's altnames: Host: gematik.staging.procarement.com. is not in the cert's altnames: DNS:app4251247880.staging.procarement.com</v>
+        <v>Connect Timeout Error (attempted address: id-tu.esysta.com:443, timeout: 10000ms)</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v/>
       </c>
       <c r="B3" t="str">
         <v/>
       </c>
       <c r="C3" t="str">
-        <v>https://gid.staging.go-di.healthcare</v>
+        <v>https://identity-staging.mawendo.com</v>
       </c>
       <c r="D3" t="str">
         <v/>
       </c>
       <c r="E3" t="str">
         <v/>
       </c>
       <c r="F3" t="str">
         <v>certificate has expired</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v/>
       </c>
       <c r="B4" t="str">
         <v/>
       </c>
       <c r="C4" t="str">
-        <v>https://id-tu.esysta.com</v>
+        <v>https://rp.staging.app.adhs.mindnet.health/realms/mindnet-realm</v>
       </c>
       <c r="D4" t="str">
         <v/>
       </c>
       <c r="E4" t="str">
         <v/>
       </c>
       <c r="F4" t="str">
-        <v>Connect Timeout Error (attempted address: id-tu.esysta.com:443, timeout: 10000ms)</v>
+        <v>HTTP Error 504 Gateway Timeout</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v/>
+        <v>openid_provider</v>
       </c>
       <c r="B5" t="str">
-        <v/>
+        <v>1493225614</v>
       </c>
       <c r="C5" t="str">
-        <v>https://idp-test.oviva.io/auth/realms/master/ehealthid</v>
+        <v>https://gsi.dev.gematik.solutions</v>
       </c>
       <c r="D5" t="str">
-        <v/>
+        <v>deprecated gematik sektoraler IDP</v>
       </c>
       <c r="E5" t="str">
-        <v/>
+        <v>deprecated gematik sektoraler IDP</v>
       </c>
       <c r="F5" t="str">
-        <v>Client network socket disconnected before secure TLS connection was established</v>
+        <v/>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v/>
+        <v>openid_provider</v>
       </c>
       <c r="B6" t="str">
-        <v/>
+        <v>2138344223</v>
       </c>
       <c r="C6" t="str">
-        <v>https://sso.dev.almaphil.de</v>
+        <v>https://idbroker.ibm.tu.nonprod-ehealth-id.de</v>
       </c>
       <c r="D6" t="str">
-        <v/>
+        <v>SekIDP TU IBM</v>
       </c>
       <c r="E6" t="str">
-        <v/>
+        <v>IBM</v>
       </c>
       <c r="F6" t="str">
-        <v>self-signed certificate</v>
+        <v/>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v/>
+        <v>openid_provider</v>
       </c>
       <c r="B7" t="str">
-        <v/>
+        <v>1928079792</v>
       </c>
       <c r="C7" t="str">
-        <v>https://test-id-tu.esysta.com</v>
+        <v>https://idbroker.ibm2.tu.nonprod-ehealth-id.de</v>
       </c>
       <c r="D7" t="str">
-        <v/>
+        <v>SekIDP TU IBM2</v>
       </c>
       <c r="E7" t="str">
-        <v/>
+        <v>IBM2 TU</v>
       </c>
       <c r="F7" t="str">
-        <v>Connect Timeout Error (attempted address: test-id-tu.esysta.com:443, timeout: 10000ms)</v>
+        <v/>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B8" t="str">
-        <v>1493225614</v>
+        <v>3418503219</v>
       </c>
       <c r="C8" t="str">
-        <v>https://gsi.dev.gematik.solutions</v>
+        <v>https://oidc.vau.tu.tiru.idp.rise-service.de/450701689</v>
       </c>
       <c r="D8" t="str">
-        <v>deprecated gematik sektoraler IDP</v>
+        <v>RISE</v>
       </c>
       <c r="E8" t="str">
-        <v>deprecated gematik sektoraler IDP</v>
+        <v>RISE</v>
       </c>
       <c r="F8" t="str">
         <v/>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B9" t="str">
-        <v>2138344223</v>
+        <v>2830774773</v>
       </c>
       <c r="C9" t="str">
-        <v>https://idbroker.ibm.tu.nonprod-ehealth-id.de</v>
+        <v>https://web.tu.id.digital.barmer.de</v>
       </c>
       <c r="D9" t="str">
-        <v>SekIDP TU IBM</v>
+        <v>T-Systems International GmbH</v>
       </c>
       <c r="E9" t="str">
-        <v>IBM</v>
+        <v>BARMER</v>
       </c>
       <c r="F9" t="str">
         <v/>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B10" t="str">
-        <v>1928079792</v>
+        <v>887925405</v>
       </c>
       <c r="C10" t="str">
-        <v>https://idbroker.ibm2.tu.nonprod-ehealth-id.de</v>
+        <v>https://www.idp.tt.iam-bms.de/104027544</v>
       </c>
       <c r="D10" t="str">
-        <v>SekIDP TU IBM2</v>
+        <v>BMS</v>
       </c>
       <c r="E10" t="str">
-        <v>IBM2 TU</v>
+        <v>BMS</v>
       </c>
       <c r="F10" t="str">
         <v/>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B11" t="str">
-        <v>3418503219</v>
+        <v>600100445</v>
       </c>
       <c r="C11" t="str">
-        <v>https://oidc.vau.tu.tiru.idp.rise-service.de/450701689</v>
+        <v>https://www.idp.tu.iam-bms.de/104027544</v>
       </c>
       <c r="D11" t="str">
-        <v>RISE</v>
+        <v>BMS</v>
       </c>
       <c r="E11" t="str">
-        <v>RISE</v>
+        <v>BMS</v>
       </c>
       <c r="F11" t="str">
         <v/>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>openid_provider</v>
+        <v>openid_relying_party</v>
       </c>
       <c r="B12" t="str">
-        <v>2830774773</v>
+        <v>2088823640</v>
       </c>
       <c r="C12" t="str">
-        <v>https://web.tu.id.digital.barmer.de</v>
+        <v>https://auth.dev.mindable.app/oidcf/pda</v>
       </c>
       <c r="D12" t="str">
-        <v>T-Systems International GmbH</v>
+        <v>Mindable: Panik &amp; Agoraphobie</v>
       </c>
       <c r="E12" t="str">
-        <v>BARMER</v>
+        <v/>
       </c>
       <c r="F12" t="str">
         <v/>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>openid_provider</v>
+        <v>openid_relying_party</v>
       </c>
       <c r="B13" t="str">
-        <v>887925405</v>
+        <v>1349026388</v>
       </c>
       <c r="C13" t="str">
-        <v>https://www.idp.tt.iam-bms.de/104027544</v>
+        <v>https://auth.dev.mindable.app/oidcf/spa</v>
       </c>
       <c r="D13" t="str">
-        <v>BMS</v>
+        <v>Mindable: Soziale Phobie</v>
       </c>
       <c r="E13" t="str">
-        <v>BMS</v>
+        <v/>
       </c>
       <c r="F13" t="str">
         <v/>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>openid_provider</v>
+        <v>openid_relying_party</v>
       </c>
       <c r="B14" t="str">
-        <v>600100445</v>
+        <v>2422036903</v>
       </c>
       <c r="C14" t="str">
-        <v>https://www.idp.tu.iam-bms.de/104027544</v>
+        <v>https://auth.test.bayoomed-medical.one/authdemo</v>
       </c>
       <c r="D14" t="str">
-        <v>BMS</v>
+        <v>Demo App</v>
       </c>
       <c r="E14" t="str">
-        <v>BMS</v>
+        <v/>
       </c>
       <c r="F14" t="str">
         <v/>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B15" t="str">
-        <v>2088823640</v>
+        <v>2064953751</v>
       </c>
       <c r="C15" t="str">
-        <v>https://auth.dev.mindable.app/oidcf/pda</v>
+        <v>https://authorization-tu.test.nonprod-ehealth-epa.de</v>
       </c>
       <c r="D15" t="str">
-        <v>Mindable: Panik &amp; Agoraphobie</v>
+        <v/>
       </c>
       <c r="E15" t="str">
-        <v/>
+        <v>IBM Deutschland GmbH</v>
       </c>
       <c r="F15" t="str">
         <v/>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B16" t="str">
-        <v>1349026388</v>
+        <v>4113192144</v>
       </c>
       <c r="C16" t="str">
-        <v>https://auth.dev.mindable.app/oidcf/spa</v>
+        <v>https://backend-development.orthopy.org</v>
       </c>
       <c r="D16" t="str">
-        <v>Mindable: Soziale Phobie</v>
+        <v>Orthopy Knie</v>
       </c>
       <c r="E16" t="str">
         <v/>
       </c>
       <c r="F16" t="str">
         <v/>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B17" t="str">
-        <v>2422036903</v>
+        <v>3120584602</v>
       </c>
       <c r="C17" t="str">
-        <v>https://auth.test.bayoomed-medical.one/authdemo</v>
+        <v>https://beta.prehapp.de/api/core/users/telematik</v>
       </c>
       <c r="D17" t="str">
-        <v>Demo App</v>
+        <v>companion-patella</v>
       </c>
       <c r="E17" t="str">
-        <v/>
+        <v>PrehApp GmbH</v>
       </c>
       <c r="F17" t="str">
         <v/>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B18" t="str">
-        <v>2064953751</v>
+        <v>3937353186</v>
       </c>
       <c r="C18" t="str">
-        <v>https://authorization-tu.test.nonprod-ehealth-epa.de</v>
+        <v>https://devapi.endometriose.app</v>
       </c>
       <c r="D18" t="str">
-        <v/>
+        <v>Endo-App Dev</v>
       </c>
       <c r="E18" t="str">
-        <v>IBM Deutschland GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F18" t="str">
         <v/>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B19" t="str">
-        <v>4113192144</v>
+        <v>2017929521</v>
       </c>
       <c r="C19" t="str">
-        <v>https://backend-development.orthopy.org</v>
+        <v>https://diga-poc.saas-prod.aws.intension.eu</v>
       </c>
       <c r="D19" t="str">
-        <v>Orthopy Knie</v>
+        <v>Intension Diga</v>
       </c>
       <c r="E19" t="str">
         <v/>
       </c>
       <c r="F19" t="str">
         <v/>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B20" t="str">
-        <v>3120584602</v>
+        <v>2899049773</v>
       </c>
       <c r="C20" t="str">
-        <v>https://beta.prehapp.de/api/core/users/telematik</v>
+        <v>https://directory-test.ccs.gematik.solutions</v>
       </c>
       <c r="D20" t="str">
-        <v>companion-patella</v>
+        <v/>
       </c>
       <c r="E20" t="str">
-        <v>PrehApp GmbH</v>
+        <v/>
       </c>
       <c r="F20" t="str">
         <v/>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B21" t="str">
-        <v>3937353186</v>
+        <v>566665790</v>
       </c>
       <c r="C21" t="str">
-        <v>https://devapi.endometriose.app</v>
+        <v>https://e4a-tt.deine-epa.de</v>
       </c>
       <c r="D21" t="str">
-        <v>Endo-App Dev</v>
+        <v/>
       </c>
       <c r="E21" t="str">
-        <v>Endo Health GmbH</v>
+        <v/>
       </c>
       <c r="F21" t="str">
         <v/>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B22" t="str">
-        <v>2017929521</v>
+        <v>241279405</v>
       </c>
       <c r="C22" t="str">
-        <v>https://diga-poc.saas-prod.aws.intension.eu</v>
+        <v>https://ehealthid-rely.smokefree.de</v>
       </c>
       <c r="D22" t="str">
-        <v>Intension Diga</v>
+        <v>Smoke Free 23 GmbH</v>
       </c>
       <c r="E22" t="str">
         <v/>
       </c>
       <c r="F22" t="str">
         <v/>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B23" t="str">
-        <v>2899049773</v>
+        <v>253866155</v>
       </c>
       <c r="C23" t="str">
-        <v>https://directory-test.ccs.gematik.solutions</v>
+        <v>https://eid-service.azurewebsites.net</v>
       </c>
       <c r="D23" t="str">
-        <v/>
+        <v>eIDService</v>
       </c>
       <c r="E23" t="str">
-        <v/>
+        <v>fbeta GmbH T&amp;A</v>
       </c>
       <c r="F23" t="str">
         <v/>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B24" t="str">
-        <v>566665790</v>
+        <v>1357165840</v>
       </c>
       <c r="C24" t="str">
-        <v>https://e4a-tt.deine-epa.de</v>
+        <v>https://gid-test.vila-health.com</v>
       </c>
       <c r="D24" t="str">
-        <v/>
+        <v>Vila RaVie</v>
       </c>
       <c r="E24" t="str">
-        <v/>
+        <v>Vila RaVie</v>
       </c>
       <c r="F24" t="str">
         <v/>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B25" t="str">
-        <v>241279405</v>
+        <v>1081892747</v>
       </c>
       <c r="C25" t="str">
-        <v>https://ehealthid-rely.smokefree.de</v>
+        <v>https://gid.app-staging.kontina.de</v>
       </c>
       <c r="D25" t="str">
-        <v>Smoke Free 23 GmbH</v>
+        <v>Kontina Staging</v>
       </c>
       <c r="E25" t="str">
         <v/>
       </c>
       <c r="F25" t="str">
         <v/>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B26" t="str">
-        <v>253866155</v>
+        <v>2868678855</v>
       </c>
       <c r="C26" t="str">
-        <v>https://eid-service.azurewebsites.net</v>
+        <v>https://id.silentcloud.com</v>
       </c>
       <c r="D26" t="str">
-        <v>eIDService</v>
+        <v>SilentCloud</v>
       </c>
       <c r="E26" t="str">
-        <v>fbeta GmbH T&amp;A</v>
+        <v/>
       </c>
       <c r="F26" t="str">
         <v/>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B27" t="str">
-        <v>1357165840</v>
+        <v>3777254484</v>
       </c>
       <c r="C27" t="str">
-        <v>https://gid-test.vila-health.com</v>
+        <v>https://idp-test.app.ti-dienste.de</v>
       </c>
       <c r="D27" t="str">
-        <v>Vila RaVie</v>
+        <v>E-Rezept App</v>
       </c>
       <c r="E27" t="str">
-        <v>Vila RaVie</v>
+        <v>RISE GmbH</v>
       </c>
       <c r="F27" t="str">
         <v/>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B28" t="str">
-        <v>1081892747</v>
+        <v>2233041654</v>
       </c>
       <c r="C28" t="str">
-        <v>https://gid.app-staging.kontina.de</v>
+        <v>https://idpfadi.dev.gematik.solutions</v>
       </c>
       <c r="D28" t="str">
-        <v>Kontina Staging</v>
+        <v/>
       </c>
       <c r="E28" t="str">
-        <v/>
+        <v>Fachdienst007 des FedIdp POCs</v>
       </c>
       <c r="F28" t="str">
         <v/>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B29" t="str">
-        <v>2868678855</v>
+        <v>768331668</v>
       </c>
       <c r="C29" t="str">
-        <v>https://id.silentcloud.com</v>
+        <v>https://invirto-app-stage.keycloak.cloud</v>
       </c>
       <c r="D29" t="str">
-        <v>SilentCloud</v>
+        <v>Invirto</v>
       </c>
       <c r="E29" t="str">
-        <v/>
+        <v>Sympatient GmbH</v>
       </c>
       <c r="F29" t="str">
         <v/>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B30" t="str">
-        <v>3095058477</v>
+        <v>872225716</v>
       </c>
       <c r="C30" t="str">
-        <v>https://identity-staging.mawendo.com</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/acticore1</v>
       </c>
       <c r="D30" t="str">
-        <v>Mawendo</v>
+        <v>Acticore</v>
       </c>
       <c r="E30" t="str">
-        <v>Mawendo GmbH</v>
+        <v>ACTICORE AG</v>
       </c>
       <c r="F30" t="str">
         <v/>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B31" t="str">
-        <v>3777254484</v>
+        <v>3565063494</v>
       </c>
       <c r="C31" t="str">
-        <v>https://idp-test.app.ti-dienste.de</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/alextherapeutics-eila</v>
       </c>
       <c r="D31" t="str">
-        <v>E-Rezept App</v>
+        <v>Eila</v>
       </c>
       <c r="E31" t="str">
-        <v>RISE GmbH</v>
+        <v>Alex Therapeutics AB</v>
       </c>
       <c r="F31" t="str">
         <v/>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B32" t="str">
-        <v>2233041654</v>
+        <v>1618899454</v>
       </c>
       <c r="C32" t="str">
-        <v>https://idpfadi.dev.gematik.solutions</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/azuma-demo-tu</v>
       </c>
       <c r="D32" t="str">
-        <v/>
+        <v>azuma Live Demo TU</v>
       </c>
       <c r="E32" t="str">
-        <v>Fachdienst007 des FedIdp POCs</v>
+        <v>azuma</v>
       </c>
       <c r="F32" t="str">
         <v/>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B33" t="str">
-        <v>768331668</v>
+        <v>3361846008</v>
       </c>
       <c r="C33" t="str">
-        <v>https://invirto-app-stage.keycloak.cloud</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/caracare</v>
       </c>
       <c r="D33" t="str">
-        <v>Invirto</v>
+        <v>Cara Care</v>
       </c>
       <c r="E33" t="str">
-        <v>Sympatient GmbH</v>
+        <v>HiDoc Technologies GmbH</v>
       </c>
       <c r="F33" t="str">
         <v/>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B34" t="str">
-        <v>872225716</v>
+        <v>1495100907</v>
       </c>
       <c r="C34" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/acticore1</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/ecovery-unterer_ruecken</v>
       </c>
       <c r="D34" t="str">
-        <v>Acticore</v>
+        <v>Unterer Ruecken</v>
       </c>
       <c r="E34" t="str">
-        <v>ACTICORE AG</v>
+        <v>eCovery GmbH</v>
       </c>
       <c r="F34" t="str">
         <v/>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B35" t="str">
-        <v>3565063494</v>
+        <v>2678711140</v>
       </c>
       <c r="C35" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/alextherapeutics-eila</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/fluidmobile</v>
       </c>
       <c r="D35" t="str">
-        <v>Eila</v>
+        <v>fluidmobile Test</v>
       </c>
       <c r="E35" t="str">
-        <v>Alex Therapeutics AB</v>
+        <v>fluidmobile GmbH</v>
       </c>
       <c r="F35" t="str">
         <v/>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B36" t="str">
-        <v>1618899454</v>
+        <v>230349167</v>
       </c>
       <c r="C36" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/azuma-demo-tu</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-attexis</v>
       </c>
       <c r="D36" t="str">
-        <v>azuma Live Demo TU</v>
+        <v>Attexis</v>
       </c>
       <c r="E36" t="str">
-        <v>azuma</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F36" t="str">
         <v/>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B37" t="str">
-        <v>3361846008</v>
+        <v>162276703</v>
       </c>
       <c r="C37" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/caracare</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-deprexis</v>
       </c>
       <c r="D37" t="str">
-        <v>Cara Care</v>
+        <v>Deprexis</v>
       </c>
       <c r="E37" t="str">
-        <v>HiDoc Technologies GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F37" t="str">
         <v/>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B38" t="str">
-        <v>1495100907</v>
+        <v>1387265419</v>
       </c>
       <c r="C38" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/ecovery-unterer_ruecken</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-elevida</v>
       </c>
       <c r="D38" t="str">
-        <v>Unterer Ruecken</v>
+        <v>Elevida</v>
       </c>
       <c r="E38" t="str">
-        <v>eCovery GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F38" t="str">
         <v/>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B39" t="str">
-        <v>2678711140</v>
+        <v>8832914</v>
       </c>
       <c r="C39" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/fluidmobile</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-klariva</v>
       </c>
       <c r="D39" t="str">
-        <v>fluidmobile Test</v>
+        <v>Klariva</v>
       </c>
       <c r="E39" t="str">
-        <v>fluidmobile GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F39" t="str">
         <v/>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B40" t="str">
-        <v>230349167</v>
+        <v>3131722201</v>
       </c>
       <c r="C40" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-attexis</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-levidex</v>
       </c>
       <c r="D40" t="str">
-        <v>Attexis</v>
+        <v>Levidex</v>
       </c>
       <c r="E40" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F40" t="str">
         <v/>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B41" t="str">
-        <v>162276703</v>
+        <v>2962145440</v>
       </c>
       <c r="C41" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-deprexis</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-mylovia</v>
       </c>
       <c r="D41" t="str">
-        <v>Deprexis</v>
+        <v>Mylovia</v>
       </c>
       <c r="E41" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F41" t="str">
         <v/>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B42" t="str">
-        <v>1387265419</v>
+        <v>2926846555</v>
       </c>
       <c r="C42" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-elevida</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-priovi</v>
       </c>
       <c r="D42" t="str">
-        <v>Elevida</v>
+        <v>Priovi</v>
       </c>
       <c r="E42" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F42" t="str">
         <v/>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B43" t="str">
-        <v>8832914</v>
+        <v>1465947587</v>
       </c>
       <c r="C43" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-klariva</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-somnovia</v>
       </c>
       <c r="D43" t="str">
-        <v>Klariva</v>
+        <v>Somnovia</v>
       </c>
       <c r="E43" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F43" t="str">
         <v/>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B44" t="str">
-        <v>3131722201</v>
+        <v>909202846</v>
       </c>
       <c r="C44" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-levidex</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-velibra</v>
       </c>
       <c r="D44" t="str">
-        <v>Levidex</v>
+        <v>Velibra</v>
       </c>
       <c r="E44" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F44" t="str">
         <v/>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B45" t="str">
-        <v>2962145440</v>
+        <v>1355629284</v>
       </c>
       <c r="C45" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-mylovia</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-vorvida</v>
       </c>
       <c r="D45" t="str">
-        <v>Mylovia</v>
+        <v>Vorvida</v>
       </c>
       <c r="E45" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F45" t="str">
         <v/>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B46" t="str">
-        <v>2926846555</v>
+        <v>1726566622</v>
       </c>
       <c r="C46" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-priovi</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/headacy_migraine_therapy</v>
       </c>
       <c r="D46" t="str">
-        <v>Priovi</v>
+        <v>Headacy</v>
       </c>
       <c r="E46" t="str">
-        <v>GAIA AG</v>
+        <v>tame GmbH</v>
       </c>
       <c r="F46" t="str">
         <v/>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B47" t="str">
-        <v>1465947587</v>
+        <v>2635192766</v>
       </c>
       <c r="C47" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-somnovia</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
       </c>
       <c r="D47" t="str">
-        <v>Somnovia</v>
+        <v>Chronic Pain</v>
       </c>
       <c r="E47" t="str">
-        <v>GAIA AG</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F47" t="str">
         <v/>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B48" t="str">
-        <v>909202846</v>
+        <v>4249783540</v>
       </c>
       <c r="C48" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-velibra</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-depression</v>
       </c>
       <c r="D48" t="str">
-        <v>Velibra</v>
+        <v>Depression</v>
       </c>
       <c r="E48" t="str">
-        <v>GAIA AG</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F48" t="str">
         <v/>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B49" t="str">
-        <v>1355629284</v>
+        <v>1116531550</v>
       </c>
       <c r="C49" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-vorvida</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-diabetes</v>
       </c>
       <c r="D49" t="str">
-        <v>Vorvida</v>
+        <v>Diabetes</v>
       </c>
       <c r="E49" t="str">
-        <v>GAIA AG</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F49" t="str">
         <v/>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B50" t="str">
-        <v>1726566622</v>
+        <v>4284423540</v>
       </c>
       <c r="C50" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/headacy_migraine_therapy</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-panic</v>
       </c>
       <c r="D50" t="str">
-        <v>Headacy</v>
+        <v>Panic</v>
       </c>
       <c r="E50" t="str">
-        <v>tame GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F50" t="str">
         <v/>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B51" t="str">
-        <v>2635192766</v>
+        <v>1858821706</v>
       </c>
       <c r="C51" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-sleep</v>
       </c>
       <c r="D51" t="str">
-        <v>Chronic Pain</v>
+        <v>Sleep</v>
       </c>
       <c r="E51" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F51" t="str">
         <v/>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B52" t="str">
-        <v>4249783540</v>
+        <v>1893747599</v>
       </c>
       <c r="C52" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-depression</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
       </c>
       <c r="D52" t="str">
-        <v>Depression</v>
+        <v>Stress Burnout</v>
       </c>
       <c r="E52" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F52" t="str">
         <v/>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B53" t="str">
-        <v>1116531550</v>
+        <v>82525461</v>
       </c>
       <c r="C53" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-diabetes</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
       </c>
       <c r="D53" t="str">
-        <v>Diabetes</v>
+        <v>Vaginismus</v>
       </c>
       <c r="E53" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F53" t="str">
         <v/>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B54" t="str">
-        <v>4284423540</v>
+        <v>2158719433</v>
       </c>
       <c r="C54" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-panic</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/insiders_poc</v>
       </c>
       <c r="D54" t="str">
-        <v>Panic</v>
+        <v>Insiders PKV PoC Simulation</v>
       </c>
       <c r="E54" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>Insiders Technologies GmbH</v>
       </c>
       <c r="F54" t="str">
         <v/>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B55" t="str">
-        <v>1858821706</v>
+        <v>92591628</v>
       </c>
       <c r="C55" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-sleep</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-edera</v>
       </c>
       <c r="D55" t="str">
-        <v>Sleep</v>
+        <v>Edera</v>
       </c>
       <c r="E55" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F55" t="str">
         <v/>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B56" t="str">
-        <v>1893747599</v>
+        <v>195583449</v>
       </c>
       <c r="C56" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-lutera</v>
       </c>
       <c r="D56" t="str">
-        <v>Stress Burnout</v>
+        <v>Lutera</v>
       </c>
       <c r="E56" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F56" t="str">
         <v/>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B57" t="str">
-        <v>82525461</v>
+        <v>2268281397</v>
       </c>
       <c r="C57" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-mictera</v>
       </c>
       <c r="D57" t="str">
-        <v>Vaginismus</v>
+        <v>Mictera</v>
       </c>
       <c r="E57" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F57" t="str">
         <v/>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B58" t="str">
-        <v>2158719433</v>
+        <v>37979631</v>
       </c>
       <c r="C58" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/insiders_poc</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/mebix</v>
       </c>
       <c r="D58" t="str">
-        <v>Insiders PKV PoC Simulation</v>
+        <v>mebix</v>
       </c>
       <c r="E58" t="str">
-        <v>Insiders Technologies GmbH</v>
+        <v>Vision2B GmbH</v>
       </c>
       <c r="F58" t="str">
         <v/>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B59" t="str">
-        <v>92591628</v>
+        <v>4279221347</v>
       </c>
       <c r="C59" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-edera</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
       </c>
       <c r="D59" t="str">
-        <v>Edera</v>
+        <v>ADHD Parenttraining</v>
       </c>
       <c r="E59" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>medigital GmbH</v>
       </c>
       <c r="F59" t="str">
         <v/>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B60" t="str">
-        <v>195583449</v>
+        <v>361850519</v>
       </c>
       <c r="C60" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-lutera</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/mementor-somnio</v>
       </c>
       <c r="D60" t="str">
-        <v>Lutera</v>
+        <v>Somnio</v>
       </c>
       <c r="E60" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>mementor DE GmbH</v>
       </c>
       <c r="F60" t="str">
         <v/>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B61" t="str">
-        <v>2268281397</v>
+        <v>1286947959</v>
       </c>
       <c r="C61" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-mictera</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/memodio-app</v>
       </c>
       <c r="D61" t="str">
-        <v>Mictera</v>
+        <v>memodio</v>
       </c>
       <c r="E61" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>memodio GmbH</v>
       </c>
       <c r="F61" t="str">
         <v/>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B62" t="str">
-        <v>37979631</v>
+        <v>708981615</v>
       </c>
       <c r="C62" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/mebix</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/neolexon-aphasie</v>
       </c>
       <c r="D62" t="str">
-        <v>mebix</v>
+        <v>Aphasie</v>
       </c>
       <c r="E62" t="str">
-        <v>Vision2B GmbH</v>
+        <v>Limedix GmbH</v>
       </c>
       <c r="F62" t="str">
         <v/>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B63" t="str">
-        <v>4279221347</v>
+        <v>918727428</v>
       </c>
       <c r="C63" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/neuronation-med</v>
       </c>
       <c r="D63" t="str">
-        <v>ADHD Parenttraining</v>
+        <v>NeuroNation MED</v>
       </c>
       <c r="E63" t="str">
-        <v>medigital GmbH</v>
+        <v>Synaptikon GmbH</v>
       </c>
       <c r="F63" t="str">
         <v/>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B64" t="str">
-        <v>361850519</v>
+        <v>455834096</v>
       </c>
       <c r="C64" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/mementor-somnio</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/novio-back</v>
       </c>
       <c r="D64" t="str">
-        <v>Somnio</v>
+        <v>Novio Back</v>
       </c>
       <c r="E64" t="str">
-        <v>mementor DE GmbH</v>
+        <v>LIME medical GmbH</v>
       </c>
       <c r="F64" t="str">
         <v/>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B65" t="str">
-        <v>1286947959</v>
+        <v>3446497338</v>
       </c>
       <c r="C65" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/memodio-app</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/pinkcoach</v>
       </c>
       <c r="D65" t="str">
-        <v>memodio</v>
+        <v>PINK Coach</v>
       </c>
       <c r="E65" t="str">
-        <v>memodio GmbH</v>
+        <v>PINK gegen Brustkrebs GmbH</v>
       </c>
       <c r="F65" t="str">
         <v/>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B66" t="str">
-        <v>708981615</v>
+        <v>2650778469</v>
       </c>
       <c r="C66" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/neolexon-aphasie</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/pinkleben</v>
       </c>
       <c r="D66" t="str">
-        <v>Aphasie</v>
+        <v>PINK Leben</v>
       </c>
       <c r="E66" t="str">
-        <v>Limedix GmbH</v>
+        <v>PINK gegen Brustkrebs GmbH</v>
       </c>
       <c r="F66" t="str">
         <v/>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B67" t="str">
-        <v>918727428</v>
+        <v>1694081157</v>
       </c>
       <c r="C67" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/neuronation-med</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
       </c>
       <c r="D67" t="str">
-        <v>NeuroNation MED</v>
+        <v>Nichtraucherhelden</v>
       </c>
       <c r="E67" t="str">
-        <v>Synaptikon GmbH</v>
+        <v>Sanero Medical GmbH</v>
       </c>
       <c r="F67" t="str">
         <v/>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B68" t="str">
-        <v>455834096</v>
+        <v>4042358868</v>
       </c>
       <c r="C68" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/novio-back</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sanero-tony</v>
       </c>
       <c r="D68" t="str">
-        <v>Novio Back</v>
+        <v>Tony</v>
       </c>
       <c r="E68" t="str">
-        <v>LIME medical GmbH</v>
+        <v>Sanero Medical GmbH</v>
       </c>
       <c r="F68" t="str">
         <v/>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B69" t="str">
-        <v>3446497338</v>
+        <v>3226396933</v>
       </c>
       <c r="C69" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/pinkcoach</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy</v>
       </c>
       <c r="D69" t="str">
-        <v>PINK Coach</v>
+        <v>Selfapy</v>
       </c>
       <c r="E69" t="str">
-        <v>PINK gegen Brustkrebs GmbH</v>
+        <v>Selfapy Gmbh</v>
       </c>
       <c r="F69" t="str">
         <v/>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B70" t="str">
-        <v>2650778469</v>
+        <v>3982941068</v>
       </c>
       <c r="C70" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/pinkleben</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-binge_eating</v>
       </c>
       <c r="D70" t="str">
-        <v>PINK Leben</v>
+        <v>Binge Eating</v>
       </c>
       <c r="E70" t="str">
-        <v>PINK gegen Brustkrebs GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F70" t="str">
         <v/>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B71" t="str">
-        <v>1694081157</v>
+        <v>2523004065</v>
       </c>
       <c r="C71" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-bulimia</v>
       </c>
       <c r="D71" t="str">
-        <v>Nichtraucherhelden</v>
+        <v>Bulimia</v>
       </c>
       <c r="E71" t="str">
-        <v>Sanero Medical GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F71" t="str">
         <v/>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B72" t="str">
-        <v>4042358868</v>
+        <v>2033096200</v>
       </c>
       <c r="C72" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sanero-tony</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-depression</v>
       </c>
       <c r="D72" t="str">
-        <v>Tony</v>
+        <v>Depression</v>
       </c>
       <c r="E72" t="str">
-        <v>Sanero Medical GmbH</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F72" t="str">
         <v/>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B73" t="str">
-        <v>3226396933</v>
+        <v>877251387</v>
       </c>
       <c r="C73" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
       </c>
       <c r="D73" t="str">
-        <v>Selfapy</v>
+        <v>Generalized Anxiety</v>
       </c>
       <c r="E73" t="str">
-        <v>Selfapy Gmbh</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F73" t="str">
         <v/>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B74" t="str">
-        <v>3982941068</v>
+        <v>1503607477</v>
       </c>
       <c r="C74" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-binge_eating</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sidekickhealth-meno</v>
       </c>
       <c r="D74" t="str">
-        <v>Binge Eating</v>
+        <v>Meno</v>
       </c>
       <c r="E74" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Sidekick Health Germany GmbH</v>
       </c>
       <c r="F74" t="str">
         <v/>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B75" t="str">
-        <v>2523004065</v>
+        <v>2249649570</v>
       </c>
       <c r="C75" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-bulimia</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
       </c>
       <c r="D75" t="str">
-        <v>Bulimia</v>
+        <v>Zanadio</v>
       </c>
       <c r="E75" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Sidekick Health Germany GmbH</v>
       </c>
       <c r="F75" t="str">
         <v/>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B76" t="str">
-        <v>2033096200</v>
+        <v>2497370214</v>
       </c>
       <c r="C76" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-depression</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/tiredofcancer-untire</v>
       </c>
       <c r="D76" t="str">
-        <v>Depression</v>
+        <v>Untire</v>
       </c>
       <c r="E76" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Tired of Cancer B.V.</v>
       </c>
       <c r="F76" t="str">
         <v/>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B77" t="str">
-        <v>877251387</v>
+        <v>2670181245</v>
       </c>
       <c r="C77" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/unahealth</v>
       </c>
       <c r="D77" t="str">
-        <v>Generalized Anxiety</v>
+        <v>Unahealth</v>
       </c>
       <c r="E77" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Una Health GmbH</v>
       </c>
       <c r="F77" t="str">
         <v/>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B78" t="str">
-        <v>1503607477</v>
+        <v>3947983946</v>
       </c>
       <c r="C78" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sidekickhealth-meno</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vantis-hibp</v>
       </c>
       <c r="D78" t="str">
-        <v>Meno</v>
+        <v>HIBP</v>
       </c>
       <c r="E78" t="str">
-        <v>Sidekick Health Germany GmbH</v>
+        <v>Vantis GmbH</v>
       </c>
       <c r="F78" t="str">
         <v/>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B79" t="str">
-        <v>2249649570</v>
+        <v>2710764496</v>
       </c>
       <c r="C79" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vantis-ihd</v>
       </c>
       <c r="D79" t="str">
-        <v>Zanadio</v>
+        <v>IHD</v>
       </c>
       <c r="E79" t="str">
-        <v>Sidekick Health Germany GmbH</v>
+        <v>Vantis GmbH</v>
       </c>
       <c r="F79" t="str">
         <v/>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B80" t="str">
-        <v>2497370214</v>
+        <v>3534492082</v>
       </c>
       <c r="C80" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/tiredofcancer-untire</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vitadio-diabetes</v>
       </c>
       <c r="D80" t="str">
-        <v>Untire</v>
+        <v>Vitadio Diabetes</v>
       </c>
       <c r="E80" t="str">
-        <v>Tired of Cancer B.V.</v>
+        <v>Vitadio Health Technologies GmbH</v>
       </c>
       <c r="F80" t="str">
         <v/>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B81" t="str">
-        <v>2670181245</v>
+        <v>1459529086</v>
       </c>
       <c r="C81" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/unahealth</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vivira-app</v>
       </c>
       <c r="D81" t="str">
-        <v>Unahealth</v>
+        <v>Vivira</v>
       </c>
       <c r="E81" t="str">
-        <v>Una Health GmbH</v>
+        <v>Vivira Health Lab GmbH</v>
       </c>
       <c r="F81" t="str">
         <v/>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B82" t="str">
-        <v>3947983946</v>
+        <v>132159302</v>
       </c>
       <c r="C82" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vantis-hibp</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/wundfit</v>
       </c>
       <c r="D82" t="str">
-        <v>HIBP</v>
+        <v>WundFit</v>
       </c>
       <c r="E82" t="str">
-        <v>Vantis GmbH</v>
+        <v>4L Health GmbH</v>
       </c>
       <c r="F82" t="str">
         <v/>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B83" t="str">
-        <v>2710764496</v>
+        <v>626786166</v>
       </c>
       <c r="C83" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vantis-ihd</v>
+        <v>https://oidc.dev.tiaas.tech/tiaas</v>
       </c>
       <c r="D83" t="str">
-        <v>IHD</v>
+        <v>tiaas.tech DEV</v>
       </c>
       <c r="E83" t="str">
-        <v>Vantis GmbH</v>
+        <v>tiaas.tech GmbH</v>
       </c>
       <c r="F83" t="str">
         <v/>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B84" t="str">
-        <v>3534492082</v>
+        <v>562602859</v>
       </c>
       <c r="C84" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vitadio-diabetes</v>
+        <v>https://oidc.stg.tiaas.tech/tiaas</v>
       </c>
       <c r="D84" t="str">
-        <v>Vitadio Diabetes</v>
+        <v>tiaas.tech</v>
       </c>
       <c r="E84" t="str">
-        <v>Vitadio Health Technologies GmbH</v>
+        <v>tiaas.tech GmbH</v>
       </c>
       <c r="F84" t="str">
         <v/>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B85" t="str">
-        <v>1459529086</v>
+        <v>4289715300</v>
       </c>
       <c r="C85" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vivira-app</v>
+        <v>https://oidcf.develop.azuma-health.tech/oidcf/4b613c97-6de8-4b26-b1d7-b81a990f3b2a</v>
       </c>
       <c r="D85" t="str">
-        <v>Vivira</v>
+        <v>azuma Develop Live</v>
       </c>
       <c r="E85" t="str">
-        <v>Vivira Health Lab GmbH</v>
+        <v>azuma</v>
       </c>
       <c r="F85" t="str">
         <v/>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B86" t="str">
-        <v>132159302</v>
+        <v>84692691</v>
       </c>
       <c r="C86" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/wundfit</v>
+        <v>https://openid-fed.poc.intension.eu/realms/oidc-fed/entityStatement</v>
       </c>
       <c r="D86" t="str">
-        <v>WundFit</v>
+        <v>Intension GmbH</v>
       </c>
       <c r="E86" t="str">
-        <v>4L Health GmbH</v>
+        <v>Intension GmbH</v>
       </c>
       <c r="F86" t="str">
         <v/>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B87" t="str">
-        <v>626786166</v>
+        <v>4076774742</v>
       </c>
       <c r="C87" t="str">
-        <v>https://oidc.dev.tiaas.tech/tiaas</v>
+        <v>https://piadev.endometriose.app</v>
       </c>
       <c r="D87" t="str">
-        <v>tiaas.tech DEV</v>
+        <v>Pia-App DEV</v>
       </c>
       <c r="E87" t="str">
-        <v>tiaas.tech GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F87" t="str">
         <v/>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B88" t="str">
-        <v>562602859</v>
+        <v>25109959</v>
       </c>
       <c r="C88" t="str">
-        <v>https://oidc.stg.tiaas.tech/tiaas</v>
+        <v>https://pmsdev.endometriose.app</v>
       </c>
       <c r="D88" t="str">
-        <v>tiaas.tech</v>
+        <v>isi-App Dev</v>
       </c>
       <c r="E88" t="str">
-        <v>tiaas.tech GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F88" t="str">
         <v/>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B89" t="str">
-        <v>4289715300</v>
+        <v>3807408386</v>
       </c>
       <c r="C89" t="str">
-        <v>https://oidcf.develop.azuma-health.tech/oidcf/4b613c97-6de8-4b26-b1d7-b81a990f3b2a</v>
+        <v>https://reflexappdev.reflex.help</v>
       </c>
       <c r="D89" t="str">
-        <v>azuma Develop Live</v>
+        <v>Reflex</v>
       </c>
       <c r="E89" t="str">
-        <v>azuma</v>
+        <v>Kineto Tech Rehab SRL</v>
       </c>
       <c r="F89" t="str">
         <v/>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B90" t="str">
-        <v>84692691</v>
+        <v>4175028500</v>
       </c>
       <c r="C90" t="str">
-        <v>https://openid-fed.poc.intension.eu/realms/oidc-fed/entityStatement</v>
+        <v>https://sehschule-dev.caterna.de</v>
       </c>
       <c r="D90" t="str">
-        <v>Intension GmbH</v>
+        <v>Caterna Sehschulung</v>
       </c>
       <c r="E90" t="str">
-        <v>Intension GmbH</v>
+        <v>Caterna Vision GmbH</v>
       </c>
       <c r="F90" t="str">
         <v/>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B91" t="str">
-        <v>4076774742</v>
+        <v>2810107797</v>
       </c>
       <c r="C91" t="str">
-        <v>https://piadev.endometriose.app</v>
+        <v>https://test-account.kalmeda.de/api/v1/EntityStatement</v>
       </c>
       <c r="D91" t="str">
-        <v>Pia-App DEV</v>
+        <v>Kalmeda</v>
       </c>
       <c r="E91" t="str">
-        <v>Endo Health GmbH</v>
+        <v/>
       </c>
       <c r="F91" t="str">
         <v/>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B92" t="str">
-        <v>25109959</v>
+        <v>153673399</v>
       </c>
       <c r="C92" t="str">
-        <v>https://pmsdev.endometriose.app</v>
+        <v>https://veradev.endometriose.app</v>
       </c>
       <c r="D92" t="str">
-        <v>isi-App Dev</v>
+        <v>Vera-App Dev</v>
       </c>
       <c r="E92" t="str">
         <v>Endo Health GmbH</v>
       </c>
       <c r="F92" t="str">
         <v/>
       </c>
     </row>
-    <row r="93">
-[...118 lines deleted...]
-    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:F98"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:F92"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="16.83203125" customWidth="1"/>
     <col min="2" max="2" width="16.83203125" customWidth="1"/>
     <col min="3" max="3" width="50.83203125" customWidth="1"/>
     <col min="4" max="4" width="50.83203125" customWidth="1"/>
     <col min="5" max="5" width="50.83203125" customWidth="1"/>
     <col min="6" max="6" width="70.83203125" customWidth="1"/>
     <col min="7" max="7" width="70.83203125" customWidth="1"/>
     <col min="8" max="8" width="50.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>type</v>
       </c>
@@ -2480,80 +2360,80 @@
       </c>
       <c r="G2" t="str">
         <v>birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H2" t="str">
         <v/>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B3" t="str">
         <v>2138344223</v>
       </c>
       <c r="C3" t="str">
         <v>https://idbroker.ibm.tu.nonprod-ehealth-id.de</v>
       </c>
       <c r="D3" t="str">
         <v>SekIDP TU IBM</v>
       </c>
       <c r="E3" t="str">
         <v>IBM</v>
       </c>
       <c r="F3" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G3" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H3" t="str">
         <v/>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B4" t="str">
         <v>1928079792</v>
       </c>
       <c r="C4" t="str">
         <v>https://idbroker.ibm2.tu.nonprod-ehealth-id.de</v>
       </c>
       <c r="D4" t="str">
         <v>SekIDP TU IBM2</v>
       </c>
       <c r="E4" t="str">
         <v>IBM2 TU</v>
       </c>
       <c r="F4" t="str">
-        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>accessFlags appIdentifier contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method openid partnerId personId stepupPossible urn:telematik:alter urn:telematik:auth:sso urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G4" t="str">
-        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
+        <v>accessFlags appIdentifier birthdate contractId deviceId device_name email externalId family_name given_name hasComprehensiveHealthInsurance identified_by insuredAt ishClientId kvnr method partnerId personId stepupPossible urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H4" t="str">
         <v/>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>openid_provider</v>
       </c>
       <c r="B5" t="str">
         <v>3418503219</v>
       </c>
       <c r="C5" t="str">
         <v>https://oidc.vau.tu.tiru.idp.rise-service.de/450701689</v>
       </c>
       <c r="D5" t="str">
         <v>RISE</v>
       </c>
       <c r="E5" t="str">
         <v>RISE</v>
       </c>
       <c r="F5" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G5" t="str">
@@ -2628,51 +2508,51 @@
       <c r="D8" t="str">
         <v>BMS</v>
       </c>
       <c r="E8" t="str">
         <v>BMS</v>
       </c>
       <c r="F8" t="str">
         <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G8" t="str">
         <v>acr amr birthdate urn:telematik:claims:alter urn:telematik:claims:display_name urn:telematik:claims:email urn:telematik:claims:family_name urn:telematik:claims:geschlecht urn:telematik:claims:given_name urn:telematik:claims:id urn:telematik:claims:organization urn:telematik:claims:profession</v>
       </c>
       <c r="H8" t="str">
         <v/>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:H8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G85"/>
+  <dimension ref="A1:G82"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="16.83203125" customWidth="1"/>
     <col min="2" max="2" width="16.83203125" customWidth="1"/>
     <col min="3" max="3" width="50.83203125" customWidth="1"/>
     <col min="4" max="4" width="50.83203125" customWidth="1"/>
     <col min="5" max="5" width="50.83203125" customWidth="1"/>
     <col min="6" max="6" width="70.83203125" customWidth="1"/>
     <col min="7" max="7" width="50.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>type</v>
       </c>
       <c r="B1" t="str">
         <v>cidi</v>
       </c>
       <c r="C1" t="str">
         <v>iss</v>
       </c>
       <c r="D1" t="str">
         <v>federation_entity_name</v>
@@ -3015,1635 +2895,1566 @@
       </c>
       <c r="B16" t="str">
         <v>2868678855</v>
       </c>
       <c r="C16" t="str">
         <v>https://id.silentcloud.com</v>
       </c>
       <c r="D16" t="str">
         <v>SilentCloud</v>
       </c>
       <c r="E16" t="str">
         <v/>
       </c>
       <c r="F16" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G16" t="str">
         <v/>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B17" t="str">
-        <v>3095058477</v>
+        <v>3777254484</v>
       </c>
       <c r="C17" t="str">
-        <v>https://identity-staging.mawendo.com</v>
+        <v>https://idp-test.app.ti-dienste.de</v>
       </c>
       <c r="D17" t="str">
-        <v>Mawendo</v>
+        <v>E-Rezept App</v>
       </c>
       <c r="E17" t="str">
-        <v>Mawendo GmbH</v>
+        <v>RISE GmbH</v>
       </c>
       <c r="F17" t="str">
-        <v>urn:telematik:display_name urn:telematik:geschlecht urn:telematik:geburtsdatum urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
       </c>
       <c r="G17" t="str">
         <v/>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B18" t="str">
-        <v>3777254484</v>
+        <v>2233041654</v>
       </c>
       <c r="C18" t="str">
-        <v>https://idp-test.app.ti-dienste.de</v>
+        <v>https://idpfadi.dev.gematik.solutions</v>
       </c>
       <c r="D18" t="str">
-        <v>E-Rezept App</v>
+        <v/>
       </c>
       <c r="E18" t="str">
-        <v>RISE GmbH</v>
+        <v>Fachdienst007 des FedIdp POCs</v>
       </c>
       <c r="F18" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter</v>
+        <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
       </c>
       <c r="G18" t="str">
         <v/>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B19" t="str">
-        <v>2233041654</v>
+        <v>768331668</v>
       </c>
       <c r="C19" t="str">
-        <v>https://idpfadi.dev.gematik.solutions</v>
+        <v>https://invirto-app-stage.keycloak.cloud</v>
       </c>
       <c r="D19" t="str">
-        <v/>
+        <v>Invirto</v>
       </c>
       <c r="E19" t="str">
-        <v>Fachdienst007 des FedIdp POCs</v>
+        <v>Sympatient GmbH</v>
       </c>
       <c r="F19" t="str">
-        <v>urn:telematik:display_name urn:telematik:versicherter openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G19" t="str">
         <v/>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B20" t="str">
-        <v>768331668</v>
+        <v>872225716</v>
       </c>
       <c r="C20" t="str">
-        <v>https://invirto-app-stage.keycloak.cloud</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/acticore1</v>
       </c>
       <c r="D20" t="str">
-        <v>Invirto</v>
+        <v>Acticore</v>
       </c>
       <c r="E20" t="str">
-        <v>Sympatient GmbH</v>
+        <v>ACTICORE AG</v>
       </c>
       <c r="F20" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G20" t="str">
         <v/>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B21" t="str">
-        <v>872225716</v>
+        <v>3565063494</v>
       </c>
       <c r="C21" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/acticore1</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/alextherapeutics-eila</v>
       </c>
       <c r="D21" t="str">
-        <v>Acticore</v>
+        <v>Eila</v>
       </c>
       <c r="E21" t="str">
-        <v>ACTICORE AG</v>
+        <v>Alex Therapeutics AB</v>
       </c>
       <c r="F21" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G21" t="str">
         <v/>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B22" t="str">
-        <v>3565063494</v>
+        <v>1618899454</v>
       </c>
       <c r="C22" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/alextherapeutics-eila</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/azuma-demo-tu</v>
       </c>
       <c r="D22" t="str">
-        <v>Eila</v>
+        <v>azuma Live Demo TU</v>
       </c>
       <c r="E22" t="str">
-        <v>Alex Therapeutics AB</v>
+        <v>azuma</v>
       </c>
       <c r="F22" t="str">
-        <v>openid urn:telematik:alter urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G22" t="str">
         <v/>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B23" t="str">
-        <v>1618899454</v>
+        <v>3361846008</v>
       </c>
       <c r="C23" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/azuma-demo-tu</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/caracare</v>
       </c>
       <c r="D23" t="str">
-        <v>azuma Live Demo TU</v>
+        <v>Cara Care</v>
       </c>
       <c r="E23" t="str">
-        <v>azuma</v>
+        <v>HiDoc Technologies GmbH</v>
       </c>
       <c r="F23" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G23" t="str">
         <v/>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B24" t="str">
-        <v>3361846008</v>
+        <v>1495100907</v>
       </c>
       <c r="C24" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/caracare</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/ecovery-unterer_ruecken</v>
       </c>
       <c r="D24" t="str">
-        <v>Cara Care</v>
+        <v>Unterer Ruecken</v>
       </c>
       <c r="E24" t="str">
-        <v>HiDoc Technologies GmbH</v>
+        <v>eCovery GmbH</v>
       </c>
       <c r="F24" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G24" t="str">
         <v/>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B25" t="str">
-        <v>1495100907</v>
+        <v>2678711140</v>
       </c>
       <c r="C25" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/ecovery-unterer_ruecken</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/fluidmobile</v>
       </c>
       <c r="D25" t="str">
-        <v>Unterer Ruecken</v>
+        <v>fluidmobile Test</v>
       </c>
       <c r="E25" t="str">
-        <v>eCovery GmbH</v>
+        <v>fluidmobile GmbH</v>
       </c>
       <c r="F25" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G25" t="str">
         <v/>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B26" t="str">
-        <v>2678711140</v>
+        <v>230349167</v>
       </c>
       <c r="C26" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/fluidmobile</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-attexis</v>
       </c>
       <c r="D26" t="str">
-        <v>fluidmobile Test</v>
+        <v>Attexis</v>
       </c>
       <c r="E26" t="str">
-        <v>fluidmobile GmbH</v>
+        <v>GAIA AG</v>
       </c>
       <c r="F26" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G26" t="str">
         <v/>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B27" t="str">
-        <v>230349167</v>
+        <v>162276703</v>
       </c>
       <c r="C27" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-attexis</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-deprexis</v>
       </c>
       <c r="D27" t="str">
-        <v>Attexis</v>
+        <v>Deprexis</v>
       </c>
       <c r="E27" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F27" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G27" t="str">
         <v/>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B28" t="str">
-        <v>162276703</v>
+        <v>1387265419</v>
       </c>
       <c r="C28" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-deprexis</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-elevida</v>
       </c>
       <c r="D28" t="str">
-        <v>Deprexis</v>
+        <v>Elevida</v>
       </c>
       <c r="E28" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F28" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G28" t="str">
         <v/>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B29" t="str">
-        <v>1387265419</v>
+        <v>8832914</v>
       </c>
       <c r="C29" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-elevida</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-klariva</v>
       </c>
       <c r="D29" t="str">
-        <v>Elevida</v>
+        <v>Klariva</v>
       </c>
       <c r="E29" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F29" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G29" t="str">
         <v/>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B30" t="str">
-        <v>8832914</v>
+        <v>3131722201</v>
       </c>
       <c r="C30" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-klariva</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-levidex</v>
       </c>
       <c r="D30" t="str">
-        <v>Klariva</v>
+        <v>Levidex</v>
       </c>
       <c r="E30" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F30" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G30" t="str">
         <v/>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B31" t="str">
-        <v>3131722201</v>
+        <v>2962145440</v>
       </c>
       <c r="C31" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-levidex</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-mylovia</v>
       </c>
       <c r="D31" t="str">
-        <v>Levidex</v>
+        <v>Mylovia</v>
       </c>
       <c r="E31" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F31" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G31" t="str">
         <v/>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B32" t="str">
-        <v>2962145440</v>
+        <v>2926846555</v>
       </c>
       <c r="C32" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-mylovia</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-priovi</v>
       </c>
       <c r="D32" t="str">
-        <v>Mylovia</v>
+        <v>Priovi</v>
       </c>
       <c r="E32" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F32" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G32" t="str">
         <v/>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B33" t="str">
-        <v>2926846555</v>
+        <v>1465947587</v>
       </c>
       <c r="C33" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-priovi</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-somnovia</v>
       </c>
       <c r="D33" t="str">
-        <v>Priovi</v>
+        <v>Somnovia</v>
       </c>
       <c r="E33" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F33" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G33" t="str">
         <v/>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B34" t="str">
-        <v>1465947587</v>
+        <v>909202846</v>
       </c>
       <c r="C34" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-somnovia</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-velibra</v>
       </c>
       <c r="D34" t="str">
-        <v>Somnovia</v>
+        <v>Velibra</v>
       </c>
       <c r="E34" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F34" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G34" t="str">
         <v/>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B35" t="str">
-        <v>909202846</v>
+        <v>1355629284</v>
       </c>
       <c r="C35" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-velibra</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-vorvida</v>
       </c>
       <c r="D35" t="str">
-        <v>Velibra</v>
+        <v>Vorvida</v>
       </c>
       <c r="E35" t="str">
         <v>GAIA AG</v>
       </c>
       <c r="F35" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G35" t="str">
         <v/>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B36" t="str">
-        <v>1355629284</v>
+        <v>1726566622</v>
       </c>
       <c r="C36" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/gaia-vorvida</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/headacy_migraine_therapy</v>
       </c>
       <c r="D36" t="str">
-        <v>Vorvida</v>
+        <v>Headacy</v>
       </c>
       <c r="E36" t="str">
-        <v>GAIA AG</v>
+        <v>tame GmbH</v>
       </c>
       <c r="F36" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G36" t="str">
         <v/>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B37" t="str">
-        <v>1726566622</v>
+        <v>2635192766</v>
       </c>
       <c r="C37" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/headacy_migraine_therapy</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
       </c>
       <c r="D37" t="str">
-        <v>Headacy</v>
+        <v>Chronic Pain</v>
       </c>
       <c r="E37" t="str">
-        <v>tame GmbH</v>
+        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F37" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G37" t="str">
         <v/>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B38" t="str">
-        <v>2635192766</v>
+        <v>4249783540</v>
       </c>
       <c r="C38" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-chronic_pain</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-depression</v>
       </c>
       <c r="D38" t="str">
-        <v>Chronic Pain</v>
+        <v>Depression</v>
       </c>
       <c r="E38" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F38" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G38" t="str">
         <v/>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B39" t="str">
-        <v>4249783540</v>
+        <v>1116531550</v>
       </c>
       <c r="C39" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-depression</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-diabetes</v>
       </c>
       <c r="D39" t="str">
-        <v>Depression</v>
+        <v>Diabetes</v>
       </c>
       <c r="E39" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F39" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G39" t="str">
         <v/>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B40" t="str">
-        <v>1116531550</v>
+        <v>4284423540</v>
       </c>
       <c r="C40" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-diabetes</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-panic</v>
       </c>
       <c r="D40" t="str">
-        <v>Diabetes</v>
+        <v>Panic</v>
       </c>
       <c r="E40" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F40" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G40" t="str">
         <v/>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B41" t="str">
-        <v>4284423540</v>
+        <v>1858821706</v>
       </c>
       <c r="C41" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-panic</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-sleep</v>
       </c>
       <c r="D41" t="str">
-        <v>Panic</v>
+        <v>Sleep</v>
       </c>
       <c r="E41" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F41" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G41" t="str">
         <v/>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B42" t="str">
-        <v>1858821706</v>
+        <v>1893747599</v>
       </c>
       <c r="C42" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-sleep</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
       </c>
       <c r="D42" t="str">
-        <v>Sleep</v>
+        <v>Stress Burnout</v>
       </c>
       <c r="E42" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F42" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G42" t="str">
         <v/>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B43" t="str">
-        <v>1893747599</v>
+        <v>82525461</v>
       </c>
       <c r="C43" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-stress_burnout</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
       </c>
       <c r="D43" t="str">
-        <v>Stress Burnout</v>
+        <v>Vaginismus</v>
       </c>
       <c r="E43" t="str">
         <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
       </c>
       <c r="F43" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G43" t="str">
         <v/>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B44" t="str">
-        <v>82525461</v>
+        <v>2158719433</v>
       </c>
       <c r="C44" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/hellobetter-vaginismus</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/insiders_poc</v>
       </c>
       <c r="D44" t="str">
-        <v>Vaginismus</v>
+        <v>Insiders PKV PoC Simulation</v>
       </c>
       <c r="E44" t="str">
-        <v>GET.ON Institut für Online Gesundheitstrainings GmbH</v>
+        <v>Insiders Technologies GmbH</v>
       </c>
       <c r="F44" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G44" t="str">
         <v/>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B45" t="str">
-        <v>2158719433</v>
+        <v>92591628</v>
       </c>
       <c r="C45" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/insiders_poc</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-edera</v>
       </c>
       <c r="D45" t="str">
-        <v>Insiders PKV PoC Simulation</v>
+        <v>Edera</v>
       </c>
       <c r="E45" t="str">
-        <v>Insiders Technologies GmbH</v>
+        <v>Kranus Health GmbH</v>
       </c>
       <c r="F45" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:family_name urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G45" t="str">
         <v/>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B46" t="str">
-        <v>92591628</v>
+        <v>195583449</v>
       </c>
       <c r="C46" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-edera</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-lutera</v>
       </c>
       <c r="D46" t="str">
-        <v>Edera</v>
+        <v>Lutera</v>
       </c>
       <c r="E46" t="str">
         <v>Kranus Health GmbH</v>
       </c>
       <c r="F46" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G46" t="str">
         <v/>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B47" t="str">
-        <v>195583449</v>
+        <v>2268281397</v>
       </c>
       <c r="C47" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-lutera</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-mictera</v>
       </c>
       <c r="D47" t="str">
-        <v>Lutera</v>
+        <v>Mictera</v>
       </c>
       <c r="E47" t="str">
         <v>Kranus Health GmbH</v>
       </c>
       <c r="F47" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G47" t="str">
         <v/>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B48" t="str">
-        <v>2268281397</v>
+        <v>37979631</v>
       </c>
       <c r="C48" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/kranus-mictera</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/mebix</v>
       </c>
       <c r="D48" t="str">
-        <v>Mictera</v>
+        <v>mebix</v>
       </c>
       <c r="E48" t="str">
-        <v>Kranus Health GmbH</v>
+        <v>Vision2B GmbH</v>
       </c>
       <c r="F48" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G48" t="str">
         <v/>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B49" t="str">
-        <v>37979631</v>
+        <v>4279221347</v>
       </c>
       <c r="C49" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/mebix</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
       </c>
       <c r="D49" t="str">
-        <v>mebix</v>
+        <v>ADHD Parenttraining</v>
       </c>
       <c r="E49" t="str">
-        <v>Vision2B GmbH</v>
+        <v>medigital GmbH</v>
       </c>
       <c r="F49" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G49" t="str">
         <v/>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B50" t="str">
-        <v>4279221347</v>
+        <v>361850519</v>
       </c>
       <c r="C50" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/medigital-hitoco-adhd-parenttraining</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/mementor-somnio</v>
       </c>
       <c r="D50" t="str">
-        <v>ADHD Parenttraining</v>
+        <v>Somnio</v>
       </c>
       <c r="E50" t="str">
-        <v>medigital GmbH</v>
+        <v>mementor DE GmbH</v>
       </c>
       <c r="F50" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G50" t="str">
         <v/>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B51" t="str">
-        <v>361850519</v>
+        <v>1286947959</v>
       </c>
       <c r="C51" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/mementor-somnio</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/memodio-app</v>
       </c>
       <c r="D51" t="str">
-        <v>Somnio</v>
+        <v>memodio</v>
       </c>
       <c r="E51" t="str">
-        <v>mementor DE GmbH</v>
+        <v>memodio GmbH</v>
       </c>
       <c r="F51" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:versicherter</v>
       </c>
       <c r="G51" t="str">
         <v/>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B52" t="str">
-        <v>1286947959</v>
+        <v>708981615</v>
       </c>
       <c r="C52" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/memodio-app</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/neolexon-aphasie</v>
       </c>
       <c r="D52" t="str">
-        <v>memodio</v>
+        <v>Aphasie</v>
       </c>
       <c r="E52" t="str">
-        <v>memodio GmbH</v>
+        <v>Limedix GmbH</v>
       </c>
       <c r="F52" t="str">
-        <v>openid urn:telematik:alter urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G52" t="str">
         <v/>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B53" t="str">
-        <v>708981615</v>
+        <v>918727428</v>
       </c>
       <c r="C53" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/neolexon-aphasie</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/neuronation-med</v>
       </c>
       <c r="D53" t="str">
-        <v>Aphasie</v>
+        <v>NeuroNation MED</v>
       </c>
       <c r="E53" t="str">
-        <v>Limedix GmbH</v>
+        <v>Synaptikon GmbH</v>
       </c>
       <c r="F53" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G53" t="str">
         <v/>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B54" t="str">
-        <v>918727428</v>
+        <v>455834096</v>
       </c>
       <c r="C54" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/neuronation-med</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/novio-back</v>
       </c>
       <c r="D54" t="str">
-        <v>NeuroNation MED</v>
+        <v>Novio Back</v>
       </c>
       <c r="E54" t="str">
-        <v>Synaptikon GmbH</v>
+        <v>LIME medical GmbH</v>
       </c>
       <c r="F54" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G54" t="str">
         <v/>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B55" t="str">
-        <v>455834096</v>
+        <v>3446497338</v>
       </c>
       <c r="C55" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/novio-back</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/pinkcoach</v>
       </c>
       <c r="D55" t="str">
-        <v>Novio Back</v>
+        <v>PINK Coach</v>
       </c>
       <c r="E55" t="str">
-        <v>LIME medical GmbH</v>
+        <v>PINK gegen Brustkrebs GmbH</v>
       </c>
       <c r="F55" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G55" t="str">
         <v/>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B56" t="str">
-        <v>3446497338</v>
+        <v>2650778469</v>
       </c>
       <c r="C56" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/pinkcoach</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/pinkleben</v>
       </c>
       <c r="D56" t="str">
-        <v>PINK Coach</v>
+        <v>PINK Leben</v>
       </c>
       <c r="E56" t="str">
         <v>PINK gegen Brustkrebs GmbH</v>
       </c>
       <c r="F56" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G56" t="str">
         <v/>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B57" t="str">
-        <v>2650778469</v>
+        <v>1694081157</v>
       </c>
       <c r="C57" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/pinkleben</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
       </c>
       <c r="D57" t="str">
-        <v>PINK Leben</v>
+        <v>Nichtraucherhelden</v>
       </c>
       <c r="E57" t="str">
-        <v>PINK gegen Brustkrebs GmbH</v>
+        <v>Sanero Medical GmbH</v>
       </c>
       <c r="F57" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G57" t="str">
         <v/>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B58" t="str">
-        <v>1694081157</v>
+        <v>4042358868</v>
       </c>
       <c r="C58" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sanero-nichtraucherhelden</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sanero-tony</v>
       </c>
       <c r="D58" t="str">
-        <v>Nichtraucherhelden</v>
+        <v>Tony</v>
       </c>
       <c r="E58" t="str">
         <v>Sanero Medical GmbH</v>
       </c>
       <c r="F58" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G58" t="str">
         <v/>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B59" t="str">
-        <v>4042358868</v>
+        <v>3226396933</v>
       </c>
       <c r="C59" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sanero-tony</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy</v>
       </c>
       <c r="D59" t="str">
-        <v>Tony</v>
+        <v>Selfapy</v>
       </c>
       <c r="E59" t="str">
-        <v>Sanero Medical GmbH</v>
+        <v>Selfapy Gmbh</v>
       </c>
       <c r="F59" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G59" t="str">
         <v/>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B60" t="str">
-        <v>3226396933</v>
+        <v>3982941068</v>
       </c>
       <c r="C60" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-binge_eating</v>
       </c>
       <c r="D60" t="str">
-        <v>Selfapy</v>
+        <v>Binge Eating</v>
       </c>
       <c r="E60" t="str">
-        <v>Selfapy Gmbh</v>
+        <v>Selfapy GmbH</v>
       </c>
       <c r="F60" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G60" t="str">
         <v/>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B61" t="str">
-        <v>3982941068</v>
+        <v>2523004065</v>
       </c>
       <c r="C61" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-binge_eating</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-bulimia</v>
       </c>
       <c r="D61" t="str">
-        <v>Binge Eating</v>
+        <v>Bulimia</v>
       </c>
       <c r="E61" t="str">
         <v>Selfapy GmbH</v>
       </c>
       <c r="F61" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G61" t="str">
         <v/>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B62" t="str">
-        <v>2523004065</v>
+        <v>2033096200</v>
       </c>
       <c r="C62" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-bulimia</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-depression</v>
       </c>
       <c r="D62" t="str">
-        <v>Bulimia</v>
+        <v>Depression</v>
       </c>
       <c r="E62" t="str">
         <v>Selfapy GmbH</v>
       </c>
       <c r="F62" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G62" t="str">
         <v/>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B63" t="str">
-        <v>2033096200</v>
+        <v>877251387</v>
       </c>
       <c r="C63" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-depression</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
       </c>
       <c r="D63" t="str">
-        <v>Depression</v>
+        <v>Generalized Anxiety</v>
       </c>
       <c r="E63" t="str">
         <v>Selfapy GmbH</v>
       </c>
       <c r="F63" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G63" t="str">
         <v/>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B64" t="str">
-        <v>877251387</v>
+        <v>1503607477</v>
       </c>
       <c r="C64" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/selfapy-generalized_anxiety</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sidekickhealth-meno</v>
       </c>
       <c r="D64" t="str">
-        <v>Generalized Anxiety</v>
+        <v>Meno</v>
       </c>
       <c r="E64" t="str">
-        <v>Selfapy GmbH</v>
+        <v>Sidekick Health Germany GmbH</v>
       </c>
       <c r="F64" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G64" t="str">
         <v/>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B65" t="str">
-        <v>1503607477</v>
+        <v>2249649570</v>
       </c>
       <c r="C65" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sidekickhealth-meno</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
       </c>
       <c r="D65" t="str">
-        <v>Meno</v>
+        <v>Zanadio</v>
       </c>
       <c r="E65" t="str">
         <v>Sidekick Health Germany GmbH</v>
       </c>
       <c r="F65" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G65" t="str">
         <v/>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B66" t="str">
-        <v>2249649570</v>
+        <v>2497370214</v>
       </c>
       <c r="C66" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/sidekickhealth-zanadio</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/tiredofcancer-untire</v>
       </c>
       <c r="D66" t="str">
-        <v>Zanadio</v>
+        <v>Untire</v>
       </c>
       <c r="E66" t="str">
-        <v>Sidekick Health Germany GmbH</v>
+        <v>Tired of Cancer B.V.</v>
       </c>
       <c r="F66" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G66" t="str">
         <v/>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B67" t="str">
-        <v>2497370214</v>
+        <v>2670181245</v>
       </c>
       <c r="C67" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/tiredofcancer-untire</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/unahealth</v>
       </c>
       <c r="D67" t="str">
-        <v>Untire</v>
+        <v>Unahealth</v>
       </c>
       <c r="E67" t="str">
-        <v>Tired of Cancer B.V.</v>
+        <v>Una Health GmbH</v>
       </c>
       <c r="F67" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G67" t="str">
         <v/>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B68" t="str">
-        <v>2670181245</v>
+        <v>3947983946</v>
       </c>
       <c r="C68" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/unahealth</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vantis-hibp</v>
       </c>
       <c r="D68" t="str">
-        <v>Unahealth</v>
+        <v>HIBP</v>
       </c>
       <c r="E68" t="str">
-        <v>Una Health GmbH</v>
+        <v>Vantis GmbH</v>
       </c>
       <c r="F68" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G68" t="str">
         <v/>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B69" t="str">
-        <v>3947983946</v>
+        <v>2710764496</v>
       </c>
       <c r="C69" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vantis-hibp</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vantis-ihd</v>
       </c>
       <c r="D69" t="str">
-        <v>HIBP</v>
+        <v>IHD</v>
       </c>
       <c r="E69" t="str">
         <v>Vantis GmbH</v>
       </c>
       <c r="F69" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G69" t="str">
         <v/>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B70" t="str">
-        <v>2710764496</v>
+        <v>3534492082</v>
       </c>
       <c r="C70" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vantis-ihd</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vitadio-diabetes</v>
       </c>
       <c r="D70" t="str">
-        <v>IHD</v>
+        <v>Vitadio Diabetes</v>
       </c>
       <c r="E70" t="str">
-        <v>Vantis GmbH</v>
+        <v>Vitadio Health Technologies GmbH</v>
       </c>
       <c r="F70" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G70" t="str">
         <v/>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B71" t="str">
-        <v>3534492082</v>
+        <v>1459529086</v>
       </c>
       <c r="C71" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vitadio-diabetes</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vivira-app</v>
       </c>
       <c r="D71" t="str">
-        <v>Vitadio Diabetes</v>
+        <v>Vivira</v>
       </c>
       <c r="E71" t="str">
-        <v>Vitadio Health Technologies GmbH</v>
+        <v>Vivira Health Lab GmbH</v>
       </c>
       <c r="F71" t="str">
         <v>openid urn:telematik:email urn:telematik:versicherter</v>
       </c>
       <c r="G71" t="str">
         <v/>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B72" t="str">
-        <v>1459529086</v>
+        <v>132159302</v>
       </c>
       <c r="C72" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/vivira-app</v>
+        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/wundfit</v>
       </c>
       <c r="D72" t="str">
-        <v>Vivira</v>
+        <v>WundFit</v>
       </c>
       <c r="E72" t="str">
-        <v>Vivira Health Lab GmbH</v>
+        <v>4L Health GmbH</v>
       </c>
       <c r="F72" t="str">
-        <v>openid urn:telematik:email urn:telematik:versicherter</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G72" t="str">
         <v/>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B73" t="str">
-        <v>132159302</v>
+        <v>626786166</v>
       </c>
       <c r="C73" t="str">
-        <v>https://mimoto-test.pie.azuma-health.tech/oidcf/wundfit</v>
+        <v>https://oidc.dev.tiaas.tech/tiaas</v>
       </c>
       <c r="D73" t="str">
-        <v>WundFit</v>
+        <v>tiaas.tech DEV</v>
       </c>
       <c r="E73" t="str">
-        <v>4L Health GmbH</v>
+        <v>tiaas.tech GmbH</v>
       </c>
       <c r="F73" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G73" t="str">
         <v/>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B74" t="str">
-        <v>626786166</v>
+        <v>562602859</v>
       </c>
       <c r="C74" t="str">
-        <v>https://oidc.dev.tiaas.tech/tiaas</v>
+        <v>https://oidc.stg.tiaas.tech/tiaas</v>
       </c>
       <c r="D74" t="str">
-        <v>tiaas.tech DEV</v>
+        <v>tiaas.tech</v>
       </c>
       <c r="E74" t="str">
         <v>tiaas.tech GmbH</v>
       </c>
       <c r="F74" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G74" t="str">
         <v/>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B75" t="str">
-        <v>562602859</v>
+        <v>4289715300</v>
       </c>
       <c r="C75" t="str">
-        <v>https://oidc.stg.tiaas.tech/tiaas</v>
+        <v>https://oidcf.develop.azuma-health.tech/oidcf/4b613c97-6de8-4b26-b1d7-b81a990f3b2a</v>
       </c>
       <c r="D75" t="str">
-        <v>tiaas.tech</v>
+        <v>azuma Develop Live</v>
       </c>
       <c r="E75" t="str">
-        <v>tiaas.tech GmbH</v>
+        <v>azuma</v>
       </c>
       <c r="F75" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
       </c>
       <c r="G75" t="str">
         <v/>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B76" t="str">
-        <v>4289715300</v>
+        <v>84692691</v>
       </c>
       <c r="C76" t="str">
-        <v>https://oidcf.develop.azuma-health.tech/oidcf/4b613c97-6de8-4b26-b1d7-b81a990f3b2a</v>
+        <v>https://openid-fed.poc.intension.eu/realms/oidc-fed/entityStatement</v>
       </c>
       <c r="D76" t="str">
-        <v>azuma Develop Live</v>
+        <v>Intension GmbH</v>
       </c>
       <c r="E76" t="str">
-        <v>azuma</v>
+        <v>Intension GmbH</v>
       </c>
       <c r="F76" t="str">
-        <v>openid urn:telematik:alter urn:telematik:display_name urn:telematik:email urn:telematik:geburtsdatum urn:telematik:geschlecht urn:telematik:given_name urn:telematik:versicherter</v>
+        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:email urn:telematik:given_name urn:telematik:alter</v>
       </c>
       <c r="G76" t="str">
         <v/>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B77" t="str">
-        <v>84692691</v>
+        <v>4076774742</v>
       </c>
       <c r="C77" t="str">
-        <v>https://openid-fed.poc.intension.eu/realms/oidc-fed/entityStatement</v>
+        <v>https://piadev.endometriose.app</v>
       </c>
       <c r="D77" t="str">
-        <v>Intension GmbH</v>
+        <v>Pia-App DEV</v>
       </c>
       <c r="E77" t="str">
-        <v>Intension GmbH</v>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F77" t="str">
-        <v>openid urn:telematik:display_name urn:telematik:versicherter urn:telematik:email urn:telematik:given_name urn:telematik:alter</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G77" t="str">
         <v/>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B78" t="str">
-        <v>4076774742</v>
+        <v>25109959</v>
       </c>
       <c r="C78" t="str">
-        <v>https://piadev.endometriose.app</v>
+        <v>https://pmsdev.endometriose.app</v>
       </c>
       <c r="D78" t="str">
-        <v>Pia-App DEV</v>
+        <v>isi-App Dev</v>
       </c>
       <c r="E78" t="str">
         <v>Endo Health GmbH</v>
       </c>
       <c r="F78" t="str">
         <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G78" t="str">
         <v/>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B79" t="str">
-        <v>25109959</v>
+        <v>3807408386</v>
       </c>
       <c r="C79" t="str">
-        <v>https://pmsdev.endometriose.app</v>
+        <v>https://reflexappdev.reflex.help</v>
       </c>
       <c r="D79" t="str">
-        <v>isi-App Dev</v>
+        <v>Reflex</v>
       </c>
       <c r="E79" t="str">
-        <v>Endo Health GmbH</v>
+        <v>Kineto Tech Rehab SRL</v>
       </c>
       <c r="F79" t="str">
-        <v>urn:telematik:versicherter openid</v>
+        <v>urn:telematik:versicherter urn:telematik:given_name urn:telematik:email openid</v>
       </c>
       <c r="G79" t="str">
         <v/>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B80" t="str">
-        <v>3807408386</v>
+        <v>4175028500</v>
       </c>
       <c r="C80" t="str">
-        <v>https://reflexappdev.reflex.help</v>
+        <v>https://sehschule-dev.caterna.de</v>
       </c>
       <c r="D80" t="str">
-        <v>Reflex</v>
+        <v>Caterna Sehschulung</v>
       </c>
       <c r="E80" t="str">
-        <v>Kineto Tech Rehab SRL</v>
+        <v>Caterna Vision GmbH</v>
       </c>
       <c r="F80" t="str">
-        <v>urn:telematik:versicherter urn:telematik:given_name urn:telematik:email openid</v>
+        <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G80" t="str">
         <v/>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B81" t="str">
-        <v>1666423835</v>
+        <v>2810107797</v>
       </c>
       <c r="C81" t="str">
-        <v>https://rp.staging.app.adhs.mindnet.health/realms/mindnet-realm</v>
+        <v>https://test-account.kalmeda.de/api/v1/EntityStatement</v>
       </c>
       <c r="D81" t="str">
-        <v>Mindnet Staging App</v>
+        <v>Kalmeda</v>
       </c>
       <c r="E81" t="str">
-        <v>MiNDNET E-Health Solutions GmbH</v>
+        <v/>
       </c>
       <c r="F81" t="str">
         <v>openid urn:telematik:versicherter</v>
       </c>
       <c r="G81" t="str">
         <v/>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
         <v>openid_relying_party</v>
       </c>
       <c r="B82" t="str">
-        <v>2866781762</v>
+        <v>153673399</v>
       </c>
       <c r="C82" t="str">
-        <v>https://rp.staging.vertidisan.digitineers.app/realms/hpzenner</v>
+        <v>https://veradev.endometriose.app</v>
       </c>
       <c r="D82" t="str">
-        <v>Vertidisan Staging App</v>
+        <v>Vera-App Dev</v>
       </c>
       <c r="E82" t="str">
-        <v/>
+        <v>Endo Health GmbH</v>
       </c>
       <c r="F82" t="str">
-        <v>openid urn:telematik:versicherter</v>
+        <v>urn:telematik:versicherter openid</v>
       </c>
       <c r="G82" t="str">
-        <v/>
-[...67 lines deleted...]
-      <c r="G85" t="str">
         <v/>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:G85"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:G82"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Entities</vt:lpstr>
       <vt:lpstr>OpenIDProviders</vt:lpstr>
       <vt:lpstr>RelyingParties</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>